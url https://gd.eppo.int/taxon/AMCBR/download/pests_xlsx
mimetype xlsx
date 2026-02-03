--- v0 (2025-10-18)
+++ v1 (2026-02-03)
@@ -56,51 +56,51 @@
   <si>
     <t>Monema flavescens (as Ampelopsis)</t>
   </si>
   <si>
     <t>* Piel O, Covillard P (1933) Contribution à l'étude de Monema flavescens Wkr. et de ses parasites. [Contribution towards the study of Monema fla-vescens Wkr. and its parasites]. Musée Heude, Notes d'entomologie chinoise. Lingnan Science Journal 12, No. Suppl., 173-202.
 * EFSA Panel on Plant Health (PLH), Bragard C, Baptista P, Chatzivassiliou E, Di Serio F, Gonthier P, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas‐Cortes JA (2024) Pest categorisation of Monema flavescens. EFSA Journal. 22(7), e8831</t>
   </si>
   <si>
     <t>XYLEFA</t>
   </si>
   <si>
     <t>Xylella fastidiosa</t>
   </si>
   <si>
     <t>* EFSA (2024) Update of the Xylella spp. host plant database – Systematic literature search up to 31 December 2023. EFSA Journal 22, e8898. https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2024.8898
 ------- Subspecies unknown.</t>
   </si>
   <si>
     <t>XYLOPY</t>
   </si>
   <si>
     <t>Xylotrechus pyrrhoderus</t>
   </si>
   <si>
     <t>* Tsuchiya T (1988) Studies on bionomics and control measures of the Grape borer (Xylotrechus pyrrhoderus Bates). Extra no. 2. Bulletin of the Yamanachi Fruit Tree Experiment Station 63(8). 92 pp.
-* EPPO (in preparation) EPPO Technical Document. Pest risk analysis for Xylotrechus pyrrhoderus. EPPO, Paris.
+* EPPO (2025) EPPO Technical Document No. 1098. Pest risk analysis for Xylotrechus pyrrhoderus. EPPO, Paris. Available at https://gd.eppo.int/taxon/XYLOPY/documents 
 ------- confirmed host</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>