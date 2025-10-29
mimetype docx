--- v0 (2025-10-07)
+++ v1 (2025-10-29)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Campanulids: Asterales: Asteraceae: Asteroideae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> buffalo weed, crownweed (US), giant ragweed (US), great ragweed, horseweed (US), wild hemp (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId840868e54a1a4a3f9" w:history="1">
+            <w:hyperlink r:id="rId451769021e2aae00d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId666168e54a1a4a7a6" w:history="1">
+            <w:hyperlink r:id="rId403969021e2aae050" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AMBTR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="46775154" name="name513668e54a1a4b65e" descr="2738.jpg"/>
+                  <wp:docPr id="22753629" name="name345969021e2aae91f" descr="2738.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2738.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId660268e54a1a4b65b" cstate="print"/>
+                          <a:blip r:embed="rId187769021e2aae91d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId921268e54a1a4ba05" w:history="1">
+            <w:hyperlink r:id="rId603569021e2aaea06" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -717,63 +717,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (2012) lists 12.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="80025479" name="name779768e54a1a4d2a8" descr="AMBTR_distribution_map.jpg"/>
+            <wp:docPr id="74691336" name="name382369021e2aaf89c" descr="AMBTR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AMBTR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId358068e54a1a4d2a5" cstate="print"/>
+                    <a:blip r:embed="rId197869021e2aaf899" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3152,72 +3152,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, most natural habitats of high conservation value have a low potential to be invaded as they have low levels of disturbance, and thus the negative effects of this plant on biodiversity are considered to be of low importance. Nevertheless, some data are available on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. trifida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> showing that it is able to invade natural riverside vegetation. There are no data for negative impacts of the species on rivers, especially for where it occurs in the Po Valley (Italy) in the EPPO region. However, there is some anecdotal evidence that the species may have impacts on biodiversity from online forums (e.g. Acta Plantarum, an Italian forum for botanists: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId139268e54a1a4e9ce" w:history="1">
+      <w:hyperlink r:id="rId226169021e2ab0984" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.floraitaliae.actaplantarum.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId756168e54a1a4e9f4" w:history="1">
+      <w:hyperlink r:id="rId107669021e2ab09a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">org) </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">where comments include that the species has increased from 1 to 100 plants in one year.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3459,51 +3459,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pollen also contributes to the exacerbation of asthma and allergenic conjunctivitis (Oh, 2018). It is recommended that individuals allergic to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pollen may adjust their outdoor activities to avoid contact with the allergen (e.g.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId803568e54a1a4ebd0" w:history="1">
+      <w:hyperlink r:id="rId808469021e2ab0b74" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> https://www.aafa.org/ragweed-pollen/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). The health effect remains significant to such a point that visitor numbers at certain tourist sites are affected according to the presence of species of the genus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3754,218 +3754,218 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the USA, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. trifida </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">has the status of ‘restricted noxious weed’ in four states (California, Delaware, New Jersey and Wisconsin) under the Federal Seed Act (USDA, 2018) and the status of ‘noxious weed’ in four states [California, Delaware, Illinois  and  Minnesota   (in two counties  only)] under the Federal Noxious Weed Act and Minnesota Noxious Weed Law (USDA, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId142568e54a1a4edc3" w:history="1">
+      <w:hyperlink r:id="rId168869021e2ab0d75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.usda.gov/java/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId679868e54a1a4ede3" w:history="1">
+      <w:hyperlink r:id="rId495069021e2ab0d95" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">noxComposite?stateRpt=yes; </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Minnesota Department of agriculture, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId358068e54a1a4ee03" w:history="1">
+      <w:hyperlink r:id="rId516469021e2ab0db4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mda.state.mn.us/plants/pestmanageme</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId326268e54a1a4ee24" w:history="1">
+      <w:hyperlink r:id="rId374369021e2ab0dd3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">nt/weedcontrol/noxiouslist/countynoxiousweeds).</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Canada, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. trifida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a ‘primary noxious weed’ under the Weed Seeds Order of the Seeds Act</w:t>
       </w:r>
-      <w:hyperlink r:id="rId789868e54a1a4ee79" w:history="1">
+      <w:hyperlink r:id="rId312369021e2ab0e26" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> (http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId600868e54a1a4ee8d" w:history="1">
+      <w:hyperlink r:id="rId477269021e2ab0e39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">sor-dors93-eng.html) </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and as a ‘noxious weed’ under the noxious weed laws in the provinces of Ontario, Quebec, and Manitoba (Ontario Ministry of Agriculture, Food and Rural Affairs, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId570668e54a1a4eeae" w:history="1">
+      <w:hyperlink r:id="rId546669021e2ab0e5a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.omafra.gov.on.ca/english/crops/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId604868e54a1a4eecd" w:history="1">
+      <w:hyperlink r:id="rId514369021e2ab0e78" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">facts/info_ragweed.htm).</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4329,72 +4329,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">COSAVE (2019) Risk analysis for plants as pests for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia trifida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Inter-American Institute for Cooperation on Agriculture, Comit'e Regional de Sanidad Vegetal del Cono Sur; Alec McClay. Uruguay: IICA, 2018. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId199868e54a1a4f190" w:history="1">
+      <w:hyperlink r:id="rId268669021e2ab1107" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://repositorio.iica.int/bitstream/11324/7251/2/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId903468e54a1a4f1b1" w:history="1">
+      <w:hyperlink r:id="rId324269021e2ab1126" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BVE19019515i.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4447,51 +4447,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 255–268.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EUROSTAT (2019) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId517568e54a1a4f276" w:history="1">
+      <w:hyperlink r:id="rId215569021e2ab11bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/eurostat. </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 25th November 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5090,51 +5090,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1239–1248.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heap IM (2017) The International Survey of Herbicide Resistant Weeds. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId860468e54a1a4f7a2" w:history="1">
+      <w:hyperlink r:id="rId142469021e2ab15b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weedscience.org/In.asp </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 8 March, 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6381,90 +6381,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 201–210.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2018) United States Department of Agriculture Federal Seed Act. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId908868e54a1a500e2" w:history="1">
+      <w:hyperlink r:id="rId294669021e2ab1e1a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ams.usda.gov/rules-regulations/fsa</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA and NRCS (2020) The PLANTS Database. National Plant Data Team, Greensboro (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId992368e54a1a50152" w:history="1">
+      <w:hyperlink r:id="rId288869021e2ab1e59" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plants.usda.gov </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 12 March 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6715,51 +6715,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia trifida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId919868e54a1a5034d" w:history="1">
+      <w:hyperlink r:id="rId991269021e2ab203d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6885,137 +6885,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="59538742">
+  <w:abstractNum w:abstractNumId="30924335">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45148874">
+    <w:lvl w:ilvl="0" w:tplc="59410662">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="45148874" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="59410662" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="45148874" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="59410662" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="45148874" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="59410662" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="45148874" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="59410662" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="45148874" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="59410662" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="45148874" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="59410662" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="45148874" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="59410662" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="45148874" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="59410662" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="59538741">
+  <w:abstractNum w:abstractNumId="30924334">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36320721">
+    <w:lvl w:ilvl="0" w:tplc="66745311">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7767,55 +7767,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="59538741">
-    <w:abstractNumId w:val="59538741"/>
+  <w:num w:numId="30924334">
+    <w:abstractNumId w:val="30924334"/>
   </w:num>
-  <w:num w:numId="59538742">
-    <w:abstractNumId w:val="59538742"/>
+  <w:num w:numId="30924335">
+    <w:abstractNumId w:val="30924335"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19365,51 +19365,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId220887133" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId798275042" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId840868e54a1a4a3f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMBTR/" TargetMode="External"/><Relationship Id="rId666168e54a1a4a7a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMBTR/categorization" TargetMode="External"/><Relationship Id="rId921268e54a1a4ba05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMBTR/photos" TargetMode="External"/><Relationship Id="rId139268e54a1a4e9ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.floraitaliae.actaplantarum.org/" TargetMode="External"/><Relationship Id="rId756168e54a1a4e9f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.floraitaliae.actaplantarum.org/" TargetMode="External"/><Relationship Id="rId803568e54a1a4ebd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aafa.org/ragweed-pollen/" TargetMode="External"/><Relationship Id="rId142568e54a1a4edc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/java/noxComposite?stateRpt=yes" TargetMode="External"/><Relationship Id="rId679868e54a1a4ede3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/java/noxComposite?stateRpt=yes" TargetMode="External"/><Relationship Id="rId358068e54a1a4ee03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mda.state.mn.us/plants/pestmanagement/weedcontrol/noxiouslist/countynoxiousweeds" TargetMode="External"/><Relationship Id="rId326268e54a1a4ee24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mda.state.mn.us/plants/pestmanagement/weedcontrol/noxiouslist/countynoxiousweeds" TargetMode="External"/><Relationship Id="rId789868e54a1a4ee79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId600868e54a1a4ee8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId570668e54a1a4eeae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.omafra.gov.on.ca/english/crops/facts/info_ragweed.htm" TargetMode="External"/><Relationship Id="rId604868e54a1a4eecd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.omafra.gov.on.ca/english/crops/facts/info_ragweed.htm" TargetMode="External"/><Relationship Id="rId199868e54a1a4f190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.iica.int/bitstream/11324/7251/2/BVE19019515i.pdf" TargetMode="External"/><Relationship Id="rId903468e54a1a4f1b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.iica.int/bitstream/11324/7251/2/BVE19019515i.pdf" TargetMode="External"/><Relationship Id="rId517568e54a1a4f276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat" TargetMode="External"/><Relationship Id="rId860468e54a1a4f7a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/In.asp" TargetMode="External"/><Relationship Id="rId908868e54a1a500e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/rules-regulations/fsa" TargetMode="External"/><Relationship Id="rId992368e54a1a50152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/" TargetMode="External"/><Relationship Id="rId919868e54a1a5034d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId660268e54a1a4b65b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId660268e54a1a4b65b.jpg"/><Relationship Id="rId358068e54a1a4d2a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId358068e54a1a4d2a5.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId564219816" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId505348553" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId451769021e2aae00d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMBTR/" TargetMode="External"/><Relationship Id="rId403969021e2aae050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMBTR/categorization" TargetMode="External"/><Relationship Id="rId603569021e2aaea06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMBTR/photos" TargetMode="External"/><Relationship Id="rId226169021e2ab0984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.floraitaliae.actaplantarum.org/" TargetMode="External"/><Relationship Id="rId107669021e2ab09a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.floraitaliae.actaplantarum.org/" TargetMode="External"/><Relationship Id="rId808469021e2ab0b74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aafa.org/ragweed-pollen/" TargetMode="External"/><Relationship Id="rId168869021e2ab0d75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/java/noxComposite?stateRpt=yes" TargetMode="External"/><Relationship Id="rId495069021e2ab0d95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/java/noxComposite?stateRpt=yes" TargetMode="External"/><Relationship Id="rId516469021e2ab0db4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mda.state.mn.us/plants/pestmanagement/weedcontrol/noxiouslist/countynoxiousweeds" TargetMode="External"/><Relationship Id="rId374369021e2ab0dd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mda.state.mn.us/plants/pestmanagement/weedcontrol/noxiouslist/countynoxiousweeds" TargetMode="External"/><Relationship Id="rId312369021e2ab0e26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId477269021e2ab0e39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId546669021e2ab0e5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.omafra.gov.on.ca/english/crops/facts/info_ragweed.htm" TargetMode="External"/><Relationship Id="rId514369021e2ab0e78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.omafra.gov.on.ca/english/crops/facts/info_ragweed.htm" TargetMode="External"/><Relationship Id="rId268669021e2ab1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.iica.int/bitstream/11324/7251/2/BVE19019515i.pdf" TargetMode="External"/><Relationship Id="rId324269021e2ab1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.iica.int/bitstream/11324/7251/2/BVE19019515i.pdf" TargetMode="External"/><Relationship Id="rId215569021e2ab11bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat" TargetMode="External"/><Relationship Id="rId142469021e2ab15b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/In.asp" TargetMode="External"/><Relationship Id="rId294669021e2ab1e1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/rules-regulations/fsa" TargetMode="External"/><Relationship Id="rId288869021e2ab1e59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/" TargetMode="External"/><Relationship Id="rId991269021e2ab203d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId187769021e2aae91d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId187769021e2aae91d.jpg"/><Relationship Id="rId197869021e2aaf899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId197869021e2aaf899.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>