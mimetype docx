--- v1 (2025-10-29)
+++ v2 (2025-11-22)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Campanulids: Asterales: Asteraceae: Asteroideae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> buffalo weed, crownweed (US), giant ragweed (US), great ragweed, horseweed (US), wild hemp (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId451769021e2aae00d" w:history="1">
+            <w:hyperlink r:id="rId793769219fa370a7c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId403969021e2aae050" w:history="1">
+            <w:hyperlink r:id="rId799369219fa370ac0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AMBTR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="22753629" name="name345969021e2aae91f" descr="2738.jpg"/>
+                  <wp:docPr id="88735752" name="name954969219fa371346" descr="2738.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2738.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId187769021e2aae91d" cstate="print"/>
+                          <a:blip r:embed="rId936269219fa371344" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId603569021e2aaea06" w:history="1">
+            <w:hyperlink r:id="rId945069219fa371498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -717,63 +717,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (2012) lists 12.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="74691336" name="name382369021e2aaf89c" descr="AMBTR_distribution_map.jpg"/>
+            <wp:docPr id="38291183" name="name518069219fa37241c" descr="AMBTR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AMBTR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId197869021e2aaf899" cstate="print"/>
+                    <a:blip r:embed="rId478169219fa372419" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3152,72 +3152,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, most natural habitats of high conservation value have a low potential to be invaded as they have low levels of disturbance, and thus the negative effects of this plant on biodiversity are considered to be of low importance. Nevertheless, some data are available on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. trifida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> showing that it is able to invade natural riverside vegetation. There are no data for negative impacts of the species on rivers, especially for where it occurs in the Po Valley (Italy) in the EPPO region. However, there is some anecdotal evidence that the species may have impacts on biodiversity from online forums (e.g. Acta Plantarum, an Italian forum for botanists: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId226169021e2ab0984" w:history="1">
+      <w:hyperlink r:id="rId168469219fa373a8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.floraitaliae.actaplantarum.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId107669021e2ab09a8" w:history="1">
+      <w:hyperlink r:id="rId246969219fa373ab5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">org) </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">where comments include that the species has increased from 1 to 100 plants in one year.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3459,51 +3459,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pollen also contributes to the exacerbation of asthma and allergenic conjunctivitis (Oh, 2018). It is recommended that individuals allergic to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pollen may adjust their outdoor activities to avoid contact with the allergen (e.g.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId808469021e2ab0b74" w:history="1">
+      <w:hyperlink r:id="rId137369219fa373ca1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> https://www.aafa.org/ragweed-pollen/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). The health effect remains significant to such a point that visitor numbers at certain tourist sites are affected according to the presence of species of the genus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3754,218 +3754,218 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the USA, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. trifida </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">has the status of ‘restricted noxious weed’ in four states (California, Delaware, New Jersey and Wisconsin) under the Federal Seed Act (USDA, 2018) and the status of ‘noxious weed’ in four states [California, Delaware, Illinois  and  Minnesota   (in two counties  only)] under the Federal Noxious Weed Act and Minnesota Noxious Weed Law (USDA, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId168869021e2ab0d75" w:history="1">
+      <w:hyperlink r:id="rId281969219fa373eba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.usda.gov/java/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId495069021e2ab0d95" w:history="1">
+      <w:hyperlink r:id="rId544269219fa373edb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">noxComposite?stateRpt=yes; </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Minnesota Department of agriculture, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId516469021e2ab0db4" w:history="1">
+      <w:hyperlink r:id="rId148169219fa373efb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mda.state.mn.us/plants/pestmanageme</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId374369021e2ab0dd3" w:history="1">
+      <w:hyperlink r:id="rId451669219fa373f1b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">nt/weedcontrol/noxiouslist/countynoxiousweeds).</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Canada, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. trifida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a ‘primary noxious weed’ under the Weed Seeds Order of the Seeds Act</w:t>
       </w:r>
-      <w:hyperlink r:id="rId312369021e2ab0e26" w:history="1">
+      <w:hyperlink r:id="rId931669219fa373f70" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> (http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId477269021e2ab0e39" w:history="1">
+      <w:hyperlink r:id="rId126469219fa373f98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">sor-dors93-eng.html) </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and as a ‘noxious weed’ under the noxious weed laws in the provinces of Ontario, Quebec, and Manitoba (Ontario Ministry of Agriculture, Food and Rural Affairs, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId546669021e2ab0e5a" w:history="1">
+      <w:hyperlink r:id="rId294569219fa373fbd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.omafra.gov.on.ca/english/crops/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId514369021e2ab0e78" w:history="1">
+      <w:hyperlink r:id="rId683969219fa373fdc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">facts/info_ragweed.htm).</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4329,72 +4329,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">COSAVE (2019) Risk analysis for plants as pests for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia trifida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Inter-American Institute for Cooperation on Agriculture, Comit'e Regional de Sanidad Vegetal del Cono Sur; Alec McClay. Uruguay: IICA, 2018. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId268669021e2ab1107" w:history="1">
+      <w:hyperlink r:id="rId725869219fa3742c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://repositorio.iica.int/bitstream/11324/7251/2/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId324269021e2ab1126" w:history="1">
+      <w:hyperlink r:id="rId906769219fa3742e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BVE19019515i.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4447,51 +4447,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 255–268.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EUROSTAT (2019) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId215569021e2ab11bd" w:history="1">
+      <w:hyperlink r:id="rId934569219fa3743b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/eurostat. </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 25th November 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5090,51 +5090,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1239–1248.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heap IM (2017) The International Survey of Herbicide Resistant Weeds. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId142469021e2ab15b7" w:history="1">
+      <w:hyperlink r:id="rId829969219fa37482d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weedscience.org/In.asp </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 8 March, 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6381,90 +6381,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 201–210.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2018) United States Department of Agriculture Federal Seed Act. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId294669021e2ab1e1a" w:history="1">
+      <w:hyperlink r:id="rId561069219fa375119" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ams.usda.gov/rules-regulations/fsa</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA and NRCS (2020) The PLANTS Database. National Plant Data Team, Greensboro (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId288869021e2ab1e59" w:history="1">
+      <w:hyperlink r:id="rId294169219fa37515a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plants.usda.gov </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 12 March 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6715,51 +6715,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia trifida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId991269021e2ab203d" w:history="1">
+      <w:hyperlink r:id="rId946769219fa375369" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6885,137 +6885,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="30924335">
+  <w:abstractNum w:abstractNumId="77103820">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59410662">
+    <w:lvl w:ilvl="0" w:tplc="97874340">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="59410662" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="97874340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="59410662" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="97874340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="59410662" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="97874340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="59410662" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="97874340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="59410662" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="97874340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="59410662" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="97874340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="59410662" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="97874340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="59410662" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="97874340" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30924334">
+  <w:abstractNum w:abstractNumId="77103819">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66745311">
+    <w:lvl w:ilvl="0" w:tplc="41443586">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7767,55 +7767,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="30924334">
-    <w:abstractNumId w:val="30924334"/>
+  <w:num w:numId="77103819">
+    <w:abstractNumId w:val="77103819"/>
   </w:num>
-  <w:num w:numId="30924335">
-    <w:abstractNumId w:val="30924335"/>
+  <w:num w:numId="77103820">
+    <w:abstractNumId w:val="77103820"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19365,51 +19365,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId564219816" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId505348553" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId451769021e2aae00d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMBTR/" TargetMode="External"/><Relationship Id="rId403969021e2aae050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMBTR/categorization" TargetMode="External"/><Relationship Id="rId603569021e2aaea06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMBTR/photos" TargetMode="External"/><Relationship Id="rId226169021e2ab0984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.floraitaliae.actaplantarum.org/" TargetMode="External"/><Relationship Id="rId107669021e2ab09a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.floraitaliae.actaplantarum.org/" TargetMode="External"/><Relationship Id="rId808469021e2ab0b74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aafa.org/ragweed-pollen/" TargetMode="External"/><Relationship Id="rId168869021e2ab0d75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/java/noxComposite?stateRpt=yes" TargetMode="External"/><Relationship Id="rId495069021e2ab0d95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/java/noxComposite?stateRpt=yes" TargetMode="External"/><Relationship Id="rId516469021e2ab0db4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mda.state.mn.us/plants/pestmanagement/weedcontrol/noxiouslist/countynoxiousweeds" TargetMode="External"/><Relationship Id="rId374369021e2ab0dd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mda.state.mn.us/plants/pestmanagement/weedcontrol/noxiouslist/countynoxiousweeds" TargetMode="External"/><Relationship Id="rId312369021e2ab0e26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId477269021e2ab0e39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId546669021e2ab0e5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.omafra.gov.on.ca/english/crops/facts/info_ragweed.htm" TargetMode="External"/><Relationship Id="rId514369021e2ab0e78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.omafra.gov.on.ca/english/crops/facts/info_ragweed.htm" TargetMode="External"/><Relationship Id="rId268669021e2ab1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.iica.int/bitstream/11324/7251/2/BVE19019515i.pdf" TargetMode="External"/><Relationship Id="rId324269021e2ab1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.iica.int/bitstream/11324/7251/2/BVE19019515i.pdf" TargetMode="External"/><Relationship Id="rId215569021e2ab11bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat" TargetMode="External"/><Relationship Id="rId142469021e2ab15b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/In.asp" TargetMode="External"/><Relationship Id="rId294669021e2ab1e1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/rules-regulations/fsa" TargetMode="External"/><Relationship Id="rId288869021e2ab1e59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/" TargetMode="External"/><Relationship Id="rId991269021e2ab203d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId187769021e2aae91d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId187769021e2aae91d.jpg"/><Relationship Id="rId197869021e2aaf899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId197869021e2aaf899.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId402989397" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId437277912" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId793769219fa370a7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMBTR/" TargetMode="External"/><Relationship Id="rId799369219fa370ac0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMBTR/categorization" TargetMode="External"/><Relationship Id="rId945069219fa371498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMBTR/photos" TargetMode="External"/><Relationship Id="rId168469219fa373a8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.floraitaliae.actaplantarum.org/" TargetMode="External"/><Relationship Id="rId246969219fa373ab5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.floraitaliae.actaplantarum.org/" TargetMode="External"/><Relationship Id="rId137369219fa373ca1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aafa.org/ragweed-pollen/" TargetMode="External"/><Relationship Id="rId281969219fa373eba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/java/noxComposite?stateRpt=yes" TargetMode="External"/><Relationship Id="rId544269219fa373edb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/java/noxComposite?stateRpt=yes" TargetMode="External"/><Relationship Id="rId148169219fa373efb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mda.state.mn.us/plants/pestmanagement/weedcontrol/noxiouslist/countynoxiousweeds" TargetMode="External"/><Relationship Id="rId451669219fa373f1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mda.state.mn.us/plants/pestmanagement/weedcontrol/noxiouslist/countynoxiousweeds" TargetMode="External"/><Relationship Id="rId931669219fa373f70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId126469219fa373f98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId294569219fa373fbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.omafra.gov.on.ca/english/crops/facts/info_ragweed.htm" TargetMode="External"/><Relationship Id="rId683969219fa373fdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.omafra.gov.on.ca/english/crops/facts/info_ragweed.htm" TargetMode="External"/><Relationship Id="rId725869219fa3742c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.iica.int/bitstream/11324/7251/2/BVE19019515i.pdf" TargetMode="External"/><Relationship Id="rId906769219fa3742e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.iica.int/bitstream/11324/7251/2/BVE19019515i.pdf" TargetMode="External"/><Relationship Id="rId934569219fa3743b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat" TargetMode="External"/><Relationship Id="rId829969219fa37482d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/In.asp" TargetMode="External"/><Relationship Id="rId561069219fa375119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/rules-regulations/fsa" TargetMode="External"/><Relationship Id="rId294169219fa37515a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/" TargetMode="External"/><Relationship Id="rId946769219fa375369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId936269219fa371344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId936269219fa371344.jpg"/><Relationship Id="rId478169219fa372419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId478169219fa372419.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>