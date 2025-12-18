--- v2 (2025-11-22)
+++ v3 (2025-12-18)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Campanulids: Asterales: Asteraceae: Asteroideae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> buffalo weed, crownweed (US), giant ragweed (US), great ragweed, horseweed (US), wild hemp (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId793769219fa370a7c" w:history="1">
+            <w:hyperlink r:id="rId1403694377f588975" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId799369219fa370ac0" w:history="1">
+            <w:hyperlink r:id="rId6963694377f5889ba" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AMBTR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="88735752" name="name954969219fa371346" descr="2738.jpg"/>
+                  <wp:docPr id="32034652" name="name3888694377f58930e" descr="2738.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2738.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId936269219fa371344" cstate="print"/>
+                          <a:blip r:embed="rId3922694377f58930c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId945069219fa371498" w:history="1">
+            <w:hyperlink r:id="rId7933694377f58941b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -717,105 +717,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (2012) lists 12.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="38291183" name="name518069219fa37241c" descr="AMBTR_distribution_map.jpg"/>
+            <wp:docPr id="94135141" name="name2519694377f58a74c" descr="AMBTR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AMBTR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId478169219fa372419" cstate="print"/>
+                    <a:blip r:embed="rId3225694377f58a749" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Austria, Belarus, Belgium, Czechia, Denmark, Estonia, France (mainland), Georgia, Germany, Ireland, Italy (mainland), Latvia, Lithuania, Moldova, Republic of, Netherlands, Norway, Poland, Romania, Russian Federation (the) (Central Russia, Southern Russia, Western Siberia), Serbia, Slovakia, Slovenia, Spain (mainland), Switzerland, United Kingdom</w:t>
+        <w:t xml:space="preserve"> Austria, Belarus, Belgium, Czechia, Denmark, Estonia, France (mainland), Georgia, Germany, Ireland, Italy (mainland), Latvia, Lithuania, Moldova, Republic of, Montenegro, Netherlands, Norway, Poland, Romania, Russian Federation (the) (Central Russia, Southern Russia, Western Siberia), Serbia, Slovakia, Slovenia, Spain (mainland), Switzerland, United Kingdom</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Beijing, Hebei, Heilongjiang, Hubei, Hunan, Jiangxi, Jilin, Liaoning, Neimenggu, Shandong, Xinjiang, Zhejiang), Japan, Korea, Republic of, Mongolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3152,72 +3152,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, most natural habitats of high conservation value have a low potential to be invaded as they have low levels of disturbance, and thus the negative effects of this plant on biodiversity are considered to be of low importance. Nevertheless, some data are available on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. trifida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> showing that it is able to invade natural riverside vegetation. There are no data for negative impacts of the species on rivers, especially for where it occurs in the Po Valley (Italy) in the EPPO region. However, there is some anecdotal evidence that the species may have impacts on biodiversity from online forums (e.g. Acta Plantarum, an Italian forum for botanists: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId168469219fa373a8c" w:history="1">
+      <w:hyperlink r:id="rId5369694377f58bae9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.floraitaliae.actaplantarum.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId246969219fa373ab5" w:history="1">
+      <w:hyperlink r:id="rId3115694377f58bb19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">org) </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">where comments include that the species has increased from 1 to 100 plants in one year.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3459,51 +3459,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pollen also contributes to the exacerbation of asthma and allergenic conjunctivitis (Oh, 2018). It is recommended that individuals allergic to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pollen may adjust their outdoor activities to avoid contact with the allergen (e.g.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId137369219fa373ca1" w:history="1">
+      <w:hyperlink r:id="rId5689694377f58bd11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> https://www.aafa.org/ragweed-pollen/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). The health effect remains significant to such a point that visitor numbers at certain tourist sites are affected according to the presence of species of the genus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3754,218 +3754,218 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the USA, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. trifida </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">has the status of ‘restricted noxious weed’ in four states (California, Delaware, New Jersey and Wisconsin) under the Federal Seed Act (USDA, 2018) and the status of ‘noxious weed’ in four states [California, Delaware, Illinois  and  Minnesota   (in two counties  only)] under the Federal Noxious Weed Act and Minnesota Noxious Weed Law (USDA, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId281969219fa373eba" w:history="1">
+      <w:hyperlink r:id="rId8280694377f58bf22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.usda.gov/java/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId544269219fa373edb" w:history="1">
+      <w:hyperlink r:id="rId8761694377f58bf43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">noxComposite?stateRpt=yes; </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Minnesota Department of agriculture, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId148169219fa373efb" w:history="1">
+      <w:hyperlink r:id="rId9059694377f58bf63" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mda.state.mn.us/plants/pestmanageme</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId451669219fa373f1b" w:history="1">
+      <w:hyperlink r:id="rId3974694377f58bf8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">nt/weedcontrol/noxiouslist/countynoxiousweeds).</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Canada, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. trifida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a ‘primary noxious weed’ under the Weed Seeds Order of the Seeds Act</w:t>
       </w:r>
-      <w:hyperlink r:id="rId931669219fa373f70" w:history="1">
+      <w:hyperlink r:id="rId8452694377f58bff2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> (http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId126469219fa373f98" w:history="1">
+      <w:hyperlink r:id="rId9682694377f58c006" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">sor-dors93-eng.html) </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and as a ‘noxious weed’ under the noxious weed laws in the provinces of Ontario, Quebec, and Manitoba (Ontario Ministry of Agriculture, Food and Rural Affairs, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId294569219fa373fbd" w:history="1">
+      <w:hyperlink r:id="rId6671694377f58c028" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.omafra.gov.on.ca/english/crops/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId683969219fa373fdc" w:history="1">
+      <w:hyperlink r:id="rId5140694377f58c048" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">facts/info_ragweed.htm).</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4329,72 +4329,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">COSAVE (2019) Risk analysis for plants as pests for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia trifida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Inter-American Institute for Cooperation on Agriculture, Comit'e Regional de Sanidad Vegetal del Cono Sur; Alec McClay. Uruguay: IICA, 2018. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId725869219fa3742c2" w:history="1">
+      <w:hyperlink r:id="rId7241694377f58c357" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://repositorio.iica.int/bitstream/11324/7251/2/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId906769219fa3742e3" w:history="1">
+      <w:hyperlink r:id="rId5949694377f58c382" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BVE19019515i.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4447,51 +4447,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 255–268.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EUROSTAT (2019) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId934569219fa3743b8" w:history="1">
+      <w:hyperlink r:id="rId9352694377f58c433" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/eurostat. </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 25th November 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5090,51 +5090,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1239–1248.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heap IM (2017) The International Survey of Herbicide Resistant Weeds. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId829969219fa37482d" w:history="1">
+      <w:hyperlink r:id="rId2597694377f58c88c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weedscience.org/In.asp </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 8 March, 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6381,90 +6381,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 201–210.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2018) United States Department of Agriculture Federal Seed Act. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId561069219fa375119" w:history="1">
+      <w:hyperlink r:id="rId5563694377f58d142" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ams.usda.gov/rules-regulations/fsa</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA and NRCS (2020) The PLANTS Database. National Plant Data Team, Greensboro (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId294169219fa37515a" w:history="1">
+      <w:hyperlink r:id="rId8794694377f58d18d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plants.usda.gov </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 12 March 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6715,51 +6715,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia trifida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId946769219fa375369" w:history="1">
+      <w:hyperlink r:id="rId3848694377f58d3b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6885,137 +6885,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="77103820">
+  <w:abstractNum w:abstractNumId="44226117">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97874340">
+    <w:lvl w:ilvl="0" w:tplc="55956097">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="97874340" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="55956097" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="97874340" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="55956097" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="97874340" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="55956097" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="97874340" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="55956097" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="97874340" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="55956097" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="97874340" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="55956097" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="97874340" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="55956097" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="97874340" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="55956097" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="77103819">
+  <w:abstractNum w:abstractNumId="44226116">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41443586">
+    <w:lvl w:ilvl="0" w:tplc="91573536">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7767,55 +7767,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="77103819">
-    <w:abstractNumId w:val="77103819"/>
+  <w:num w:numId="44226116">
+    <w:abstractNumId w:val="44226116"/>
   </w:num>
-  <w:num w:numId="77103820">
-    <w:abstractNumId w:val="77103820"/>
+  <w:num w:numId="44226117">
+    <w:abstractNumId w:val="44226117"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19365,51 +19365,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId402989397" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId437277912" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId793769219fa370a7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMBTR/" TargetMode="External"/><Relationship Id="rId799369219fa370ac0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMBTR/categorization" TargetMode="External"/><Relationship Id="rId945069219fa371498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMBTR/photos" TargetMode="External"/><Relationship Id="rId168469219fa373a8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.floraitaliae.actaplantarum.org/" TargetMode="External"/><Relationship Id="rId246969219fa373ab5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.floraitaliae.actaplantarum.org/" TargetMode="External"/><Relationship Id="rId137369219fa373ca1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aafa.org/ragweed-pollen/" TargetMode="External"/><Relationship Id="rId281969219fa373eba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/java/noxComposite?stateRpt=yes" TargetMode="External"/><Relationship Id="rId544269219fa373edb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/java/noxComposite?stateRpt=yes" TargetMode="External"/><Relationship Id="rId148169219fa373efb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mda.state.mn.us/plants/pestmanagement/weedcontrol/noxiouslist/countynoxiousweeds" TargetMode="External"/><Relationship Id="rId451669219fa373f1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mda.state.mn.us/plants/pestmanagement/weedcontrol/noxiouslist/countynoxiousweeds" TargetMode="External"/><Relationship Id="rId931669219fa373f70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId126469219fa373f98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId294569219fa373fbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.omafra.gov.on.ca/english/crops/facts/info_ragweed.htm" TargetMode="External"/><Relationship Id="rId683969219fa373fdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.omafra.gov.on.ca/english/crops/facts/info_ragweed.htm" TargetMode="External"/><Relationship Id="rId725869219fa3742c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.iica.int/bitstream/11324/7251/2/BVE19019515i.pdf" TargetMode="External"/><Relationship Id="rId906769219fa3742e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.iica.int/bitstream/11324/7251/2/BVE19019515i.pdf" TargetMode="External"/><Relationship Id="rId934569219fa3743b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat" TargetMode="External"/><Relationship Id="rId829969219fa37482d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/In.asp" TargetMode="External"/><Relationship Id="rId561069219fa375119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/rules-regulations/fsa" TargetMode="External"/><Relationship Id="rId294169219fa37515a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/" TargetMode="External"/><Relationship Id="rId946769219fa375369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId936269219fa371344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId936269219fa371344.jpg"/><Relationship Id="rId478169219fa372419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId478169219fa372419.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId361087051" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId665490740" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1403694377f588975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMBTR/" TargetMode="External"/><Relationship Id="rId6963694377f5889ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMBTR/categorization" TargetMode="External"/><Relationship Id="rId7933694377f58941b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMBTR/photos" TargetMode="External"/><Relationship Id="rId5369694377f58bae9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.floraitaliae.actaplantarum.org/" TargetMode="External"/><Relationship Id="rId3115694377f58bb19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.floraitaliae.actaplantarum.org/" TargetMode="External"/><Relationship Id="rId5689694377f58bd11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aafa.org/ragweed-pollen/" TargetMode="External"/><Relationship Id="rId8280694377f58bf22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/java/noxComposite?stateRpt=yes" TargetMode="External"/><Relationship Id="rId8761694377f58bf43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/java/noxComposite?stateRpt=yes" TargetMode="External"/><Relationship Id="rId9059694377f58bf63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mda.state.mn.us/plants/pestmanagement/weedcontrol/noxiouslist/countynoxiousweeds" TargetMode="External"/><Relationship Id="rId3974694377f58bf8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mda.state.mn.us/plants/pestmanagement/weedcontrol/noxiouslist/countynoxiousweeds" TargetMode="External"/><Relationship Id="rId8452694377f58bff2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId9682694377f58c006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId6671694377f58c028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.omafra.gov.on.ca/english/crops/facts/info_ragweed.htm" TargetMode="External"/><Relationship Id="rId5140694377f58c048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.omafra.gov.on.ca/english/crops/facts/info_ragweed.htm" TargetMode="External"/><Relationship Id="rId7241694377f58c357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.iica.int/bitstream/11324/7251/2/BVE19019515i.pdf" TargetMode="External"/><Relationship Id="rId5949694377f58c382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.iica.int/bitstream/11324/7251/2/BVE19019515i.pdf" TargetMode="External"/><Relationship Id="rId9352694377f58c433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat" TargetMode="External"/><Relationship Id="rId2597694377f58c88c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/In.asp" TargetMode="External"/><Relationship Id="rId5563694377f58d142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/rules-regulations/fsa" TargetMode="External"/><Relationship Id="rId8794694377f58d18d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/" TargetMode="External"/><Relationship Id="rId3848694377f58d3b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3922694377f58930c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3922694377f58930c.jpg"/><Relationship Id="rId3225694377f58a749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3225694377f58a749.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>