--- v3 (2025-12-18)
+++ v4 (2026-01-07)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Campanulids: Asterales: Asteraceae: Asteroideae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> buffalo weed, crownweed (US), giant ragweed (US), great ragweed, horseweed (US), wild hemp (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1403694377f588975" w:history="1">
+            <w:hyperlink r:id="rId9566695defeba0492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6963694377f5889ba" w:history="1">
+            <w:hyperlink r:id="rId7291695defeba04d6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AMBTR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="32034652" name="name3888694377f58930e" descr="2738.jpg"/>
+                  <wp:docPr id="35248796" name="name8444695defeba05cc" descr="2738.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2738.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3922694377f58930c" cstate="print"/>
+                          <a:blip r:embed="rId2846695defeba05cb" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7933694377f58941b" w:history="1">
+            <w:hyperlink r:id="rId6597695defeba06b4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -717,63 +717,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (2012) lists 12.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="94135141" name="name2519694377f58a74c" descr="AMBTR_distribution_map.jpg"/>
+            <wp:docPr id="53694709" name="name2683695defeba17ea" descr="AMBTR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AMBTR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3225694377f58a749" cstate="print"/>
+                    <a:blip r:embed="rId6037695defeba17e7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3152,72 +3152,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, most natural habitats of high conservation value have a low potential to be invaded as they have low levels of disturbance, and thus the negative effects of this plant on biodiversity are considered to be of low importance. Nevertheless, some data are available on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. trifida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> showing that it is able to invade natural riverside vegetation. There are no data for negative impacts of the species on rivers, especially for where it occurs in the Po Valley (Italy) in the EPPO region. However, there is some anecdotal evidence that the species may have impacts on biodiversity from online forums (e.g. Acta Plantarum, an Italian forum for botanists: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5369694377f58bae9" w:history="1">
+      <w:hyperlink r:id="rId2018695defeba2948" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.floraitaliae.actaplantarum.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3115694377f58bb19" w:history="1">
+      <w:hyperlink r:id="rId1032695defeba296c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">org) </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">where comments include that the species has increased from 1 to 100 plants in one year.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3459,51 +3459,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pollen also contributes to the exacerbation of asthma and allergenic conjunctivitis (Oh, 2018). It is recommended that individuals allergic to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pollen may adjust their outdoor activities to avoid contact with the allergen (e.g.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId5689694377f58bd11" w:history="1">
+      <w:hyperlink r:id="rId1859695defeba2b3a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> https://www.aafa.org/ragweed-pollen/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). The health effect remains significant to such a point that visitor numbers at certain tourist sites are affected according to the presence of species of the genus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3754,218 +3754,218 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the USA, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. trifida </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">has the status of ‘restricted noxious weed’ in four states (California, Delaware, New Jersey and Wisconsin) under the Federal Seed Act (USDA, 2018) and the status of ‘noxious weed’ in four states [California, Delaware, Illinois  and  Minnesota   (in two counties  only)] under the Federal Noxious Weed Act and Minnesota Noxious Weed Law (USDA, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8280694377f58bf22" w:history="1">
+      <w:hyperlink r:id="rId1325695defeba2d20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.usda.gov/java/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8761694377f58bf43" w:history="1">
+      <w:hyperlink r:id="rId1678695defeba2d3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">noxComposite?stateRpt=yes; </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Minnesota Department of agriculture, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9059694377f58bf63" w:history="1">
+      <w:hyperlink r:id="rId2326695defeba2d5e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mda.state.mn.us/plants/pestmanageme</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3974694377f58bf8e" w:history="1">
+      <w:hyperlink r:id="rId5085695defeba2d7e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">nt/weedcontrol/noxiouslist/countynoxiousweeds).</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Canada, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. trifida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a ‘primary noxious weed’ under the Weed Seeds Order of the Seeds Act</w:t>
       </w:r>
-      <w:hyperlink r:id="rId8452694377f58bff2" w:history="1">
+      <w:hyperlink r:id="rId2042695defeba2dd0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> (http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId9682694377f58c006" w:history="1">
+      <w:hyperlink r:id="rId2601695defeba2de4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">sor-dors93-eng.html) </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and as a ‘noxious weed’ under the noxious weed laws in the provinces of Ontario, Quebec, and Manitoba (Ontario Ministry of Agriculture, Food and Rural Affairs, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6671694377f58c028" w:history="1">
+      <w:hyperlink r:id="rId9524695defeba2e04" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.omafra.gov.on.ca/english/crops/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5140694377f58c048" w:history="1">
+      <w:hyperlink r:id="rId1005695defeba2e23" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">facts/info_ragweed.htm).</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4329,72 +4329,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">COSAVE (2019) Risk analysis for plants as pests for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia trifida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Inter-American Institute for Cooperation on Agriculture, Comit'e Regional de Sanidad Vegetal del Cono Sur; Alec McClay. Uruguay: IICA, 2018. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7241694377f58c357" w:history="1">
+      <w:hyperlink r:id="rId9691695defeba30cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://repositorio.iica.int/bitstream/11324/7251/2/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5949694377f58c382" w:history="1">
+      <w:hyperlink r:id="rId4009695defeba30f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BVE19019515i.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4447,51 +4447,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 255–268.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EUROSTAT (2019) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9352694377f58c433" w:history="1">
+      <w:hyperlink r:id="rId6163695defeba31ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/eurostat. </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 25th November 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5090,51 +5090,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1239–1248.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heap IM (2017) The International Survey of Herbicide Resistant Weeds. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2597694377f58c88c" w:history="1">
+      <w:hyperlink r:id="rId6662695defeba35b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weedscience.org/In.asp </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 8 March, 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6381,90 +6381,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 201–210.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2018) United States Department of Agriculture Federal Seed Act. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5563694377f58d142" w:history="1">
+      <w:hyperlink r:id="rId8547695defeba3dcf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ams.usda.gov/rules-regulations/fsa</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA and NRCS (2020) The PLANTS Database. National Plant Data Team, Greensboro (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8794694377f58d18d" w:history="1">
+      <w:hyperlink r:id="rId1354695defeba3e0e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plants.usda.gov </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 12 March 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6693,73 +6693,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia trifida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3848694377f58d3b7" w:history="1">
+      <w:hyperlink r:id="rId1927695defeba3ff1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6885,137 +6885,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="44226117">
+  <w:abstractNum w:abstractNumId="99007046">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55956097">
+    <w:lvl w:ilvl="0" w:tplc="65969071">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="55956097" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="65969071" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="55956097" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="65969071" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="55956097" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="65969071" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="55956097" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="65969071" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="55956097" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="65969071" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="55956097" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="65969071" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="55956097" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="65969071" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="55956097" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="65969071" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44226116">
+  <w:abstractNum w:abstractNumId="99007045">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91573536">
+    <w:lvl w:ilvl="0" w:tplc="23104992">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7767,55 +7767,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="44226116">
-    <w:abstractNumId w:val="44226116"/>
+  <w:num w:numId="99007045">
+    <w:abstractNumId w:val="99007045"/>
   </w:num>
-  <w:num w:numId="44226117">
-    <w:abstractNumId w:val="44226117"/>
+  <w:num w:numId="99007046">
+    <w:abstractNumId w:val="99007046"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19365,51 +19365,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId361087051" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId665490740" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1403694377f588975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMBTR/" TargetMode="External"/><Relationship Id="rId6963694377f5889ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMBTR/categorization" TargetMode="External"/><Relationship Id="rId7933694377f58941b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMBTR/photos" TargetMode="External"/><Relationship Id="rId5369694377f58bae9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.floraitaliae.actaplantarum.org/" TargetMode="External"/><Relationship Id="rId3115694377f58bb19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.floraitaliae.actaplantarum.org/" TargetMode="External"/><Relationship Id="rId5689694377f58bd11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aafa.org/ragweed-pollen/" TargetMode="External"/><Relationship Id="rId8280694377f58bf22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/java/noxComposite?stateRpt=yes" TargetMode="External"/><Relationship Id="rId8761694377f58bf43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/java/noxComposite?stateRpt=yes" TargetMode="External"/><Relationship Id="rId9059694377f58bf63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mda.state.mn.us/plants/pestmanagement/weedcontrol/noxiouslist/countynoxiousweeds" TargetMode="External"/><Relationship Id="rId3974694377f58bf8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mda.state.mn.us/plants/pestmanagement/weedcontrol/noxiouslist/countynoxiousweeds" TargetMode="External"/><Relationship Id="rId8452694377f58bff2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId9682694377f58c006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId6671694377f58c028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.omafra.gov.on.ca/english/crops/facts/info_ragweed.htm" TargetMode="External"/><Relationship Id="rId5140694377f58c048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.omafra.gov.on.ca/english/crops/facts/info_ragweed.htm" TargetMode="External"/><Relationship Id="rId7241694377f58c357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.iica.int/bitstream/11324/7251/2/BVE19019515i.pdf" TargetMode="External"/><Relationship Id="rId5949694377f58c382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.iica.int/bitstream/11324/7251/2/BVE19019515i.pdf" TargetMode="External"/><Relationship Id="rId9352694377f58c433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat" TargetMode="External"/><Relationship Id="rId2597694377f58c88c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/In.asp" TargetMode="External"/><Relationship Id="rId5563694377f58d142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/rules-regulations/fsa" TargetMode="External"/><Relationship Id="rId8794694377f58d18d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/" TargetMode="External"/><Relationship Id="rId3848694377f58d3b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3922694377f58930c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3922694377f58930c.jpg"/><Relationship Id="rId3225694377f58a749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3225694377f58a749.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId619432975" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId227240936" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9566695defeba0492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMBTR/" TargetMode="External"/><Relationship Id="rId7291695defeba04d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMBTR/categorization" TargetMode="External"/><Relationship Id="rId6597695defeba06b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMBTR/photos" TargetMode="External"/><Relationship Id="rId2018695defeba2948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.floraitaliae.actaplantarum.org/" TargetMode="External"/><Relationship Id="rId1032695defeba296c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.floraitaliae.actaplantarum.org/" TargetMode="External"/><Relationship Id="rId1859695defeba2b3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aafa.org/ragweed-pollen/" TargetMode="External"/><Relationship Id="rId1325695defeba2d20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/java/noxComposite?stateRpt=yes" TargetMode="External"/><Relationship Id="rId1678695defeba2d3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/java/noxComposite?stateRpt=yes" TargetMode="External"/><Relationship Id="rId2326695defeba2d5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mda.state.mn.us/plants/pestmanagement/weedcontrol/noxiouslist/countynoxiousweeds" TargetMode="External"/><Relationship Id="rId5085695defeba2d7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mda.state.mn.us/plants/pestmanagement/weedcontrol/noxiouslist/countynoxiousweeds" TargetMode="External"/><Relationship Id="rId2042695defeba2dd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId2601695defeba2de4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId9524695defeba2e04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.omafra.gov.on.ca/english/crops/facts/info_ragweed.htm" TargetMode="External"/><Relationship Id="rId1005695defeba2e23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.omafra.gov.on.ca/english/crops/facts/info_ragweed.htm" TargetMode="External"/><Relationship Id="rId9691695defeba30cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.iica.int/bitstream/11324/7251/2/BVE19019515i.pdf" TargetMode="External"/><Relationship Id="rId4009695defeba30f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.iica.int/bitstream/11324/7251/2/BVE19019515i.pdf" TargetMode="External"/><Relationship Id="rId6163695defeba31ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat" TargetMode="External"/><Relationship Id="rId6662695defeba35b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/In.asp" TargetMode="External"/><Relationship Id="rId8547695defeba3dcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/rules-regulations/fsa" TargetMode="External"/><Relationship Id="rId1354695defeba3e0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/" TargetMode="External"/><Relationship Id="rId1927695defeba3ff1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2846695defeba05cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2846695defeba05cb.jpg"/><Relationship Id="rId6037695defeba17e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6037695defeba17e7.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>