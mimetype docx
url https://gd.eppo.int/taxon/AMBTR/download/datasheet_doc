--- v4 (2026-01-07)
+++ v5 (2026-02-16)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Campanulids: Asterales: Asteraceae: Asteroideae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> buffalo weed, crownweed (US), giant ragweed (US), great ragweed, horseweed (US), wild hemp (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9566695defeba0492" w:history="1">
+            <w:hyperlink r:id="rId9731699300a3d0276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7291695defeba04d6" w:history="1">
+            <w:hyperlink r:id="rId9257699300a3d02bb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AMBTR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="35248796" name="name8444695defeba05cc" descr="2738.jpg"/>
+                  <wp:docPr id="40833639" name="name7837699300a3d0988" descr="2738.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2738.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2846695defeba05cb" cstate="print"/>
+                          <a:blip r:embed="rId3834699300a3d0986" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6597695defeba06b4" w:history="1">
+            <w:hyperlink r:id="rId9046699300a3d0aaa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -717,105 +717,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (2012) lists 12.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="53694709" name="name2683695defeba17ea" descr="AMBTR_distribution_map.jpg"/>
+            <wp:docPr id="44779240" name="name4646699300a3d1a82" descr="AMBTR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AMBTR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6037695defeba17e7" cstate="print"/>
+                    <a:blip r:embed="rId6024699300a3d1a80" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Austria, Belarus, Belgium, Czechia, Denmark, Estonia, France (mainland), Georgia, Germany, Ireland, Italy (mainland), Latvia, Lithuania, Moldova, Republic of, Montenegro, Netherlands, Norway, Poland, Romania, Russian Federation (the) (Central Russia, Southern Russia, Western Siberia), Serbia, Slovakia, Slovenia, Spain (mainland), Switzerland, United Kingdom</w:t>
+        <w:t xml:space="preserve"> Austria, Belarus, Belgium, Czechia, Denmark, Estonia, France (mainland), Georgia, Germany, Ireland, Italy (mainland), Latvia, Lithuania, Moldova, Republic of, Montenegro, Netherlands, Norway, Poland, Romania, Russian Federation (Central Russia, Southern Russia, Western Siberia), Serbia, Slovakia, Slovenia, Spain (mainland), Switzerland, United Kingdom</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Beijing, Hebei, Heilongjiang, Hubei, Hunan, Jiangxi, Jilin, Liaoning, Neimenggu, Shandong, Xinjiang, Zhejiang), Japan, Korea, Republic of, Mongolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3152,72 +3152,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, most natural habitats of high conservation value have a low potential to be invaded as they have low levels of disturbance, and thus the negative effects of this plant on biodiversity are considered to be of low importance. Nevertheless, some data are available on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. trifida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> showing that it is able to invade natural riverside vegetation. There are no data for negative impacts of the species on rivers, especially for where it occurs in the Po Valley (Italy) in the EPPO region. However, there is some anecdotal evidence that the species may have impacts on biodiversity from online forums (e.g. Acta Plantarum, an Italian forum for botanists: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2018695defeba2948" w:history="1">
+      <w:hyperlink r:id="rId6922699300a3d2b96" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.floraitaliae.actaplantarum.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1032695defeba296c" w:history="1">
+      <w:hyperlink r:id="rId5115699300a3d2bba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">org) </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">where comments include that the species has increased from 1 to 100 plants in one year.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3459,51 +3459,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pollen also contributes to the exacerbation of asthma and allergenic conjunctivitis (Oh, 2018). It is recommended that individuals allergic to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pollen may adjust their outdoor activities to avoid contact with the allergen (e.g.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId1859695defeba2b3a" w:history="1">
+      <w:hyperlink r:id="rId4642699300a3d2d84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> https://www.aafa.org/ragweed-pollen/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). The health effect remains significant to such a point that visitor numbers at certain tourist sites are affected according to the presence of species of the genus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3754,218 +3754,218 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the USA, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. trifida </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">has the status of ‘restricted noxious weed’ in four states (California, Delaware, New Jersey and Wisconsin) under the Federal Seed Act (USDA, 2018) and the status of ‘noxious weed’ in four states [California, Delaware, Illinois  and  Minnesota   (in two counties  only)] under the Federal Noxious Weed Act and Minnesota Noxious Weed Law (USDA, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1325695defeba2d20" w:history="1">
+      <w:hyperlink r:id="rId3397699300a3d2f89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.usda.gov/java/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1678695defeba2d3f" w:history="1">
+      <w:hyperlink r:id="rId9535699300a3d2fa9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">noxComposite?stateRpt=yes; </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Minnesota Department of agriculture, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2326695defeba2d5e" w:history="1">
+      <w:hyperlink r:id="rId9499699300a3d2fc8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mda.state.mn.us/plants/pestmanageme</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5085695defeba2d7e" w:history="1">
+      <w:hyperlink r:id="rId2909699300a3d2fe7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">nt/weedcontrol/noxiouslist/countynoxiousweeds).</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Canada, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. trifida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a ‘primary noxious weed’ under the Weed Seeds Order of the Seeds Act</w:t>
       </w:r>
-      <w:hyperlink r:id="rId2042695defeba2dd0" w:history="1">
+      <w:hyperlink r:id="rId7521699300a3d303b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> (http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId2601695defeba2de4" w:history="1">
+      <w:hyperlink r:id="rId7093699300a3d304f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">sor-dors93-eng.html) </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and as a ‘noxious weed’ under the noxious weed laws in the provinces of Ontario, Quebec, and Manitoba (Ontario Ministry of Agriculture, Food and Rural Affairs, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9524695defeba2e04" w:history="1">
+      <w:hyperlink r:id="rId2672699300a3d306f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.omafra.gov.on.ca/english/crops/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1005695defeba2e23" w:history="1">
+      <w:hyperlink r:id="rId1320699300a3d308e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">facts/info_ragweed.htm).</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4329,72 +4329,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">COSAVE (2019) Risk analysis for plants as pests for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia trifida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Inter-American Institute for Cooperation on Agriculture, Comit'e Regional de Sanidad Vegetal del Cono Sur; Alec McClay. Uruguay: IICA, 2018. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9691695defeba30cf" w:history="1">
+      <w:hyperlink r:id="rId8377699300a3d332a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://repositorio.iica.int/bitstream/11324/7251/2/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4009695defeba30f5" w:history="1">
+      <w:hyperlink r:id="rId9615699300a3d334a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BVE19019515i.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4447,51 +4447,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 255–268.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EUROSTAT (2019) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6163695defeba31ac" w:history="1">
+      <w:hyperlink r:id="rId8950699300a3d33e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/eurostat. </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 25th November 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5090,51 +5090,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1239–1248.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heap IM (2017) The International Survey of Herbicide Resistant Weeds. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6662695defeba35b2" w:history="1">
+      <w:hyperlink r:id="rId9543699300a3d37e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weedscience.org/In.asp </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 8 March, 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6381,90 +6381,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 201–210.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2018) United States Department of Agriculture Federal Seed Act. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8547695defeba3dcf" w:history="1">
+      <w:hyperlink r:id="rId6501699300a3d4018" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ams.usda.gov/rules-regulations/fsa</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA and NRCS (2020) The PLANTS Database. National Plant Data Team, Greensboro (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1354695defeba3e0e" w:history="1">
+      <w:hyperlink r:id="rId4163699300a3d4056" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plants.usda.gov </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 12 March 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6715,51 +6715,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia trifida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1927695defeba3ff1" w:history="1">
+      <w:hyperlink r:id="rId2133699300a3d423a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6885,137 +6885,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="99007046">
+  <w:abstractNum w:abstractNumId="27924422">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65969071">
+    <w:lvl w:ilvl="0" w:tplc="28600328">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="65969071" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="28600328" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="65969071" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="28600328" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="65969071" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="28600328" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="65969071" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="28600328" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="65969071" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="28600328" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="65969071" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="28600328" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="65969071" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="28600328" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="65969071" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="28600328" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="99007045">
+  <w:abstractNum w:abstractNumId="27924421">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23104992">
+    <w:lvl w:ilvl="0" w:tplc="60128111">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7767,55 +7767,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="99007045">
-    <w:abstractNumId w:val="99007045"/>
+  <w:num w:numId="27924421">
+    <w:abstractNumId w:val="27924421"/>
   </w:num>
-  <w:num w:numId="99007046">
-    <w:abstractNumId w:val="99007046"/>
+  <w:num w:numId="27924422">
+    <w:abstractNumId w:val="27924422"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19365,51 +19365,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId619432975" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId227240936" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9566695defeba0492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMBTR/" TargetMode="External"/><Relationship Id="rId7291695defeba04d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMBTR/categorization" TargetMode="External"/><Relationship Id="rId6597695defeba06b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMBTR/photos" TargetMode="External"/><Relationship Id="rId2018695defeba2948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.floraitaliae.actaplantarum.org/" TargetMode="External"/><Relationship Id="rId1032695defeba296c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.floraitaliae.actaplantarum.org/" TargetMode="External"/><Relationship Id="rId1859695defeba2b3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aafa.org/ragweed-pollen/" TargetMode="External"/><Relationship Id="rId1325695defeba2d20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/java/noxComposite?stateRpt=yes" TargetMode="External"/><Relationship Id="rId1678695defeba2d3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/java/noxComposite?stateRpt=yes" TargetMode="External"/><Relationship Id="rId2326695defeba2d5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mda.state.mn.us/plants/pestmanagement/weedcontrol/noxiouslist/countynoxiousweeds" TargetMode="External"/><Relationship Id="rId5085695defeba2d7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mda.state.mn.us/plants/pestmanagement/weedcontrol/noxiouslist/countynoxiousweeds" TargetMode="External"/><Relationship Id="rId2042695defeba2dd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId2601695defeba2de4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId9524695defeba2e04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.omafra.gov.on.ca/english/crops/facts/info_ragweed.htm" TargetMode="External"/><Relationship Id="rId1005695defeba2e23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.omafra.gov.on.ca/english/crops/facts/info_ragweed.htm" TargetMode="External"/><Relationship Id="rId9691695defeba30cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.iica.int/bitstream/11324/7251/2/BVE19019515i.pdf" TargetMode="External"/><Relationship Id="rId4009695defeba30f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.iica.int/bitstream/11324/7251/2/BVE19019515i.pdf" TargetMode="External"/><Relationship Id="rId6163695defeba31ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat" TargetMode="External"/><Relationship Id="rId6662695defeba35b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/In.asp" TargetMode="External"/><Relationship Id="rId8547695defeba3dcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/rules-regulations/fsa" TargetMode="External"/><Relationship Id="rId1354695defeba3e0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/" TargetMode="External"/><Relationship Id="rId1927695defeba3ff1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2846695defeba05cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2846695defeba05cb.jpg"/><Relationship Id="rId6037695defeba17e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6037695defeba17e7.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId936888956" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId599405501" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9731699300a3d0276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMBTR/" TargetMode="External"/><Relationship Id="rId9257699300a3d02bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMBTR/categorization" TargetMode="External"/><Relationship Id="rId9046699300a3d0aaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMBTR/photos" TargetMode="External"/><Relationship Id="rId6922699300a3d2b96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.floraitaliae.actaplantarum.org/" TargetMode="External"/><Relationship Id="rId5115699300a3d2bba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.floraitaliae.actaplantarum.org/" TargetMode="External"/><Relationship Id="rId4642699300a3d2d84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aafa.org/ragweed-pollen/" TargetMode="External"/><Relationship Id="rId3397699300a3d2f89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/java/noxComposite?stateRpt=yes" TargetMode="External"/><Relationship Id="rId9535699300a3d2fa9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/java/noxComposite?stateRpt=yes" TargetMode="External"/><Relationship Id="rId9499699300a3d2fc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mda.state.mn.us/plants/pestmanagement/weedcontrol/noxiouslist/countynoxiousweeds" TargetMode="External"/><Relationship Id="rId2909699300a3d2fe7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mda.state.mn.us/plants/pestmanagement/weedcontrol/noxiouslist/countynoxiousweeds" TargetMode="External"/><Relationship Id="rId7521699300a3d303b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId7093699300a3d304f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId2672699300a3d306f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.omafra.gov.on.ca/english/crops/facts/info_ragweed.htm" TargetMode="External"/><Relationship Id="rId1320699300a3d308e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.omafra.gov.on.ca/english/crops/facts/info_ragweed.htm" TargetMode="External"/><Relationship Id="rId8377699300a3d332a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.iica.int/bitstream/11324/7251/2/BVE19019515i.pdf" TargetMode="External"/><Relationship Id="rId9615699300a3d334a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.iica.int/bitstream/11324/7251/2/BVE19019515i.pdf" TargetMode="External"/><Relationship Id="rId8950699300a3d33e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat" TargetMode="External"/><Relationship Id="rId9543699300a3d37e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/In.asp" TargetMode="External"/><Relationship Id="rId6501699300a3d4018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/rules-regulations/fsa" TargetMode="External"/><Relationship Id="rId4163699300a3d4056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/" TargetMode="External"/><Relationship Id="rId2133699300a3d423a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3834699300a3d0986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3834699300a3d0986.jpg"/><Relationship Id="rId6024699300a3d1a80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6024699300a3d1a80.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>