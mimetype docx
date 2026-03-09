--- v5 (2026-02-16)
+++ v6 (2026-03-09)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Campanulids: Asterales: Asteraceae: Asteroideae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> buffalo weed, crownweed (US), giant ragweed (US), great ragweed, horseweed (US), wild hemp (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9731699300a3d0276" w:history="1">
+            <w:hyperlink r:id="rId226569ae6caf9a5ec" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9257699300a3d02bb" w:history="1">
+            <w:hyperlink r:id="rId130569ae6caf9a633" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AMBTR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="40833639" name="name7837699300a3d0988" descr="2738.jpg"/>
+                  <wp:docPr id="1840429" name="name907569ae6caf9ac61" descr="2738.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2738.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3834699300a3d0986" cstate="print"/>
+                          <a:blip r:embed="rId191769ae6caf9ac5f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9046699300a3d0aaa" w:history="1">
+            <w:hyperlink r:id="rId808669ae6caf9ada6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -717,63 +717,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (2012) lists 12.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="44779240" name="name4646699300a3d1a82" descr="AMBTR_distribution_map.jpg"/>
+            <wp:docPr id="36919301" name="name720769ae6caf9bc27" descr="AMBTR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AMBTR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6024699300a3d1a80" cstate="print"/>
+                    <a:blip r:embed="rId658969ae6caf9bc24" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3152,72 +3152,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, most natural habitats of high conservation value have a low potential to be invaded as they have low levels of disturbance, and thus the negative effects of this plant on biodiversity are considered to be of low importance. Nevertheless, some data are available on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. trifida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> showing that it is able to invade natural riverside vegetation. There are no data for negative impacts of the species on rivers, especially for where it occurs in the Po Valley (Italy) in the EPPO region. However, there is some anecdotal evidence that the species may have impacts on biodiversity from online forums (e.g. Acta Plantarum, an Italian forum for botanists: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6922699300a3d2b96" w:history="1">
+      <w:hyperlink r:id="rId595769ae6caf9cdc0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.floraitaliae.actaplantarum.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5115699300a3d2bba" w:history="1">
+      <w:hyperlink r:id="rId720969ae6caf9cde6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">org) </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">where comments include that the species has increased from 1 to 100 plants in one year.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3459,51 +3459,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pollen also contributes to the exacerbation of asthma and allergenic conjunctivitis (Oh, 2018). It is recommended that individuals allergic to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pollen may adjust their outdoor activities to avoid contact with the allergen (e.g.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId4642699300a3d2d84" w:history="1">
+      <w:hyperlink r:id="rId917369ae6caf9cfb7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> https://www.aafa.org/ragweed-pollen/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). The health effect remains significant to such a point that visitor numbers at certain tourist sites are affected according to the presence of species of the genus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3754,218 +3754,218 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the USA, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. trifida </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">has the status of ‘restricted noxious weed’ in four states (California, Delaware, New Jersey and Wisconsin) under the Federal Seed Act (USDA, 2018) and the status of ‘noxious weed’ in four states [California, Delaware, Illinois  and  Minnesota   (in two counties  only)] under the Federal Noxious Weed Act and Minnesota Noxious Weed Law (USDA, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3397699300a3d2f89" w:history="1">
+      <w:hyperlink r:id="rId445069ae6caf9d19b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.usda.gov/java/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9535699300a3d2fa9" w:history="1">
+      <w:hyperlink r:id="rId290769ae6caf9d1bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">noxComposite?stateRpt=yes; </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Minnesota Department of agriculture, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9499699300a3d2fc8" w:history="1">
+      <w:hyperlink r:id="rId571169ae6caf9d1da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mda.state.mn.us/plants/pestmanageme</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2909699300a3d2fe7" w:history="1">
+      <w:hyperlink r:id="rId915969ae6caf9d1f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">nt/weedcontrol/noxiouslist/countynoxiousweeds).</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Canada, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. trifida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a ‘primary noxious weed’ under the Weed Seeds Order of the Seeds Act</w:t>
       </w:r>
-      <w:hyperlink r:id="rId7521699300a3d303b" w:history="1">
+      <w:hyperlink r:id="rId393069ae6caf9d24c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> (http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId7093699300a3d304f" w:history="1">
+      <w:hyperlink r:id="rId939869ae6caf9d260" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">sor-dors93-eng.html) </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and as a ‘noxious weed’ under the noxious weed laws in the provinces of Ontario, Quebec, and Manitoba (Ontario Ministry of Agriculture, Food and Rural Affairs, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2672699300a3d306f" w:history="1">
+      <w:hyperlink r:id="rId463669ae6caf9d281" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.omafra.gov.on.ca/english/crops/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1320699300a3d308e" w:history="1">
+      <w:hyperlink r:id="rId953269ae6caf9d29f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">facts/info_ragweed.htm).</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4329,72 +4329,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">COSAVE (2019) Risk analysis for plants as pests for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia trifida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Inter-American Institute for Cooperation on Agriculture, Comit'e Regional de Sanidad Vegetal del Cono Sur; Alec McClay. Uruguay: IICA, 2018. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8377699300a3d332a" w:history="1">
+      <w:hyperlink r:id="rId814069ae6caf9d557" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://repositorio.iica.int/bitstream/11324/7251/2/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9615699300a3d334a" w:history="1">
+      <w:hyperlink r:id="rId125769ae6caf9d578" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BVE19019515i.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4447,51 +4447,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 255–268.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EUROSTAT (2019) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8950699300a3d33e6" w:history="1">
+      <w:hyperlink r:id="rId121069ae6caf9d612" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/eurostat. </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 25th November 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5090,51 +5090,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1239–1248.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heap IM (2017) The International Survey of Herbicide Resistant Weeds. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9543699300a3d37e5" w:history="1">
+      <w:hyperlink r:id="rId263069ae6caf9da17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weedscience.org/In.asp </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 8 March, 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6381,90 +6381,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 201–210.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2018) United States Department of Agriculture Federal Seed Act. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6501699300a3d4018" w:history="1">
+      <w:hyperlink r:id="rId592569ae6caf9e299" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ams.usda.gov/rules-regulations/fsa</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA and NRCS (2020) The PLANTS Database. National Plant Data Team, Greensboro (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4163699300a3d4056" w:history="1">
+      <w:hyperlink r:id="rId317869ae6caf9e2d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plants.usda.gov </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 12 March 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6715,51 +6715,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia trifida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2133699300a3d423a" w:history="1">
+      <w:hyperlink r:id="rId142069ae6caf9e4d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6885,137 +6885,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="27924422">
+  <w:abstractNum w:abstractNumId="26969252">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28600328">
+    <w:lvl w:ilvl="0" w:tplc="29851409">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="28600328" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="29851409" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="28600328" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="29851409" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="28600328" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="29851409" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="28600328" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="29851409" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="28600328" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="29851409" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="28600328" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="29851409" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="28600328" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="29851409" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="28600328" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="29851409" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27924421">
+  <w:abstractNum w:abstractNumId="26969251">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="60128111">
+    <w:lvl w:ilvl="0" w:tplc="30357479">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7767,55 +7767,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="27924421">
-    <w:abstractNumId w:val="27924421"/>
+  <w:num w:numId="26969251">
+    <w:abstractNumId w:val="26969251"/>
   </w:num>
-  <w:num w:numId="27924422">
-    <w:abstractNumId w:val="27924422"/>
+  <w:num w:numId="26969252">
+    <w:abstractNumId w:val="26969252"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19365,51 +19365,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId936888956" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId599405501" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9731699300a3d0276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMBTR/" TargetMode="External"/><Relationship Id="rId9257699300a3d02bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMBTR/categorization" TargetMode="External"/><Relationship Id="rId9046699300a3d0aaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMBTR/photos" TargetMode="External"/><Relationship Id="rId6922699300a3d2b96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.floraitaliae.actaplantarum.org/" TargetMode="External"/><Relationship Id="rId5115699300a3d2bba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.floraitaliae.actaplantarum.org/" TargetMode="External"/><Relationship Id="rId4642699300a3d2d84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aafa.org/ragweed-pollen/" TargetMode="External"/><Relationship Id="rId3397699300a3d2f89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/java/noxComposite?stateRpt=yes" TargetMode="External"/><Relationship Id="rId9535699300a3d2fa9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/java/noxComposite?stateRpt=yes" TargetMode="External"/><Relationship Id="rId9499699300a3d2fc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mda.state.mn.us/plants/pestmanagement/weedcontrol/noxiouslist/countynoxiousweeds" TargetMode="External"/><Relationship Id="rId2909699300a3d2fe7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mda.state.mn.us/plants/pestmanagement/weedcontrol/noxiouslist/countynoxiousweeds" TargetMode="External"/><Relationship Id="rId7521699300a3d303b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId7093699300a3d304f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId2672699300a3d306f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.omafra.gov.on.ca/english/crops/facts/info_ragweed.htm" TargetMode="External"/><Relationship Id="rId1320699300a3d308e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.omafra.gov.on.ca/english/crops/facts/info_ragweed.htm" TargetMode="External"/><Relationship Id="rId8377699300a3d332a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.iica.int/bitstream/11324/7251/2/BVE19019515i.pdf" TargetMode="External"/><Relationship Id="rId9615699300a3d334a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.iica.int/bitstream/11324/7251/2/BVE19019515i.pdf" TargetMode="External"/><Relationship Id="rId8950699300a3d33e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat" TargetMode="External"/><Relationship Id="rId9543699300a3d37e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/In.asp" TargetMode="External"/><Relationship Id="rId6501699300a3d4018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/rules-regulations/fsa" TargetMode="External"/><Relationship Id="rId4163699300a3d4056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/" TargetMode="External"/><Relationship Id="rId2133699300a3d423a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3834699300a3d0986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3834699300a3d0986.jpg"/><Relationship Id="rId6024699300a3d1a80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6024699300a3d1a80.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId567776763" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId603413229" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId226569ae6caf9a5ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMBTR/" TargetMode="External"/><Relationship Id="rId130569ae6caf9a633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMBTR/categorization" TargetMode="External"/><Relationship Id="rId808669ae6caf9ada6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMBTR/photos" TargetMode="External"/><Relationship Id="rId595769ae6caf9cdc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.floraitaliae.actaplantarum.org/" TargetMode="External"/><Relationship Id="rId720969ae6caf9cde6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.floraitaliae.actaplantarum.org/" TargetMode="External"/><Relationship Id="rId917369ae6caf9cfb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aafa.org/ragweed-pollen/" TargetMode="External"/><Relationship Id="rId445069ae6caf9d19b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/java/noxComposite?stateRpt=yes" TargetMode="External"/><Relationship Id="rId290769ae6caf9d1bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/java/noxComposite?stateRpt=yes" TargetMode="External"/><Relationship Id="rId571169ae6caf9d1da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mda.state.mn.us/plants/pestmanagement/weedcontrol/noxiouslist/countynoxiousweeds" TargetMode="External"/><Relationship Id="rId915969ae6caf9d1f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mda.state.mn.us/plants/pestmanagement/weedcontrol/noxiouslist/countynoxiousweeds" TargetMode="External"/><Relationship Id="rId393069ae6caf9d24c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId939869ae6caf9d260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId463669ae6caf9d281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.omafra.gov.on.ca/english/crops/facts/info_ragweed.htm" TargetMode="External"/><Relationship Id="rId953269ae6caf9d29f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.omafra.gov.on.ca/english/crops/facts/info_ragweed.htm" TargetMode="External"/><Relationship Id="rId814069ae6caf9d557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.iica.int/bitstream/11324/7251/2/BVE19019515i.pdf" TargetMode="External"/><Relationship Id="rId125769ae6caf9d578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.iica.int/bitstream/11324/7251/2/BVE19019515i.pdf" TargetMode="External"/><Relationship Id="rId121069ae6caf9d612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat" TargetMode="External"/><Relationship Id="rId263069ae6caf9da17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/In.asp" TargetMode="External"/><Relationship Id="rId592569ae6caf9e299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/rules-regulations/fsa" TargetMode="External"/><Relationship Id="rId317869ae6caf9e2d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/" TargetMode="External"/><Relationship Id="rId142069ae6caf9e4d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId191769ae6caf9ac5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId191769ae6caf9ac5f.jpg"/><Relationship Id="rId658969ae6caf9bc24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId658969ae6caf9bc24.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>