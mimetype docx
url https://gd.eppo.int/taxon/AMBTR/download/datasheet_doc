--- v6 (2026-03-09)
+++ v7 (2026-03-29)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Campanulids: Asterales: Asteraceae: Asteroideae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> buffalo weed, crownweed (US), giant ragweed (US), great ragweed, horseweed (US), wild hemp (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226569ae6caf9a5ec" w:history="1">
+            <w:hyperlink r:id="rId430269c927e4dc4b8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130569ae6caf9a633" w:history="1">
+            <w:hyperlink r:id="rId934469c927e4dc500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AMBTR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="1840429" name="name907569ae6caf9ac61" descr="2738.jpg"/>
+                  <wp:docPr id="69105518" name="name802269c927e4dcb5f" descr="2738.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2738.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId191769ae6caf9ac5f" cstate="print"/>
+                          <a:blip r:embed="rId571969c927e4dcb5c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId808669ae6caf9ada6" w:history="1">
+            <w:hyperlink r:id="rId699669c927e4dcca6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -717,63 +717,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (2012) lists 12.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="36919301" name="name720769ae6caf9bc27" descr="AMBTR_distribution_map.jpg"/>
+            <wp:docPr id="57184248" name="name191669c927e4ddb58" descr="AMBTR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AMBTR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId658969ae6caf9bc24" cstate="print"/>
+                    <a:blip r:embed="rId452669c927e4ddb54" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3152,72 +3152,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, most natural habitats of high conservation value have a low potential to be invaded as they have low levels of disturbance, and thus the negative effects of this plant on biodiversity are considered to be of low importance. Nevertheless, some data are available on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. trifida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> showing that it is able to invade natural riverside vegetation. There are no data for negative impacts of the species on rivers, especially for where it occurs in the Po Valley (Italy) in the EPPO region. However, there is some anecdotal evidence that the species may have impacts on biodiversity from online forums (e.g. Acta Plantarum, an Italian forum for botanists: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId595769ae6caf9cdc0" w:history="1">
+      <w:hyperlink r:id="rId249169c927e4decf5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.floraitaliae.actaplantarum.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId720969ae6caf9cde6" w:history="1">
+      <w:hyperlink r:id="rId193569c927e4ded1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">org) </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">where comments include that the species has increased from 1 to 100 plants in one year.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3459,51 +3459,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pollen also contributes to the exacerbation of asthma and allergenic conjunctivitis (Oh, 2018). It is recommended that individuals allergic to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pollen may adjust their outdoor activities to avoid contact with the allergen (e.g.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId917369ae6caf9cfb7" w:history="1">
+      <w:hyperlink r:id="rId434569c927e4deefd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> https://www.aafa.org/ragweed-pollen/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). The health effect remains significant to such a point that visitor numbers at certain tourist sites are affected according to the presence of species of the genus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3754,218 +3754,218 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the USA, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. trifida </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">has the status of ‘restricted noxious weed’ in four states (California, Delaware, New Jersey and Wisconsin) under the Federal Seed Act (USDA, 2018) and the status of ‘noxious weed’ in four states [California, Delaware, Illinois  and  Minnesota   (in two counties  only)] under the Federal Noxious Weed Act and Minnesota Noxious Weed Law (USDA, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId445069ae6caf9d19b" w:history="1">
+      <w:hyperlink r:id="rId588069c927e4df0f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.usda.gov/java/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId290769ae6caf9d1bb" w:history="1">
+      <w:hyperlink r:id="rId405669c927e4df113" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">noxComposite?stateRpt=yes; </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Minnesota Department of agriculture, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId571169ae6caf9d1da" w:history="1">
+      <w:hyperlink r:id="rId705469c927e4df133" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mda.state.mn.us/plants/pestmanageme</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId915969ae6caf9d1f9" w:history="1">
+      <w:hyperlink r:id="rId598769c927e4df152" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">nt/weedcontrol/noxiouslist/countynoxiousweeds).</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Canada, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. trifida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a ‘primary noxious weed’ under the Weed Seeds Order of the Seeds Act</w:t>
       </w:r>
-      <w:hyperlink r:id="rId393069ae6caf9d24c" w:history="1">
+      <w:hyperlink r:id="rId360569c927e4df1a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> (http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId939869ae6caf9d260" w:history="1">
+      <w:hyperlink r:id="rId669969c927e4df1b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">sor-dors93-eng.html) </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and as a ‘noxious weed’ under the noxious weed laws in the provinces of Ontario, Quebec, and Manitoba (Ontario Ministry of Agriculture, Food and Rural Affairs, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId463669ae6caf9d281" w:history="1">
+      <w:hyperlink r:id="rId470869c927e4df1dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.omafra.gov.on.ca/english/crops/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId953269ae6caf9d29f" w:history="1">
+      <w:hyperlink r:id="rId568769c927e4df1fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">facts/info_ragweed.htm).</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4329,72 +4329,72 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">COSAVE (2019) Risk analysis for plants as pests for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia trifida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Inter-American Institute for Cooperation on Agriculture, Comit'e Regional de Sanidad Vegetal del Cono Sur; Alec McClay. Uruguay: IICA, 2018. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId814069ae6caf9d557" w:history="1">
+      <w:hyperlink r:id="rId308069c927e4df49b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://repositorio.iica.int/bitstream/11324/7251/2/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId125769ae6caf9d578" w:history="1">
+      <w:hyperlink r:id="rId726669c927e4df4bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">BVE19019515i.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4447,51 +4447,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 255–268.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EUROSTAT (2019) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId121069ae6caf9d612" w:history="1">
+      <w:hyperlink r:id="rId317269c927e4df559" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/eurostat. </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 25th November 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5090,51 +5090,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1239–1248.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heap IM (2017) The International Survey of Herbicide Resistant Weeds. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId263069ae6caf9da17" w:history="1">
+      <w:hyperlink r:id="rId900669c927e4df964" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weedscience.org/In.asp </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 8 March, 2017].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6381,90 +6381,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 201–210.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2018) United States Department of Agriculture Federal Seed Act. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId592569ae6caf9e299" w:history="1">
+      <w:hyperlink r:id="rId767669c927e4e01d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ams.usda.gov/rules-regulations/fsa</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA and NRCS (2020) The PLANTS Database. National Plant Data Team, Greensboro (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId317869ae6caf9e2d8" w:history="1">
+      <w:hyperlink r:id="rId341569c927e4e020f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plants.usda.gov </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">[accessed on 12 March 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6715,51 +6715,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia trifida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId142069ae6caf9e4d7" w:history="1">
+      <w:hyperlink r:id="rId298369c927e4e03f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6885,137 +6885,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="26969252">
+  <w:abstractNum w:abstractNumId="66898651">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29851409">
+    <w:lvl w:ilvl="0" w:tplc="38723963">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="29851409" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="38723963" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="29851409" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="38723963" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="29851409" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="38723963" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="29851409" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="38723963" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="29851409" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="38723963" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="29851409" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="38723963" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="29851409" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="38723963" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="29851409" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="38723963" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26969251">
+  <w:abstractNum w:abstractNumId="66898650">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30357479">
+    <w:lvl w:ilvl="0" w:tplc="68031288">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7767,55 +7767,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="26969251">
-    <w:abstractNumId w:val="26969251"/>
+  <w:num w:numId="66898650">
+    <w:abstractNumId w:val="66898650"/>
   </w:num>
-  <w:num w:numId="26969252">
-    <w:abstractNumId w:val="26969252"/>
+  <w:num w:numId="66898651">
+    <w:abstractNumId w:val="66898651"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19365,51 +19365,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId567776763" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId603413229" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId226569ae6caf9a5ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMBTR/" TargetMode="External"/><Relationship Id="rId130569ae6caf9a633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMBTR/categorization" TargetMode="External"/><Relationship Id="rId808669ae6caf9ada6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMBTR/photos" TargetMode="External"/><Relationship Id="rId595769ae6caf9cdc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.floraitaliae.actaplantarum.org/" TargetMode="External"/><Relationship Id="rId720969ae6caf9cde6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.floraitaliae.actaplantarum.org/" TargetMode="External"/><Relationship Id="rId917369ae6caf9cfb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aafa.org/ragweed-pollen/" TargetMode="External"/><Relationship Id="rId445069ae6caf9d19b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/java/noxComposite?stateRpt=yes" TargetMode="External"/><Relationship Id="rId290769ae6caf9d1bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/java/noxComposite?stateRpt=yes" TargetMode="External"/><Relationship Id="rId571169ae6caf9d1da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mda.state.mn.us/plants/pestmanagement/weedcontrol/noxiouslist/countynoxiousweeds" TargetMode="External"/><Relationship Id="rId915969ae6caf9d1f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mda.state.mn.us/plants/pestmanagement/weedcontrol/noxiouslist/countynoxiousweeds" TargetMode="External"/><Relationship Id="rId393069ae6caf9d24c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId939869ae6caf9d260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId463669ae6caf9d281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.omafra.gov.on.ca/english/crops/facts/info_ragweed.htm" TargetMode="External"/><Relationship Id="rId953269ae6caf9d29f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.omafra.gov.on.ca/english/crops/facts/info_ragweed.htm" TargetMode="External"/><Relationship Id="rId814069ae6caf9d557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.iica.int/bitstream/11324/7251/2/BVE19019515i.pdf" TargetMode="External"/><Relationship Id="rId125769ae6caf9d578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.iica.int/bitstream/11324/7251/2/BVE19019515i.pdf" TargetMode="External"/><Relationship Id="rId121069ae6caf9d612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat" TargetMode="External"/><Relationship Id="rId263069ae6caf9da17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/In.asp" TargetMode="External"/><Relationship Id="rId592569ae6caf9e299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/rules-regulations/fsa" TargetMode="External"/><Relationship Id="rId317869ae6caf9e2d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/" TargetMode="External"/><Relationship Id="rId142069ae6caf9e4d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId191769ae6caf9ac5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId191769ae6caf9ac5f.jpg"/><Relationship Id="rId658969ae6caf9bc24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId658969ae6caf9bc24.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId552855609" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId669932770" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId430269c927e4dc4b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMBTR/" TargetMode="External"/><Relationship Id="rId934469c927e4dc500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMBTR/categorization" TargetMode="External"/><Relationship Id="rId699669c927e4dcca6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMBTR/photos" TargetMode="External"/><Relationship Id="rId249169c927e4decf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.floraitaliae.actaplantarum.org/" TargetMode="External"/><Relationship Id="rId193569c927e4ded1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.floraitaliae.actaplantarum.org/" TargetMode="External"/><Relationship Id="rId434569c927e4deefd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aafa.org/ragweed-pollen/" TargetMode="External"/><Relationship Id="rId588069c927e4df0f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/java/noxComposite?stateRpt=yes" TargetMode="External"/><Relationship Id="rId405669c927e4df113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/java/noxComposite?stateRpt=yes" TargetMode="External"/><Relationship Id="rId705469c927e4df133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mda.state.mn.us/plants/pestmanagement/weedcontrol/noxiouslist/countynoxiousweeds" TargetMode="External"/><Relationship Id="rId598769c927e4df152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mda.state.mn.us/plants/pestmanagement/weedcontrol/noxiouslist/countynoxiousweeds" TargetMode="External"/><Relationship Id="rId360569c927e4df1a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId669969c927e4df1b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId470869c927e4df1dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.omafra.gov.on.ca/english/crops/facts/info_ragweed.htm" TargetMode="External"/><Relationship Id="rId568769c927e4df1fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.omafra.gov.on.ca/english/crops/facts/info_ragweed.htm" TargetMode="External"/><Relationship Id="rId308069c927e4df49b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.iica.int/bitstream/11324/7251/2/BVE19019515i.pdf" TargetMode="External"/><Relationship Id="rId726669c927e4df4bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.iica.int/bitstream/11324/7251/2/BVE19019515i.pdf" TargetMode="External"/><Relationship Id="rId317269c927e4df559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat" TargetMode="External"/><Relationship Id="rId900669c927e4df964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/In.asp" TargetMode="External"/><Relationship Id="rId767669c927e4e01d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/rules-regulations/fsa" TargetMode="External"/><Relationship Id="rId341569c927e4e020f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/" TargetMode="External"/><Relationship Id="rId298369c927e4e03f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId571969c927e4dcb5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId571969c927e4dcb5c.jpg"/><Relationship Id="rId452669c927e4ddb54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId452669c927e4ddb54.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>