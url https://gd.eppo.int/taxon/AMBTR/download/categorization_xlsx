--- v0 (2025-10-09)
+++ v1 (2025-12-18)
@@ -776,51 +776,51 @@
         <v>37</v>
       </c>
       <c r="D13" t="s">
         <v>10</v>
       </c>
       <c r="E13">
         <v>2019</v>
       </c>
       <c r="F13"/>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>38</v>
       </c>
       <c r="B14" t="s">
         <v>39</v>
       </c>
       <c r="C14" t="s">
         <v>40</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="F14"/>
       <c r="G14"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>38</v>
       </c>
       <c r="B15" t="s">
         <v>41</v>
       </c>
       <c r="C15" t="s">
         <v>42</v>
       </c>
       <c r="D15" t="s">
         <v>31</v>
       </c>
       <c r="E15">
         <v>2016</v>
       </c>
       <c r="F15"/>
       <c r="G15"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">