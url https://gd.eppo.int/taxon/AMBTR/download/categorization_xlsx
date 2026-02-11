--- v1 (2025-12-18)
+++ v2 (2026-02-11)
@@ -110,51 +110,51 @@
   <si>
     <t>Azerbaijan</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Quarantine pest</t>
   </si>
   <si>
     <t>Georgia</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>A2 list</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>RPPO/EU</t>
   </si>
   <si>
     <t>COSAVE</t>
   </si>
   <si>
     <t>9D</t>
   </si>