--- v0 (2025-10-04)
+++ v1 (2026-02-09)
@@ -524,51 +524,51 @@
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Absent, unreliable record</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>