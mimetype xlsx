--- v0 (2025-10-09)
+++ v1 (2026-02-20)
@@ -872,51 +872,51 @@
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Northern Russia</t>
   </si>
   <si>
     <t>nr</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
@@ -4107,51 +4107,51 @@
       <c r="B150" t="s">
         <v>310</v>
       </c>
       <c r="C150"/>
       <c r="D150" t="s">
         <v>311</v>
       </c>
       <c r="E150"/>
       <c r="F150" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
         <v>235</v>
       </c>
       <c r="B151" t="s">
         <v>312</v>
       </c>
       <c r="C151"/>
       <c r="D151" t="s">
         <v>313</v>
       </c>
       <c r="E151"/>
       <c r="F151" t="s">
-        <v>268</v>
+        <v>240</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
         <v>235</v>
       </c>
       <c r="B152" t="s">
         <v>314</v>
       </c>
       <c r="C152"/>
       <c r="D152" t="s">
         <v>315</v>
       </c>
       <c r="E152"/>
       <c r="F152" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
         <v>316</v>
       </c>
       <c r="B153" t="s">
         <v>317</v>
       </c>