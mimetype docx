--- v0 (2025-10-08)
+++ v1 (2025-11-17)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> (Malloch)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> burdock leaf miner, chrysanthemum leaf miner</w:t>
             </w:r>
-            <w:hyperlink r:id="rId356568e691971a382" w:history="1">
+            <w:hyperlink r:id="rId1452691abbf8577de" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId890168e691971a3fa" w:history="1">
+            <w:hyperlink r:id="rId7733691abbf857847" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2165,63 +2165,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="76916395" name="name589168e691971c3b9" descr="AMAZMA_distribution_map.jpg"/>
+            <wp:docPr id="22018223" name="name7237691abbf85b106" descr="AMAZMA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AMAZMA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId791668e691971c3b5" cstate="print"/>
+                    <a:blip r:embed="rId1643691abbf85b103" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3975,51 +3975,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nemorimyza maculosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (chrysanthemum leaf miner). PlantwisePlus Knowledge Bank. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId839668e691971d223" w:history="1">
+      <w:hyperlink r:id="rId2948691abbf85bf60" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/pwkb.species.4687</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4181,51 +4181,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e06036. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId528768e691971d37c" w:history="1">
+      <w:hyperlink r:id="rId8592691abbf85c0b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6036</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6592,51 +6592,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nemorimyza maculosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId721668e691971e2da" w:history="1">
+      <w:hyperlink r:id="rId5861691abbf85efa4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6847,81 +6847,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 29-37. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId140468e691971e498" w:history="1">
+      <w:hyperlink r:id="rId8159691abbf85f147" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01978.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="70299203" name="name711768e691971e524" descr="eu_funding_250.png"/>
+            <wp:docPr id="4920291" name="name1948691abbf85f1b6" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId970868e691971e523" cstate="print"/>
+                    <a:blip r:embed="rId6563691abbf85f1b5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7019,137 +7019,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="27202290">
+  <w:abstractNum w:abstractNumId="59555378">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10192899">
+    <w:lvl w:ilvl="0" w:tplc="40131257">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="10192899" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="40131257" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="10192899" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="40131257" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="10192899" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="40131257" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="10192899" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="40131257" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="10192899" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="40131257" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="10192899" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="40131257" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="10192899" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="40131257" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="10192899" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="40131257" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27202289">
+  <w:abstractNum w:abstractNumId="59555377">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93743725">
+    <w:lvl w:ilvl="0" w:tplc="87774112">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7901,55 +7901,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="27202289">
-    <w:abstractNumId w:val="27202289"/>
+  <w:num w:numId="59555377">
+    <w:abstractNumId w:val="59555377"/>
   </w:num>
-  <w:num w:numId="27202290">
-    <w:abstractNumId w:val="27202290"/>
+  <w:num w:numId="59555378">
+    <w:abstractNumId w:val="59555378"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19499,51 +19499,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId790585283" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId758743420" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId356568e691971a382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAZMA/" TargetMode="External"/><Relationship Id="rId890168e691971a3fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAZMA/categorization" TargetMode="External"/><Relationship Id="rId839668e691971d223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/pwkb.species.4687" TargetMode="External"/><Relationship Id="rId528768e691971d37c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6036" TargetMode="External"/><Relationship Id="rId721668e691971e2da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId140468e691971e498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01978.x" TargetMode="External"/><Relationship Id="rId791668e691971c3b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId791668e691971c3b5.jpg"/><Relationship Id="rId970868e691971e523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId970868e691971e523.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId821325062" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId294946859" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1452691abbf8577de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAZMA/" TargetMode="External"/><Relationship Id="rId7733691abbf857847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAZMA/categorization" TargetMode="External"/><Relationship Id="rId2948691abbf85bf60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/pwkb.species.4687" TargetMode="External"/><Relationship Id="rId8592691abbf85c0b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6036" TargetMode="External"/><Relationship Id="rId5861691abbf85efa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8159691abbf85f147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01978.x" TargetMode="External"/><Relationship Id="rId1643691abbf85b103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1643691abbf85b103.jpg"/><Relationship Id="rId6563691abbf85f1b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6563691abbf85f1b5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>