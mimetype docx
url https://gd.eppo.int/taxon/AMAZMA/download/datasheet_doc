--- v1 (2025-11-17)
+++ v2 (2025-12-07)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> (Malloch)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> burdock leaf miner, chrysanthemum leaf miner</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1452691abbf8577de" w:history="1">
+            <w:hyperlink r:id="rId57786935b443a955b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7733691abbf857847" w:history="1">
+            <w:hyperlink r:id="rId38686935b443a95c5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2165,63 +2165,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="22018223" name="name7237691abbf85b106" descr="AMAZMA_distribution_map.jpg"/>
+            <wp:docPr id="31186868" name="name63986935b443aaed0" descr="AMAZMA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AMAZMA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1643691abbf85b103" cstate="print"/>
+                    <a:blip r:embed="rId34536935b443aaecd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3975,51 +3975,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nemorimyza maculosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (chrysanthemum leaf miner). PlantwisePlus Knowledge Bank. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2948691abbf85bf60" w:history="1">
+      <w:hyperlink r:id="rId52356935b443abca7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/pwkb.species.4687</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4181,51 +4181,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e06036. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8592691abbf85c0b7" w:history="1">
+      <w:hyperlink r:id="rId77956935b443abe0d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6036</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6592,51 +6592,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nemorimyza maculosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5861691abbf85efa4" w:history="1">
+      <w:hyperlink r:id="rId26256935b443acd43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6847,81 +6847,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 29-37. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8159691abbf85f147" w:history="1">
+      <w:hyperlink r:id="rId25276935b443acef4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01978.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="4920291" name="name1948691abbf85f1b6" descr="eu_funding_250.png"/>
+            <wp:docPr id="85262943" name="name56516935b443ad1de" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6563691abbf85f1b5" cstate="print"/>
+                    <a:blip r:embed="rId38176935b443ad1dd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7019,137 +7019,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="59555378">
+  <w:abstractNum w:abstractNumId="60741785">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="40131257">
+    <w:lvl w:ilvl="0" w:tplc="16664968">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="40131257" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="16664968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="40131257" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="16664968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="40131257" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="16664968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="40131257" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="16664968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="40131257" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="16664968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="40131257" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="16664968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="40131257" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="16664968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="40131257" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="16664968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="59555377">
+  <w:abstractNum w:abstractNumId="60741784">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87774112">
+    <w:lvl w:ilvl="0" w:tplc="30612774">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7901,55 +7901,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="59555377">
-    <w:abstractNumId w:val="59555377"/>
+  <w:num w:numId="60741784">
+    <w:abstractNumId w:val="60741784"/>
   </w:num>
-  <w:num w:numId="59555378">
-    <w:abstractNumId w:val="59555378"/>
+  <w:num w:numId="60741785">
+    <w:abstractNumId w:val="60741785"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19499,51 +19499,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId821325062" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId294946859" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1452691abbf8577de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAZMA/" TargetMode="External"/><Relationship Id="rId7733691abbf857847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAZMA/categorization" TargetMode="External"/><Relationship Id="rId2948691abbf85bf60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/pwkb.species.4687" TargetMode="External"/><Relationship Id="rId8592691abbf85c0b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6036" TargetMode="External"/><Relationship Id="rId5861691abbf85efa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8159691abbf85f147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01978.x" TargetMode="External"/><Relationship Id="rId1643691abbf85b103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1643691abbf85b103.jpg"/><Relationship Id="rId6563691abbf85f1b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6563691abbf85f1b5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId171819048" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId452677260" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId57786935b443a955b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAZMA/" TargetMode="External"/><Relationship Id="rId38686935b443a95c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAZMA/categorization" TargetMode="External"/><Relationship Id="rId52356935b443abca7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/pwkb.species.4687" TargetMode="External"/><Relationship Id="rId77956935b443abe0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6036" TargetMode="External"/><Relationship Id="rId26256935b443acd43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId25276935b443acef4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01978.x" TargetMode="External"/><Relationship Id="rId34536935b443aaecd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId34536935b443aaecd.jpg"/><Relationship Id="rId38176935b443ad1dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId38176935b443ad1dd.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>