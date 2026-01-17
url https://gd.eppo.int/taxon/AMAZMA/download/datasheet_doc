--- v2 (2025-12-07)
+++ v3 (2026-01-17)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> (Malloch)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> burdock leaf miner, chrysanthemum leaf miner</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57786935b443a955b" w:history="1">
+            <w:hyperlink r:id="rId4858696c0397b501f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38686935b443a95c5" w:history="1">
+            <w:hyperlink r:id="rId3083696c0397b508a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2165,63 +2165,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="31186868" name="name63986935b443aaed0" descr="AMAZMA_distribution_map.jpg"/>
+            <wp:docPr id="67601140" name="name1572696c0397b6d14" descr="AMAZMA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AMAZMA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId34536935b443aaecd" cstate="print"/>
+                    <a:blip r:embed="rId9055696c0397b6d11" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3975,51 +3975,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nemorimyza maculosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (chrysanthemum leaf miner). PlantwisePlus Knowledge Bank. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52356935b443abca7" w:history="1">
+      <w:hyperlink r:id="rId6624696c0397b7c33" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/pwkb.species.4687</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4181,51 +4181,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e06036. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77956935b443abe0d" w:history="1">
+      <w:hyperlink r:id="rId9527696c0397b7d83" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6036</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6570,73 +6570,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nemorimyza maculosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26256935b443acd43" w:history="1">
+      <w:hyperlink r:id="rId3279696c0397b8c94" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6847,81 +6847,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 29-37. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25276935b443acef4" w:history="1">
+      <w:hyperlink r:id="rId9507696c0397b8e33" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01978.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="85262943" name="name56516935b443ad1de" descr="eu_funding_250.png"/>
+            <wp:docPr id="98668290" name="name9966696c0397b8e97" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId38176935b443ad1dd" cstate="print"/>
+                    <a:blip r:embed="rId8681696c0397b8e96" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7019,137 +7019,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="60741785">
+  <w:abstractNum w:abstractNumId="29067581">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16664968">
+    <w:lvl w:ilvl="0" w:tplc="38192868">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="16664968" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="38192868" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="16664968" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="38192868" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="16664968" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="38192868" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="16664968" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="38192868" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="16664968" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="38192868" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="16664968" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="38192868" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="16664968" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="38192868" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="16664968" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="38192868" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60741784">
+  <w:abstractNum w:abstractNumId="29067580">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30612774">
+    <w:lvl w:ilvl="0" w:tplc="13590935">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7901,55 +7901,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="60741784">
-    <w:abstractNumId w:val="60741784"/>
+  <w:num w:numId="29067580">
+    <w:abstractNumId w:val="29067580"/>
   </w:num>
-  <w:num w:numId="60741785">
-    <w:abstractNumId w:val="60741785"/>
+  <w:num w:numId="29067581">
+    <w:abstractNumId w:val="29067581"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19499,51 +19499,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId171819048" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId452677260" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId57786935b443a955b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAZMA/" TargetMode="External"/><Relationship Id="rId38686935b443a95c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAZMA/categorization" TargetMode="External"/><Relationship Id="rId52356935b443abca7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/pwkb.species.4687" TargetMode="External"/><Relationship Id="rId77956935b443abe0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6036" TargetMode="External"/><Relationship Id="rId26256935b443acd43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId25276935b443acef4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01978.x" TargetMode="External"/><Relationship Id="rId34536935b443aaecd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId34536935b443aaecd.jpg"/><Relationship Id="rId38176935b443ad1dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId38176935b443ad1dd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId470198963" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId269855751" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4858696c0397b501f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAZMA/" TargetMode="External"/><Relationship Id="rId3083696c0397b508a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAZMA/categorization" TargetMode="External"/><Relationship Id="rId6624696c0397b7c33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/pwkb.species.4687" TargetMode="External"/><Relationship Id="rId9527696c0397b7d83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6036" TargetMode="External"/><Relationship Id="rId3279696c0397b8c94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9507696c0397b8e33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01978.x" TargetMode="External"/><Relationship Id="rId9055696c0397b6d11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9055696c0397b6d11.jpg"/><Relationship Id="rId8681696c0397b8e96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8681696c0397b8e96.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>