--- v3 (2026-01-17)
+++ v4 (2026-02-08)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> (Malloch)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> burdock leaf miner, chrysanthemum leaf miner</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4858696c0397b501f" w:history="1">
+            <w:hyperlink r:id="rId232869889c710c91d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -416,53 +416,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3083696c0397b508a" w:history="1">
+            <w:hyperlink r:id="rId272069889c710c985" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2165,63 +2165,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="67601140" name="name1572696c0397b6d14" descr="AMAZMA_distribution_map.jpg"/>
+            <wp:docPr id="48362477" name="name912169889c710e0c0" descr="AMAZMA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AMAZMA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9055696c0397b6d11" cstate="print"/>
+                    <a:blip r:embed="rId315469889c710e0bc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3975,51 +3975,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nemorimyza maculosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (chrysanthemum leaf miner). PlantwisePlus Knowledge Bank. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6624696c0397b7c33" w:history="1">
+      <w:hyperlink r:id="rId535469889c710efcd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/pwkb.species.4687</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4181,51 +4181,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e06036. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9527696c0397b7d83" w:history="1">
+      <w:hyperlink r:id="rId407169889c710f123" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6036</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6592,51 +6592,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nemorimyza maculosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3279696c0397b8c94" w:history="1">
+      <w:hyperlink r:id="rId947669889c71101c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6847,81 +6847,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 29-37. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9507696c0397b8e33" w:history="1">
+      <w:hyperlink r:id="rId344869889c71103ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01978.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="98668290" name="name9966696c0397b8e97" descr="eu_funding_250.png"/>
+            <wp:docPr id="69481621" name="name778269889c711043d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8681696c0397b8e96" cstate="print"/>
+                    <a:blip r:embed="rId348069889c711043b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7019,137 +7019,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="29067581">
+  <w:abstractNum w:abstractNumId="95911977">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38192868">
+    <w:lvl w:ilvl="0" w:tplc="72246481">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="38192868" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="72246481" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="38192868" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="72246481" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="38192868" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="72246481" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="38192868" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="72246481" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="38192868" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="72246481" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="38192868" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="72246481" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="38192868" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="72246481" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="38192868" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="72246481" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29067580">
+  <w:abstractNum w:abstractNumId="95911976">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13590935">
+    <w:lvl w:ilvl="0" w:tplc="64897360">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7901,55 +7901,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="29067580">
-    <w:abstractNumId w:val="29067580"/>
+  <w:num w:numId="95911976">
+    <w:abstractNumId w:val="95911976"/>
   </w:num>
-  <w:num w:numId="29067581">
-    <w:abstractNumId w:val="29067581"/>
+  <w:num w:numId="95911977">
+    <w:abstractNumId w:val="95911977"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19499,51 +19499,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId470198963" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId269855751" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4858696c0397b501f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAZMA/" TargetMode="External"/><Relationship Id="rId3083696c0397b508a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAZMA/categorization" TargetMode="External"/><Relationship Id="rId6624696c0397b7c33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/pwkb.species.4687" TargetMode="External"/><Relationship Id="rId9527696c0397b7d83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6036" TargetMode="External"/><Relationship Id="rId3279696c0397b8c94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9507696c0397b8e33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01978.x" TargetMode="External"/><Relationship Id="rId9055696c0397b6d11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9055696c0397b6d11.jpg"/><Relationship Id="rId8681696c0397b8e96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8681696c0397b8e96.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId545114539" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId104625856" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId232869889c710c91d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAZMA/" TargetMode="External"/><Relationship Id="rId272069889c710c985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAZMA/categorization" TargetMode="External"/><Relationship Id="rId535469889c710efcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/pwkb.species.4687" TargetMode="External"/><Relationship Id="rId407169889c710f123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6036" TargetMode="External"/><Relationship Id="rId947669889c71101c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId344869889c71103ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01978.x" TargetMode="External"/><Relationship Id="rId315469889c710e0bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId315469889c710e0bc.jpg"/><Relationship Id="rId348069889c711043b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId348069889c711043b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>