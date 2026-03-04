--- v4 (2026-02-08)
+++ v5 (2026-03-04)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> (Malloch)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> burdock leaf miner, chrysanthemum leaf miner</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232869889c710c91d" w:history="1">
+            <w:hyperlink r:id="rId351169a7bcda8e0ab" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272069889c710c985" w:history="1">
+            <w:hyperlink r:id="rId149369a7bcda8e121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2165,63 +2165,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="48362477" name="name912169889c710e0c0" descr="AMAZMA_distribution_map.jpg"/>
+            <wp:docPr id="43068747" name="name634269a7bcda8f9e9" descr="AMAZMA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AMAZMA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId315469889c710e0bc" cstate="print"/>
+                    <a:blip r:embed="rId237869a7bcda8f9e6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3975,51 +3975,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nemorimyza maculosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (chrysanthemum leaf miner). PlantwisePlus Knowledge Bank. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId535469889c710efcd" w:history="1">
+      <w:hyperlink r:id="rId676869a7bcda90802" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/pwkb.species.4687</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4181,51 +4181,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e06036. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId407169889c710f123" w:history="1">
+      <w:hyperlink r:id="rId253269a7bcda9096f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6036</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6592,51 +6592,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nemorimyza maculosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId947669889c71101c6" w:history="1">
+      <w:hyperlink r:id="rId753869a7bcda918da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6847,81 +6847,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 29-37. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId344869889c71103ae" w:history="1">
+      <w:hyperlink r:id="rId503669a7bcda91a74" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01978.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="69481621" name="name778269889c711043d" descr="eu_funding_250.png"/>
+            <wp:docPr id="98919090" name="name128669a7bcda91d71" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId348069889c711043b" cstate="print"/>
+                    <a:blip r:embed="rId787869a7bcda91d70" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7019,137 +7019,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="95911977">
+  <w:abstractNum w:abstractNumId="55679417">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72246481">
+    <w:lvl w:ilvl="0" w:tplc="75333712">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="72246481" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="75333712" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="72246481" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="75333712" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="72246481" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="75333712" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="72246481" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="75333712" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="72246481" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="75333712" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="72246481" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="75333712" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="72246481" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="75333712" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="72246481" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="75333712" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="95911976">
+  <w:abstractNum w:abstractNumId="55679416">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64897360">
+    <w:lvl w:ilvl="0" w:tplc="98772651">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7901,55 +7901,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="95911976">
-    <w:abstractNumId w:val="95911976"/>
+  <w:num w:numId="55679416">
+    <w:abstractNumId w:val="55679416"/>
   </w:num>
-  <w:num w:numId="95911977">
-    <w:abstractNumId w:val="95911977"/>
+  <w:num w:numId="55679417">
+    <w:abstractNumId w:val="55679417"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19499,51 +19499,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId545114539" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId104625856" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId232869889c710c91d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAZMA/" TargetMode="External"/><Relationship Id="rId272069889c710c985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAZMA/categorization" TargetMode="External"/><Relationship Id="rId535469889c710efcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/pwkb.species.4687" TargetMode="External"/><Relationship Id="rId407169889c710f123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6036" TargetMode="External"/><Relationship Id="rId947669889c71101c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId344869889c71103ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01978.x" TargetMode="External"/><Relationship Id="rId315469889c710e0bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId315469889c710e0bc.jpg"/><Relationship Id="rId348069889c711043b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId348069889c711043b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId663524393" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId812465648" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId351169a7bcda8e0ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAZMA/" TargetMode="External"/><Relationship Id="rId149369a7bcda8e121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAZMA/categorization" TargetMode="External"/><Relationship Id="rId676869a7bcda90802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/pwkb.species.4687" TargetMode="External"/><Relationship Id="rId253269a7bcda9096f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6036" TargetMode="External"/><Relationship Id="rId753869a7bcda918da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId503669a7bcda91a74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01978.x" TargetMode="External"/><Relationship Id="rId237869a7bcda8f9e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId237869a7bcda8f9e6.jpg"/><Relationship Id="rId787869a7bcda91d70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId787869a7bcda91d70.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>