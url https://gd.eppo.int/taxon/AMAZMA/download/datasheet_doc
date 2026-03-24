--- v5 (2026-03-04)
+++ v6 (2026-03-24)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> (Malloch)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> burdock leaf miner, chrysanthemum leaf miner</w:t>
             </w:r>
-            <w:hyperlink r:id="rId351169a7bcda8e0ab" w:history="1">
+            <w:hyperlink r:id="rId773069c23bc514001" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149369a7bcda8e121" w:history="1">
+            <w:hyperlink r:id="rId477169c23bc51406a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1698,71 +1698,131 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mikania micrantha</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Mikania scandens</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Packera glabella</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pericallis x hybrida</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rudbeckia hirta</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Senecio vulgaris</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solidago sp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -2165,63 +2225,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="43068747" name="name634269a7bcda8f9e9" descr="AMAZMA_distribution_map.jpg"/>
+            <wp:docPr id="9176821" name="name641369c23bc515a68" descr="AMAZMA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AMAZMA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId237869a7bcda8f9e6" cstate="print"/>
+                    <a:blip r:embed="rId398869c23bc515a65" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2240,51 +2300,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Portugal (Madeira), Spain (Islas Canárias)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Canada (Ontario), Mexico, United States of America (California, Connecticut, Florida, Georgia, Hawaii, Indiana, Kentucky, Massachusetts, New York, North Carolina, Ohio, Oklahoma, Wisconsin)</w:t>
+        <w:t xml:space="preserve"> Canada (Ontario), Mexico, United States of America (Alabama, Arkansas, California, Connecticut, Delaware, Florida, Georgia, Hawaii, Illinois, Indiana, Iowa, Kansas, Kentucky, Louisiana, Maryland, Massachusetts, Minnesota, Missouri, Nebraska, New Hampshire, New Jersey, New York, North Carolina, Ohio, Oklahoma, Pennsylvania, Rhode Island, Tennessee, Texas, Vermont, Virginia, West Virginia, Wisconsin)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Central America and Caribbean:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Bahamas, Barbados, Bermuda, Cayman Islands, Costa Rica, Cuba, Dominican Republic, Guadeloupe, Jamaica, Martinique, Saint Kitts and Nevis, Trinidad and Tobago</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3975,51 +4035,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nemorimyza maculosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (chrysanthemum leaf miner). PlantwisePlus Knowledge Bank. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId676869a7bcda90802" w:history="1">
+      <w:hyperlink r:id="rId584069c23bc51688b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/pwkb.species.4687</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4181,51 +4241,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e06036. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId253269a7bcda9096f" w:history="1">
+      <w:hyperlink r:id="rId192769c23bc5169de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2020.6036</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6592,51 +6652,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nemorimyza maculosa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId753869a7bcda918da" w:history="1">
+      <w:hyperlink r:id="rId796869c23bc517909" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6847,81 +6907,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 29-37. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId503669a7bcda91a74" w:history="1">
+      <w:hyperlink r:id="rId405269c23bc517a9e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01978.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="98919090" name="name128669a7bcda91d71" descr="eu_funding_250.png"/>
+            <wp:docPr id="93158361" name="name120069c23bc517d2f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId787869a7bcda91d70" cstate="print"/>
+                    <a:blip r:embed="rId786469c23bc517d2e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7019,137 +7079,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="55679417">
+  <w:abstractNum w:abstractNumId="19050991">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75333712">
+    <w:lvl w:ilvl="0" w:tplc="93156785">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="75333712" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="93156785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="75333712" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="93156785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="75333712" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="93156785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="75333712" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="93156785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="75333712" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="93156785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="75333712" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="93156785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="75333712" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="93156785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="75333712" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="93156785" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="55679416">
+  <w:abstractNum w:abstractNumId="19050990">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98772651">
+    <w:lvl w:ilvl="0" w:tplc="29712804">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7901,55 +7961,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="55679416">
-    <w:abstractNumId w:val="55679416"/>
+  <w:num w:numId="19050990">
+    <w:abstractNumId w:val="19050990"/>
   </w:num>
-  <w:num w:numId="55679417">
-    <w:abstractNumId w:val="55679417"/>
+  <w:num w:numId="19050991">
+    <w:abstractNumId w:val="19050991"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19499,51 +19559,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId663524393" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId812465648" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId351169a7bcda8e0ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAZMA/" TargetMode="External"/><Relationship Id="rId149369a7bcda8e121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAZMA/categorization" TargetMode="External"/><Relationship Id="rId676869a7bcda90802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/pwkb.species.4687" TargetMode="External"/><Relationship Id="rId253269a7bcda9096f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6036" TargetMode="External"/><Relationship Id="rId753869a7bcda918da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId503669a7bcda91a74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01978.x" TargetMode="External"/><Relationship Id="rId237869a7bcda8f9e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId237869a7bcda8f9e6.jpg"/><Relationship Id="rId787869a7bcda91d70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId787869a7bcda91d70.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId934699076" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId456514559" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId773069c23bc514001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAZMA/" TargetMode="External"/><Relationship Id="rId477169c23bc51406a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAZMA/categorization" TargetMode="External"/><Relationship Id="rId584069c23bc51688b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/pwkb.species.4687" TargetMode="External"/><Relationship Id="rId192769c23bc5169de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2020.6036" TargetMode="External"/><Relationship Id="rId796869c23bc517909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId405269c23bc517a9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01978.x" TargetMode="External"/><Relationship Id="rId398869c23bc515a65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId398869c23bc515a65.jpg"/><Relationship Id="rId786469c23bc517d2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId786469c23bc517d2e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>