--- v0 (2025-10-06)
+++ v1 (2026-03-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="AMAVI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>CSVD00</t>
   </si>
   <si>
     <t>Pospiviroid impedichrysanthemi</t>
   </si>
   <si>
     <t>* Gobatto D, Araújo de Oliveira L, Andrade de Siqueira Franco D, Velásquez N, Daròs J-A, Eiras M (2019) Surveys in the chrysanthemum production areas of Brazil and Colombia reveal that weeds are potential reservoirs of Chrysanthemum stunt viroid. Viruses 11, 355. https://doi.org/10.3390/v11040355</t>
   </si>
   <si>
@@ -246,56 +246,50 @@
     <t>TCSV00</t>
   </si>
   <si>
     <t>Orthotospovirus tomatoflavi</t>
   </si>
   <si>
     <t>* Gorayeb ES, do Nascimento SC, dos Santos AN, Batalhon L, Albuquerque MR, de Oliveira VG, de Souza VB, Bogo A, da Silva FN (2024) Survey of viruses and vectors in tomato plants, alternative hosts and weeds in the state of Santa Catarina, Brazil. Plant Pathology 73(2), 444-454.</t>
   </si>
   <si>
     <t>PEPMV0</t>
   </si>
   <si>
     <t>Potexvirus pepini</t>
   </si>
   <si>
     <t>* Papayiannis LC, Kokkinos CD, Alfaro-Fernandez A (2011) Detection, characterization and host range studies of Pepino mosaic virus in Cyprus. European Journal of Plant Pathology 132, 1-7.</t>
   </si>
   <si>
     <t>PRODPR</t>
   </si>
   <si>
     <t>Spodoptera praefica (as Amaranthus)</t>
   </si>
   <si>
     <t>* British Columbia Ministry of Agriculture. Western yellowstriped armyworm (Spodoptera praefica). https://rdno.civicweb.net/document/127358/western-yellowstriped-armyworm.pdf?handle=3CD053B4F8D54F9CBB93F8D6D5572C27</t>
-  </si>
-[...4 lines deleted...]
-    <t>Torradovirus lycopersici (as Amaranthus)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -599,51 +593,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D24"/>
+  <dimension ref="A1:D23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="519.016" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -934,62 +928,50 @@
         <v>37</v>
       </c>
       <c r="B22" t="s">
         <v>68</v>
       </c>
       <c r="C22" t="s">
         <v>69</v>
       </c>
       <c r="D22" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>37</v>
       </c>
       <c r="B23" t="s">
         <v>71</v>
       </c>
       <c r="C23" t="s">
         <v>72</v>
       </c>
       <c r="D23" t="s">
         <v>73</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D24"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>