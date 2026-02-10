--- v0 (2025-10-01)
+++ v1 (2026-02-10)
@@ -404,51 +404,51 @@
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>