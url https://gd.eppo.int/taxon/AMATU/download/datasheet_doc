--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Sauer</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> rough-fruit amaranth, rough-fruited water-hemp, tall waterhemp (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310168e685c3deaa9" w:history="1">
+            <w:hyperlink r:id="rId36926901a52b2dc62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId904068e685c3deb3c" w:history="1">
+            <w:hyperlink r:id="rId81646901a52b2dcb2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AMATU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="80356218" name="name360468e685c3dec6a" descr="10404.jpg"/>
+                  <wp:docPr id="43943315" name="name59216901a52b2dd82" descr="10404.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10404.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId760068e685c3dec69" cstate="print"/>
+                          <a:blip r:embed="rId28526901a52b2dd81" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId104768e685c3ded3b" w:history="1">
+            <w:hyperlink r:id="rId39536901a52b2de7b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -671,63 +671,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="73341555" name="name973868e685c3e05ea" descr="AMATU_distribution_map.jpg"/>
+            <wp:docPr id="34105128" name="name28826901a52b2f4b9" descr="AMATU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AMATU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId504568e685c3e05e5" cstate="print"/>
+                    <a:blip r:embed="rId61726901a52b2f4b6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2123,51 +2123,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Belgium, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is usually found under grain conveyors, near grain mills, on unloading quays or along road verges. The weed is also observed growing from soybean waste (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId283268e685c3e152d" w:history="1">
+      <w:hyperlink r:id="rId20456901a52b30291" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://alienplantsbelgium.be/content/amaranthus‐tuberculatus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Canada, different </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3848,92 +3848,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the United States, Wisconsin law prohibits the sale of agricultural seed containing </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> seed (USDA, 2019a; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId622868e685c3e2105" w:history="1">
+      <w:hyperlink r:id="rId84146901a52b30fe0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ams.usda.gov/rules‐regulations/fsa</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Canada, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a Primary Noxious Weed Seed under the Weed Seeds Order of the Seeds Act (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId541668e685c3e2149" w:history="1">
+      <w:hyperlink r:id="rId45406901a52b31024" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.gazette.gc.ca/rp‐pr/p2/2016/2016‐05‐18/html/sor‐dors93‐eng.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Argentina, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -4715,53 +4715,53 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 170–176.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId777268e685c3e26b0" w:history="1"/>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId803868e685c3e26bf" w:history="1"/>
+      <w:hyperlink r:id="rId98546901a52b315a1" w:history="1"/>
+      <w:hyperlink r:id="rId29806901a52b315aa" w:history="1"/>
+      <w:hyperlink r:id="rId67516901a52b315b0" w:history="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Burnside OC, Wilson RG, Weisberg S &amp; Hubbard KG (1996) Seed longevity of 41 weed species buried 17 years in eastern and western Nebraska. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weed Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4812,51 +4812,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (rough‐fruited water‐hemp). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId542168e685c3e2768" w:history="1">
+      <w:hyperlink r:id="rId13716901a52b31648" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/112200</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 05 October 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -4878,51 +4878,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calflora (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId850468e685c3e27cd" w:history="1">
+      <w:hyperlink r:id="rId59426901a52b316e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.calflora.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 October 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -5029,51 +5029,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cossu TA, Lozano V, Stuppy W, Brundu G (2019) Seed contaminants: an overlooked pathway for the introduction of non‐native plants in Sardinia (Italy). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Biosystems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId520368e685c3e28b9" w:history="1">
+      <w:hyperlink r:id="rId42016901a52b322a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/11263504.2019.1701123</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -5236,51 +5236,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020a) EPPO Global Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId257768e685c3e2a05" w:history="1">
+      <w:hyperlink r:id="rId84366901a52b3241b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 July 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -5302,51 +5302,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020b) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId731968e685c3e2a66" w:history="1">
+      <w:hyperlink r:id="rId74806901a52b3247e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AMATU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -5793,51 +5793,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">HEAP I (2019) The International Survey of Herbicide Resistant Weeds. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId437868e685c3e2d62" w:history="1">
+      <w:hyperlink r:id="rId95856901a52b328ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weedscience.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 September 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -5924,51 +5924,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Horak MJ, Peterson DE, Chessman DJ &amp; Wax LM (2019) Pigweed identification ‐ A pictorial guide to the common pigweeds of the Great Plain. Kansas State University, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId667768e685c3e2e29" w:history="1">
+      <w:hyperlink r:id="rId98856901a52b32973" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.bookstore.ksre.ksu.edu/pubs/s80.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 09 December 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -6655,51 +6655,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oseland E, Bish M, Spinka C &amp; Bradley B (2020) Examination of commercially available bird feed for weed seed contaminants. Invasive Plant Science and Management. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId165968e685c3e3267" w:history="1">
+      <w:hyperlink r:id="rId90646901a52b32de7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/inp.2020.2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -7697,51 +7697,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA‐NRCS (2019) Plants Database – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Moq.) Sauer. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId213868e685c3e388f" w:history="1">
+      <w:hyperlink r:id="rId61646901a52b33409" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.usda.gov/core/profile?symbol=AMTR</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 27 September 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -7763,51 +7763,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verloove F (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In: Manual of the Alien Plants of Belgium. Botanic Garden Meise, Belgium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId258268e685c3e38f9" w:history="1">
+      <w:hyperlink r:id="rId35966901a52b3346d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://alienplantsbelgium.be/taxonomy/term/3035/descriptions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 September 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -8157,51 +8157,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId254668e685c3e3b79" w:history="1">
+      <w:hyperlink r:id="rId43146901a52b336f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8286,51 +8286,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 543-548. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId300868e685c3e3c5c" w:history="1">
+      <w:hyperlink r:id="rId35096901a52b337d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12716</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -8426,137 +8426,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="37833159">
+  <w:abstractNum w:abstractNumId="13195852">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26518949">
+    <w:lvl w:ilvl="0" w:tplc="94022591">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="26518949" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="94022591" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="26518949" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="94022591" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="26518949" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="94022591" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="26518949" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="94022591" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="26518949" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="94022591" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="26518949" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="94022591" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="26518949" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="94022591" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="26518949" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="94022591" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37833158">
+  <w:abstractNum w:abstractNumId="13195851">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50144395">
+    <w:lvl w:ilvl="0" w:tplc="89139977">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9308,55 +9308,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="37833158">
-    <w:abstractNumId w:val="37833158"/>
+  <w:num w:numId="13195851">
+    <w:abstractNumId w:val="13195851"/>
   </w:num>
-  <w:num w:numId="37833159">
-    <w:abstractNumId w:val="37833159"/>
+  <w:num w:numId="13195852">
+    <w:abstractNumId w:val="13195852"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20906,51 +20906,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId126554588" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId291819544" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId310168e685c3deaa9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/" TargetMode="External"/><Relationship Id="rId904068e685c3deb3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/categorization" TargetMode="External"/><Relationship Id="rId104768e685c3ded3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/photos" TargetMode="External"/><Relationship Id="rId283268e685c3e152d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/content/amaranthus-tuberculatus" TargetMode="External"/><Relationship Id="rId622868e685c3e2105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/rules-regulations/fsa" TargetMode="External"/><Relationship Id="rId541668e685c3e2149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId777268e685c3e26b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=16&amp;doi=10.1111%2Fepp.12716&amp;key=10.1614%2F0890-037X%282001%29015%5B0170%3AWSBDDA%5D2.0.CO%3B2" TargetMode="External"/><Relationship Id="rId938468e685c3e26b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=128&amp;doi=10.1111%2Fepp.12716&amp;key=000175240600027" TargetMode="External"/><Relationship Id="rId803868e685c3e26bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scholar.google.com/scholar_lookup?hl=en&amp;volume=15&amp;publication_year=2001&amp;pages=170-176&amp;journal=Weed+Technology&amp;author=DD+Buhler&amp;author=KA+Kohler&amp;author=RL+Thompson&amp;title=Weed+seed+bank+dynamics+during+a+five%E2%80%90year+crop+rotation" TargetMode="External"/><Relationship Id="rId542168e685c3e2768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/112200" TargetMode="External"/><Relationship Id="rId850468e685c3e27cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.calflora.org/" TargetMode="External"/><Relationship Id="rId520368e685c3e28b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId257768e685c3e2a05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId731968e685c3e2a66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU" TargetMode="External"/><Relationship Id="rId437868e685c3e2d62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/" TargetMode="External"/><Relationship Id="rId667768e685c3e2e29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bookstore.ksre.ksu.edu/pubs/s80.pdf" TargetMode="External"/><Relationship Id="rId165968e685c3e3267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/inp.2020.2" TargetMode="External"/><Relationship Id="rId213868e685c3e388f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/core/profile?symbol=AMTR" TargetMode="External"/><Relationship Id="rId258268e685c3e38f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/taxonomy/term/3035/descriptions" TargetMode="External"/><Relationship Id="rId254668e685c3e3b79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId300868e685c3e3c5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12716" TargetMode="External"/><Relationship Id="rId760068e685c3dec69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId760068e685c3dec69.jpg"/><Relationship Id="rId504568e685c3e05e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId504568e685c3e05e5.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId648146386" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId344218368" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId36926901a52b2dc62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/" TargetMode="External"/><Relationship Id="rId81646901a52b2dcb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/categorization" TargetMode="External"/><Relationship Id="rId39536901a52b2de7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/photos" TargetMode="External"/><Relationship Id="rId20456901a52b30291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/content/amaranthus-tuberculatus" TargetMode="External"/><Relationship Id="rId84146901a52b30fe0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/rules-regulations/fsa" TargetMode="External"/><Relationship Id="rId45406901a52b31024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId98546901a52b315a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=16&amp;doi=10.1111%2Fepp.12716&amp;key=10.1614%2F0890-037X%282001%29015%5B0170%3AWSBDDA%5D2.0.CO%3B2" TargetMode="External"/><Relationship Id="rId29806901a52b315aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=128&amp;doi=10.1111%2Fepp.12716&amp;key=000175240600027" TargetMode="External"/><Relationship Id="rId67516901a52b315b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scholar.google.com/scholar_lookup?hl=en&amp;volume=15&amp;publication_year=2001&amp;pages=170-176&amp;journal=Weed+Technology&amp;author=DD+Buhler&amp;author=KA+Kohler&amp;author=RL+Thompson&amp;title=Weed+seed+bank+dynamics+during+a+five%E2%80%90year+crop+rotation" TargetMode="External"/><Relationship Id="rId13716901a52b31648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/112200" TargetMode="External"/><Relationship Id="rId59426901a52b316e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.calflora.org/" TargetMode="External"/><Relationship Id="rId42016901a52b322a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId84366901a52b3241b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId74806901a52b3247e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU" TargetMode="External"/><Relationship Id="rId95856901a52b328ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/" TargetMode="External"/><Relationship Id="rId98856901a52b32973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bookstore.ksre.ksu.edu/pubs/s80.pdf" TargetMode="External"/><Relationship Id="rId90646901a52b32de7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/inp.2020.2" TargetMode="External"/><Relationship Id="rId61646901a52b33409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/core/profile?symbol=AMTR" TargetMode="External"/><Relationship Id="rId35966901a52b3346d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/taxonomy/term/3035/descriptions" TargetMode="External"/><Relationship Id="rId43146901a52b336f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId35096901a52b337d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12716" TargetMode="External"/><Relationship Id="rId28526901a52b2dd81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId28526901a52b2dd81.jpg"/><Relationship Id="rId61726901a52b2f4b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId61726901a52b2f4b6.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>