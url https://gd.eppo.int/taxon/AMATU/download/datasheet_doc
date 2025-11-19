--- v1 (2025-10-29)
+++ v2 (2025-11-19)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Sauer</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> rough-fruit amaranth, rough-fruited water-hemp, tall waterhemp (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36926901a52b2dc62" w:history="1">
+            <w:hyperlink r:id="rId4511691d098e9d7c9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81646901a52b2dcb2" w:history="1">
+            <w:hyperlink r:id="rId2461691d098e9d81a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AMATU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="43943315" name="name59216901a52b2dd82" descr="10404.jpg"/>
+                  <wp:docPr id="58261398" name="name9182691d098e9d8db" descr="10404.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10404.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId28526901a52b2dd81" cstate="print"/>
+                          <a:blip r:embed="rId4893691d098e9d8da" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId39536901a52b2de7b" w:history="1">
+            <w:hyperlink r:id="rId1113691d098e9d999" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -671,63 +671,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="34105128" name="name28826901a52b2f4b9" descr="AMATU_distribution_map.jpg"/>
+            <wp:docPr id="5537401" name="name3428691d098e9e8b0" descr="AMATU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AMATU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId61726901a52b2f4b6" cstate="print"/>
+                    <a:blip r:embed="rId4549691d098e9e8ad" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2123,51 +2123,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Belgium, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is usually found under grain conveyors, near grain mills, on unloading quays or along road verges. The weed is also observed growing from soybean waste (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId20456901a52b30291" w:history="1">
+      <w:hyperlink r:id="rId4568691d098e9f3d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://alienplantsbelgium.be/content/amaranthus‐tuberculatus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Canada, different </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3848,92 +3848,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the United States, Wisconsin law prohibits the sale of agricultural seed containing </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> seed (USDA, 2019a; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84146901a52b30fe0" w:history="1">
+      <w:hyperlink r:id="rId5642691d098e9fee9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ams.usda.gov/rules‐regulations/fsa</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Canada, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a Primary Noxious Weed Seed under the Weed Seeds Order of the Seeds Act (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId45406901a52b31024" w:history="1">
+      <w:hyperlink r:id="rId2001691d098e9ff2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.gazette.gc.ca/rp‐pr/p2/2016/2016‐05‐18/html/sor‐dors93‐eng.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Argentina, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -4715,53 +4715,53 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 170–176.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId98546901a52b315a1" w:history="1"/>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId67516901a52b315b0" w:history="1"/>
+      <w:hyperlink r:id="rId6030691d098ea04d1" w:history="1"/>
+      <w:hyperlink r:id="rId7519691d098ea04da" w:history="1"/>
+      <w:hyperlink r:id="rId7299691d098ea04e0" w:history="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Burnside OC, Wilson RG, Weisberg S &amp; Hubbard KG (1996) Seed longevity of 41 weed species buried 17 years in eastern and western Nebraska. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weed Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4812,51 +4812,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (rough‐fruited water‐hemp). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13716901a52b31648" w:history="1">
+      <w:hyperlink r:id="rId5065691d098ea0576" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/112200</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 05 October 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -4878,51 +4878,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calflora (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59426901a52b316e9" w:history="1">
+      <w:hyperlink r:id="rId9111691d098ea05d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.calflora.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 October 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -5029,51 +5029,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cossu TA, Lozano V, Stuppy W, Brundu G (2019) Seed contaminants: an overlooked pathway for the introduction of non‐native plants in Sardinia (Italy). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Biosystems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42016901a52b322a2" w:history="1">
+      <w:hyperlink r:id="rId9883691d098ea06b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/11263504.2019.1701123</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -5236,51 +5236,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020a) EPPO Global Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84366901a52b3241b" w:history="1">
+      <w:hyperlink r:id="rId7624691d098ea07ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 July 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -5302,51 +5302,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020b) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74806901a52b3247e" w:history="1">
+      <w:hyperlink r:id="rId3878691d098ea085c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AMATU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -5793,51 +5793,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">HEAP I (2019) The International Survey of Herbicide Resistant Weeds. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95856901a52b328ab" w:history="1">
+      <w:hyperlink r:id="rId2384691d098ea0b3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weedscience.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 September 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -5924,51 +5924,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Horak MJ, Peterson DE, Chessman DJ &amp; Wax LM (2019) Pigweed identification ‐ A pictorial guide to the common pigweeds of the Great Plain. Kansas State University, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98856901a52b32973" w:history="1">
+      <w:hyperlink r:id="rId7036691d098ea0bfc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.bookstore.ksre.ksu.edu/pubs/s80.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 09 December 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -6655,51 +6655,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oseland E, Bish M, Spinka C &amp; Bradley B (2020) Examination of commercially available bird feed for weed seed contaminants. Invasive Plant Science and Management. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90646901a52b32de7" w:history="1">
+      <w:hyperlink r:id="rId9520691d098ea104d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/inp.2020.2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -7697,51 +7697,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA‐NRCS (2019) Plants Database – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Moq.) Sauer. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61646901a52b33409" w:history="1">
+      <w:hyperlink r:id="rId2530691d098ea16bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.usda.gov/core/profile?symbol=AMTR</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 27 September 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -7763,51 +7763,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verloove F (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In: Manual of the Alien Plants of Belgium. Botanic Garden Meise, Belgium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35966901a52b3346d" w:history="1">
+      <w:hyperlink r:id="rId7920691d098ea171d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://alienplantsbelgium.be/taxonomy/term/3035/descriptions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 September 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -8157,51 +8157,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43146901a52b336f2" w:history="1">
+      <w:hyperlink r:id="rId6158691d098ea19ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8286,51 +8286,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 543-548. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35096901a52b337d8" w:history="1">
+      <w:hyperlink r:id="rId1176691d098ea1a9d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12716</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -8426,137 +8426,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="13195852">
+  <w:abstractNum w:abstractNumId="89160275">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94022591">
+    <w:lvl w:ilvl="0" w:tplc="71955157">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="94022591" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="71955157" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="94022591" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="71955157" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="94022591" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="71955157" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="94022591" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="71955157" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="94022591" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="71955157" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="94022591" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="71955157" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="94022591" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="71955157" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="94022591" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="71955157" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13195851">
+  <w:abstractNum w:abstractNumId="89160274">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89139977">
+    <w:lvl w:ilvl="0" w:tplc="54623546">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9308,55 +9308,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="13195851">
-    <w:abstractNumId w:val="13195851"/>
+  <w:num w:numId="89160274">
+    <w:abstractNumId w:val="89160274"/>
   </w:num>
-  <w:num w:numId="13195852">
-    <w:abstractNumId w:val="13195852"/>
+  <w:num w:numId="89160275">
+    <w:abstractNumId w:val="89160275"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20906,51 +20906,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId648146386" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId344218368" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId36926901a52b2dc62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/" TargetMode="External"/><Relationship Id="rId81646901a52b2dcb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/categorization" TargetMode="External"/><Relationship Id="rId39536901a52b2de7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/photos" TargetMode="External"/><Relationship Id="rId20456901a52b30291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/content/amaranthus-tuberculatus" TargetMode="External"/><Relationship Id="rId84146901a52b30fe0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/rules-regulations/fsa" TargetMode="External"/><Relationship Id="rId45406901a52b31024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId98546901a52b315a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=16&amp;doi=10.1111%2Fepp.12716&amp;key=10.1614%2F0890-037X%282001%29015%5B0170%3AWSBDDA%5D2.0.CO%3B2" TargetMode="External"/><Relationship Id="rId29806901a52b315aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=128&amp;doi=10.1111%2Fepp.12716&amp;key=000175240600027" TargetMode="External"/><Relationship Id="rId67516901a52b315b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scholar.google.com/scholar_lookup?hl=en&amp;volume=15&amp;publication_year=2001&amp;pages=170-176&amp;journal=Weed+Technology&amp;author=DD+Buhler&amp;author=KA+Kohler&amp;author=RL+Thompson&amp;title=Weed+seed+bank+dynamics+during+a+five%E2%80%90year+crop+rotation" TargetMode="External"/><Relationship Id="rId13716901a52b31648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/112200" TargetMode="External"/><Relationship Id="rId59426901a52b316e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.calflora.org/" TargetMode="External"/><Relationship Id="rId42016901a52b322a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId84366901a52b3241b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId74806901a52b3247e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU" TargetMode="External"/><Relationship Id="rId95856901a52b328ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/" TargetMode="External"/><Relationship Id="rId98856901a52b32973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bookstore.ksre.ksu.edu/pubs/s80.pdf" TargetMode="External"/><Relationship Id="rId90646901a52b32de7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/inp.2020.2" TargetMode="External"/><Relationship Id="rId61646901a52b33409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/core/profile?symbol=AMTR" TargetMode="External"/><Relationship Id="rId35966901a52b3346d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/taxonomy/term/3035/descriptions" TargetMode="External"/><Relationship Id="rId43146901a52b336f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId35096901a52b337d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12716" TargetMode="External"/><Relationship Id="rId28526901a52b2dd81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId28526901a52b2dd81.jpg"/><Relationship Id="rId61726901a52b2f4b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId61726901a52b2f4b6.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId386237082" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId123775213" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4511691d098e9d7c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/" TargetMode="External"/><Relationship Id="rId2461691d098e9d81a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/categorization" TargetMode="External"/><Relationship Id="rId1113691d098e9d999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/photos" TargetMode="External"/><Relationship Id="rId4568691d098e9f3d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/content/amaranthus-tuberculatus" TargetMode="External"/><Relationship Id="rId5642691d098e9fee9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/rules-regulations/fsa" TargetMode="External"/><Relationship Id="rId2001691d098e9ff2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId6030691d098ea04d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=16&amp;doi=10.1111%2Fepp.12716&amp;key=10.1614%2F0890-037X%282001%29015%5B0170%3AWSBDDA%5D2.0.CO%3B2" TargetMode="External"/><Relationship Id="rId7519691d098ea04da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=128&amp;doi=10.1111%2Fepp.12716&amp;key=000175240600027" TargetMode="External"/><Relationship Id="rId7299691d098ea04e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scholar.google.com/scholar_lookup?hl=en&amp;volume=15&amp;publication_year=2001&amp;pages=170-176&amp;journal=Weed+Technology&amp;author=DD+Buhler&amp;author=KA+Kohler&amp;author=RL+Thompson&amp;title=Weed+seed+bank+dynamics+during+a+five%E2%80%90year+crop+rotation" TargetMode="External"/><Relationship Id="rId5065691d098ea0576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/112200" TargetMode="External"/><Relationship Id="rId9111691d098ea05d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.calflora.org/" TargetMode="External"/><Relationship Id="rId9883691d098ea06b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId7624691d098ea07ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId3878691d098ea085c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU" TargetMode="External"/><Relationship Id="rId2384691d098ea0b3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/" TargetMode="External"/><Relationship Id="rId7036691d098ea0bfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bookstore.ksre.ksu.edu/pubs/s80.pdf" TargetMode="External"/><Relationship Id="rId9520691d098ea104d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/inp.2020.2" TargetMode="External"/><Relationship Id="rId2530691d098ea16bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/core/profile?symbol=AMTR" TargetMode="External"/><Relationship Id="rId7920691d098ea171d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/taxonomy/term/3035/descriptions" TargetMode="External"/><Relationship Id="rId6158691d098ea19ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1176691d098ea1a9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12716" TargetMode="External"/><Relationship Id="rId4893691d098e9d8da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4893691d098e9d8da.jpg"/><Relationship Id="rId4549691d098e9e8ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4549691d098e9e8ad.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>