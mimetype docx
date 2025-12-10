--- v2 (2025-11-19)
+++ v3 (2025-12-10)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Sauer</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> rough-fruit amaranth, rough-fruited water-hemp, tall waterhemp (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4511691d098e9d7c9" w:history="1">
+            <w:hyperlink r:id="rId4291693a02e1c8940" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2461691d098e9d81a" w:history="1">
+            <w:hyperlink r:id="rId3235693a02e1c8985" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AMATU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="58261398" name="name9182691d098e9d8db" descr="10404.jpg"/>
+                  <wp:docPr id="32980221" name="name1531693a02e1c8a7f" descr="10404.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10404.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4893691d098e9d8da" cstate="print"/>
+                          <a:blip r:embed="rId3245693a02e1c8a7e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1113691d098e9d999" w:history="1">
+            <w:hyperlink r:id="rId4908693a02e1c8bc0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -671,63 +671,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="5537401" name="name3428691d098e9e8b0" descr="AMATU_distribution_map.jpg"/>
+            <wp:docPr id="26594666" name="name4028693a02e1ca23a" descr="AMATU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AMATU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4549691d098e9e8ad" cstate="print"/>
+                    <a:blip r:embed="rId7708693a02e1ca235" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2123,51 +2123,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Belgium, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is usually found under grain conveyors, near grain mills, on unloading quays or along road verges. The weed is also observed growing from soybean waste (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId4568691d098e9f3d7" w:history="1">
+      <w:hyperlink r:id="rId7094693a02e1cadb8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://alienplantsbelgium.be/content/amaranthus‐tuberculatus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Canada, different </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3848,92 +3848,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the United States, Wisconsin law prohibits the sale of agricultural seed containing </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> seed (USDA, 2019a; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5642691d098e9fee9" w:history="1">
+      <w:hyperlink r:id="rId1960693a02e1cb90a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ams.usda.gov/rules‐regulations/fsa</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Canada, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a Primary Noxious Weed Seed under the Weed Seeds Order of the Seeds Act (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId2001691d098e9ff2a" w:history="1">
+      <w:hyperlink r:id="rId9145693a02e1cb94e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.gazette.gc.ca/rp‐pr/p2/2016/2016‐05‐18/html/sor‐dors93‐eng.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Argentina, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -4715,53 +4715,53 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 170–176.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId6030691d098ea04d1" w:history="1"/>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId7299691d098ea04e0" w:history="1"/>
+      <w:hyperlink r:id="rId8094693a02e1cbea5" w:history="1"/>
+      <w:hyperlink r:id="rId9077693a02e1cbead" w:history="1"/>
+      <w:hyperlink r:id="rId2001693a02e1cbeb4" w:history="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Burnside OC, Wilson RG, Weisberg S &amp; Hubbard KG (1996) Seed longevity of 41 weed species buried 17 years in eastern and western Nebraska. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weed Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4812,51 +4812,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (rough‐fruited water‐hemp). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5065691d098ea0576" w:history="1">
+      <w:hyperlink r:id="rId5736693a02e1cbf4e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/112200</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 05 October 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -4878,51 +4878,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calflora (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9111691d098ea05d6" w:history="1">
+      <w:hyperlink r:id="rId7513693a02e1cbfb0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.calflora.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 October 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -5029,51 +5029,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cossu TA, Lozano V, Stuppy W, Brundu G (2019) Seed contaminants: an overlooked pathway for the introduction of non‐native plants in Sardinia (Italy). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Biosystems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9883691d098ea06b7" w:history="1">
+      <w:hyperlink r:id="rId1977693a02e1cc096" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/11263504.2019.1701123</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -5236,51 +5236,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020a) EPPO Global Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7624691d098ea07ec" w:history="1">
+      <w:hyperlink r:id="rId2601693a02e1cc1e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 July 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -5302,51 +5302,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020b) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3878691d098ea085c" w:history="1">
+      <w:hyperlink r:id="rId7519693a02e1cc24b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AMATU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -5793,51 +5793,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">HEAP I (2019) The International Survey of Herbicide Resistant Weeds. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2384691d098ea0b3c" w:history="1">
+      <w:hyperlink r:id="rId1591693a02e1cc526" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weedscience.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 September 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -5924,51 +5924,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Horak MJ, Peterson DE, Chessman DJ &amp; Wax LM (2019) Pigweed identification ‐ A pictorial guide to the common pigweeds of the Great Plain. Kansas State University, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7036691d098ea0bfc" w:history="1">
+      <w:hyperlink r:id="rId1210693a02e1cc5e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.bookstore.ksre.ksu.edu/pubs/s80.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 09 December 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -6655,51 +6655,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oseland E, Bish M, Spinka C &amp; Bradley B (2020) Examination of commercially available bird feed for weed seed contaminants. Invasive Plant Science and Management. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9520691d098ea104d" w:history="1">
+      <w:hyperlink r:id="rId6307693a02e1cca3d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/inp.2020.2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -7697,51 +7697,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA‐NRCS (2019) Plants Database – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Moq.) Sauer. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2530691d098ea16bb" w:history="1">
+      <w:hyperlink r:id="rId2821693a02e1cd039" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.usda.gov/core/profile?symbol=AMTR</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 27 September 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -7763,51 +7763,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verloove F (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In: Manual of the Alien Plants of Belgium. Botanic Garden Meise, Belgium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7920691d098ea171d" w:history="1">
+      <w:hyperlink r:id="rId9340693a02e1cd09a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://alienplantsbelgium.be/taxonomy/term/3035/descriptions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 September 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -8157,51 +8157,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6158691d098ea19ae" w:history="1">
+      <w:hyperlink r:id="rId8076693a02e1cd326" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8286,51 +8286,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 543-548. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1176691d098ea1a9d" w:history="1">
+      <w:hyperlink r:id="rId7802693a02e1cd3fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12716</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -8426,137 +8426,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="89160275">
+  <w:abstractNum w:abstractNumId="62905640">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71955157">
+    <w:lvl w:ilvl="0" w:tplc="19289257">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="71955157" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="19289257" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="71955157" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="19289257" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="71955157" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="19289257" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="71955157" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="19289257" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="71955157" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="19289257" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="71955157" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="19289257" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="71955157" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="19289257" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="71955157" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="19289257" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="89160274">
+  <w:abstractNum w:abstractNumId="62905639">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54623546">
+    <w:lvl w:ilvl="0" w:tplc="52592428">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9308,55 +9308,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="89160274">
-    <w:abstractNumId w:val="89160274"/>
+  <w:num w:numId="62905639">
+    <w:abstractNumId w:val="62905639"/>
   </w:num>
-  <w:num w:numId="89160275">
-    <w:abstractNumId w:val="89160275"/>
+  <w:num w:numId="62905640">
+    <w:abstractNumId w:val="62905640"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20906,51 +20906,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId386237082" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId123775213" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4511691d098e9d7c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/" TargetMode="External"/><Relationship Id="rId2461691d098e9d81a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/categorization" TargetMode="External"/><Relationship Id="rId1113691d098e9d999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/photos" TargetMode="External"/><Relationship Id="rId4568691d098e9f3d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/content/amaranthus-tuberculatus" TargetMode="External"/><Relationship Id="rId5642691d098e9fee9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/rules-regulations/fsa" TargetMode="External"/><Relationship Id="rId2001691d098e9ff2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId6030691d098ea04d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=16&amp;doi=10.1111%2Fepp.12716&amp;key=10.1614%2F0890-037X%282001%29015%5B0170%3AWSBDDA%5D2.0.CO%3B2" TargetMode="External"/><Relationship Id="rId7519691d098ea04da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=128&amp;doi=10.1111%2Fepp.12716&amp;key=000175240600027" TargetMode="External"/><Relationship Id="rId7299691d098ea04e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scholar.google.com/scholar_lookup?hl=en&amp;volume=15&amp;publication_year=2001&amp;pages=170-176&amp;journal=Weed+Technology&amp;author=DD+Buhler&amp;author=KA+Kohler&amp;author=RL+Thompson&amp;title=Weed+seed+bank+dynamics+during+a+five%E2%80%90year+crop+rotation" TargetMode="External"/><Relationship Id="rId5065691d098ea0576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/112200" TargetMode="External"/><Relationship Id="rId9111691d098ea05d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.calflora.org/" TargetMode="External"/><Relationship Id="rId9883691d098ea06b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId7624691d098ea07ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId3878691d098ea085c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU" TargetMode="External"/><Relationship Id="rId2384691d098ea0b3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/" TargetMode="External"/><Relationship Id="rId7036691d098ea0bfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bookstore.ksre.ksu.edu/pubs/s80.pdf" TargetMode="External"/><Relationship Id="rId9520691d098ea104d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/inp.2020.2" TargetMode="External"/><Relationship Id="rId2530691d098ea16bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/core/profile?symbol=AMTR" TargetMode="External"/><Relationship Id="rId7920691d098ea171d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/taxonomy/term/3035/descriptions" TargetMode="External"/><Relationship Id="rId6158691d098ea19ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1176691d098ea1a9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12716" TargetMode="External"/><Relationship Id="rId4893691d098e9d8da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4893691d098e9d8da.jpg"/><Relationship Id="rId4549691d098e9e8ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4549691d098e9e8ad.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId809811035" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId566314601" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4291693a02e1c8940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/" TargetMode="External"/><Relationship Id="rId3235693a02e1c8985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/categorization" TargetMode="External"/><Relationship Id="rId4908693a02e1c8bc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/photos" TargetMode="External"/><Relationship Id="rId7094693a02e1cadb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/content/amaranthus-tuberculatus" TargetMode="External"/><Relationship Id="rId1960693a02e1cb90a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/rules-regulations/fsa" TargetMode="External"/><Relationship Id="rId9145693a02e1cb94e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId8094693a02e1cbea5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=16&amp;doi=10.1111%2Fepp.12716&amp;key=10.1614%2F0890-037X%282001%29015%5B0170%3AWSBDDA%5D2.0.CO%3B2" TargetMode="External"/><Relationship Id="rId9077693a02e1cbead" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=128&amp;doi=10.1111%2Fepp.12716&amp;key=000175240600027" TargetMode="External"/><Relationship Id="rId2001693a02e1cbeb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scholar.google.com/scholar_lookup?hl=en&amp;volume=15&amp;publication_year=2001&amp;pages=170-176&amp;journal=Weed+Technology&amp;author=DD+Buhler&amp;author=KA+Kohler&amp;author=RL+Thompson&amp;title=Weed+seed+bank+dynamics+during+a+five%E2%80%90year+crop+rotation" TargetMode="External"/><Relationship Id="rId5736693a02e1cbf4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/112200" TargetMode="External"/><Relationship Id="rId7513693a02e1cbfb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.calflora.org/" TargetMode="External"/><Relationship Id="rId1977693a02e1cc096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId2601693a02e1cc1e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId7519693a02e1cc24b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU" TargetMode="External"/><Relationship Id="rId1591693a02e1cc526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/" TargetMode="External"/><Relationship Id="rId1210693a02e1cc5e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bookstore.ksre.ksu.edu/pubs/s80.pdf" TargetMode="External"/><Relationship Id="rId6307693a02e1cca3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/inp.2020.2" TargetMode="External"/><Relationship Id="rId2821693a02e1cd039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/core/profile?symbol=AMTR" TargetMode="External"/><Relationship Id="rId9340693a02e1cd09a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/taxonomy/term/3035/descriptions" TargetMode="External"/><Relationship Id="rId8076693a02e1cd326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7802693a02e1cd3fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12716" TargetMode="External"/><Relationship Id="rId3245693a02e1c8a7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3245693a02e1c8a7e.jpg"/><Relationship Id="rId7708693a02e1ca235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7708693a02e1ca235.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>