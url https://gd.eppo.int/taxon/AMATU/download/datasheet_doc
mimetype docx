--- v3 (2025-12-10)
+++ v4 (2025-12-31)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Sauer</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> rough-fruit amaranth, rough-fruited water-hemp, tall waterhemp (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4291693a02e1c8940" w:history="1">
+            <w:hyperlink r:id="rId14006955591fd9124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3235693a02e1c8985" w:history="1">
+            <w:hyperlink r:id="rId71406955591fd9168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AMATU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="32980221" name="name1531693a02e1c8a7f" descr="10404.jpg"/>
+                  <wp:docPr id="64111752" name="name47516955591fd9b9f" descr="10404.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10404.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3245693a02e1c8a7e" cstate="print"/>
+                          <a:blip r:embed="rId50236955591fd9b9d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4908693a02e1c8bc0" w:history="1">
+            <w:hyperlink r:id="rId11546955591fd9cf3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -671,63 +671,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="26594666" name="name4028693a02e1ca23a" descr="AMATU_distribution_map.jpg"/>
+            <wp:docPr id="43253185" name="name73146955591fdae70" descr="AMATU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AMATU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7708693a02e1ca235" cstate="print"/>
+                    <a:blip r:embed="rId92226955591fdae6d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2123,51 +2123,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Belgium, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is usually found under grain conveyors, near grain mills, on unloading quays or along road verges. The weed is also observed growing from soybean waste (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId7094693a02e1cadb8" w:history="1">
+      <w:hyperlink r:id="rId36666955591fdbb7e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://alienplantsbelgium.be/content/amaranthus‐tuberculatus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Canada, different </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3848,92 +3848,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the United States, Wisconsin law prohibits the sale of agricultural seed containing </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> seed (USDA, 2019a; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1960693a02e1cb90a" w:history="1">
+      <w:hyperlink r:id="rId35876955591fdc764" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ams.usda.gov/rules‐regulations/fsa</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Canada, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a Primary Noxious Weed Seed under the Weed Seeds Order of the Seeds Act (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId9145693a02e1cb94e" w:history="1">
+      <w:hyperlink r:id="rId51556955591fdc7a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.gazette.gc.ca/rp‐pr/p2/2016/2016‐05‐18/html/sor‐dors93‐eng.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Argentina, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -4715,53 +4715,53 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 170–176.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId8094693a02e1cbea5" w:history="1"/>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId2001693a02e1cbeb4" w:history="1"/>
+      <w:hyperlink r:id="rId46126955591fdce99" w:history="1"/>
+      <w:hyperlink r:id="rId78906955591fdcea2" w:history="1"/>
+      <w:hyperlink r:id="rId37286955591fdcea8" w:history="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Burnside OC, Wilson RG, Weisberg S &amp; Hubbard KG (1996) Seed longevity of 41 weed species buried 17 years in eastern and western Nebraska. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weed Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4812,51 +4812,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (rough‐fruited water‐hemp). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5736693a02e1cbf4e" w:history="1">
+      <w:hyperlink r:id="rId51156955591fdcf44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/112200</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 05 October 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -4878,51 +4878,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calflora (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7513693a02e1cbfb0" w:history="1">
+      <w:hyperlink r:id="rId72236955591fdcfda" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.calflora.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 October 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -5029,51 +5029,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cossu TA, Lozano V, Stuppy W, Brundu G (2019) Seed contaminants: an overlooked pathway for the introduction of non‐native plants in Sardinia (Italy). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Biosystems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1977693a02e1cc096" w:history="1">
+      <w:hyperlink r:id="rId51726955591fdd10e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/11263504.2019.1701123</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -5236,51 +5236,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020a) EPPO Global Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2601693a02e1cc1e4" w:history="1">
+      <w:hyperlink r:id="rId22286955591fdd276" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 July 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -5302,51 +5302,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020b) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7519693a02e1cc24b" w:history="1">
+      <w:hyperlink r:id="rId72336955591fdd2d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AMATU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -5793,51 +5793,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">HEAP I (2019) The International Survey of Herbicide Resistant Weeds. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1591693a02e1cc526" w:history="1">
+      <w:hyperlink r:id="rId16956955591fdd6e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weedscience.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 September 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -5924,51 +5924,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Horak MJ, Peterson DE, Chessman DJ &amp; Wax LM (2019) Pigweed identification ‐ A pictorial guide to the common pigweeds of the Great Plain. Kansas State University, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1210693a02e1cc5e6" w:history="1">
+      <w:hyperlink r:id="rId14106955591fdd7b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.bookstore.ksre.ksu.edu/pubs/s80.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 09 December 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -6655,51 +6655,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oseland E, Bish M, Spinka C &amp; Bradley B (2020) Examination of commercially available bird feed for weed seed contaminants. Invasive Plant Science and Management. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6307693a02e1cca3d" w:history="1">
+      <w:hyperlink r:id="rId48416955591fddc25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/inp.2020.2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -7697,51 +7697,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA‐NRCS (2019) Plants Database – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Moq.) Sauer. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2821693a02e1cd039" w:history="1">
+      <w:hyperlink r:id="rId71576955591fde23c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.usda.gov/core/profile?symbol=AMTR</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 27 September 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -7763,51 +7763,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verloove F (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In: Manual of the Alien Plants of Belgium. Botanic Garden Meise, Belgium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9340693a02e1cd09a" w:history="1">
+      <w:hyperlink r:id="rId99106955591fde29e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://alienplantsbelgium.be/taxonomy/term/3035/descriptions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 September 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -8157,51 +8157,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8076693a02e1cd326" w:history="1">
+      <w:hyperlink r:id="rId10886955591fde51d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8286,51 +8286,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 543-548. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7802693a02e1cd3fa" w:history="1">
+      <w:hyperlink r:id="rId80336955591fde5f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12716</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -8426,137 +8426,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="62905640">
+  <w:abstractNum w:abstractNumId="69614137">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19289257">
+    <w:lvl w:ilvl="0" w:tplc="42635635">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="19289257" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="42635635" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="19289257" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="42635635" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="19289257" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="42635635" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="19289257" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="42635635" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="19289257" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="42635635" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="19289257" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="42635635" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="19289257" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="42635635" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="19289257" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="42635635" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62905639">
+  <w:abstractNum w:abstractNumId="69614136">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52592428">
+    <w:lvl w:ilvl="0" w:tplc="61207643">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9308,55 +9308,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="62905639">
-    <w:abstractNumId w:val="62905639"/>
+  <w:num w:numId="69614136">
+    <w:abstractNumId w:val="69614136"/>
   </w:num>
-  <w:num w:numId="62905640">
-    <w:abstractNumId w:val="62905640"/>
+  <w:num w:numId="69614137">
+    <w:abstractNumId w:val="69614137"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20906,51 +20906,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId809811035" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId566314601" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4291693a02e1c8940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/" TargetMode="External"/><Relationship Id="rId3235693a02e1c8985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/categorization" TargetMode="External"/><Relationship Id="rId4908693a02e1c8bc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/photos" TargetMode="External"/><Relationship Id="rId7094693a02e1cadb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/content/amaranthus-tuberculatus" TargetMode="External"/><Relationship Id="rId1960693a02e1cb90a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/rules-regulations/fsa" TargetMode="External"/><Relationship Id="rId9145693a02e1cb94e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId8094693a02e1cbea5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=16&amp;doi=10.1111%2Fepp.12716&amp;key=10.1614%2F0890-037X%282001%29015%5B0170%3AWSBDDA%5D2.0.CO%3B2" TargetMode="External"/><Relationship Id="rId9077693a02e1cbead" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=128&amp;doi=10.1111%2Fepp.12716&amp;key=000175240600027" TargetMode="External"/><Relationship Id="rId2001693a02e1cbeb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scholar.google.com/scholar_lookup?hl=en&amp;volume=15&amp;publication_year=2001&amp;pages=170-176&amp;journal=Weed+Technology&amp;author=DD+Buhler&amp;author=KA+Kohler&amp;author=RL+Thompson&amp;title=Weed+seed+bank+dynamics+during+a+five%E2%80%90year+crop+rotation" TargetMode="External"/><Relationship Id="rId5736693a02e1cbf4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/112200" TargetMode="External"/><Relationship Id="rId7513693a02e1cbfb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.calflora.org/" TargetMode="External"/><Relationship Id="rId1977693a02e1cc096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId2601693a02e1cc1e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId7519693a02e1cc24b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU" TargetMode="External"/><Relationship Id="rId1591693a02e1cc526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/" TargetMode="External"/><Relationship Id="rId1210693a02e1cc5e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bookstore.ksre.ksu.edu/pubs/s80.pdf" TargetMode="External"/><Relationship Id="rId6307693a02e1cca3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/inp.2020.2" TargetMode="External"/><Relationship Id="rId2821693a02e1cd039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/core/profile?symbol=AMTR" TargetMode="External"/><Relationship Id="rId9340693a02e1cd09a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/taxonomy/term/3035/descriptions" TargetMode="External"/><Relationship Id="rId8076693a02e1cd326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7802693a02e1cd3fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12716" TargetMode="External"/><Relationship Id="rId3245693a02e1c8a7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3245693a02e1c8a7e.jpg"/><Relationship Id="rId7708693a02e1ca235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7708693a02e1ca235.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId334731765" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId349514719" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId14006955591fd9124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/" TargetMode="External"/><Relationship Id="rId71406955591fd9168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/categorization" TargetMode="External"/><Relationship Id="rId11546955591fd9cf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/photos" TargetMode="External"/><Relationship Id="rId36666955591fdbb7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/content/amaranthus-tuberculatus" TargetMode="External"/><Relationship Id="rId35876955591fdc764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/rules-regulations/fsa" TargetMode="External"/><Relationship Id="rId51556955591fdc7a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId46126955591fdce99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=16&amp;doi=10.1111%2Fepp.12716&amp;key=10.1614%2F0890-037X%282001%29015%5B0170%3AWSBDDA%5D2.0.CO%3B2" TargetMode="External"/><Relationship Id="rId78906955591fdcea2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=128&amp;doi=10.1111%2Fepp.12716&amp;key=000175240600027" TargetMode="External"/><Relationship Id="rId37286955591fdcea8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scholar.google.com/scholar_lookup?hl=en&amp;volume=15&amp;publication_year=2001&amp;pages=170-176&amp;journal=Weed+Technology&amp;author=DD+Buhler&amp;author=KA+Kohler&amp;author=RL+Thompson&amp;title=Weed+seed+bank+dynamics+during+a+five%E2%80%90year+crop+rotation" TargetMode="External"/><Relationship Id="rId51156955591fdcf44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/112200" TargetMode="External"/><Relationship Id="rId72236955591fdcfda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.calflora.org/" TargetMode="External"/><Relationship Id="rId51726955591fdd10e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId22286955591fdd276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId72336955591fdd2d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU" TargetMode="External"/><Relationship Id="rId16956955591fdd6e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/" TargetMode="External"/><Relationship Id="rId14106955591fdd7b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bookstore.ksre.ksu.edu/pubs/s80.pdf" TargetMode="External"/><Relationship Id="rId48416955591fddc25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/inp.2020.2" TargetMode="External"/><Relationship Id="rId71576955591fde23c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/core/profile?symbol=AMTR" TargetMode="External"/><Relationship Id="rId99106955591fde29e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/taxonomy/term/3035/descriptions" TargetMode="External"/><Relationship Id="rId10886955591fde51d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId80336955591fde5f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12716" TargetMode="External"/><Relationship Id="rId50236955591fd9b9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId50236955591fd9b9d.jpg"/><Relationship Id="rId92226955591fdae6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId92226955591fdae6d.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>