--- v4 (2025-12-31)
+++ v5 (2026-01-21)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Sauer</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> rough-fruit amaranth, rough-fruited water-hemp, tall waterhemp (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14006955591fd9124" w:history="1">
+            <w:hyperlink r:id="rId263069709a935242a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71406955591fd9168" w:history="1">
+            <w:hyperlink r:id="rId584169709a9352472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AMATU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="64111752" name="name47516955591fd9b9f" descr="10404.jpg"/>
+                  <wp:docPr id="24394709" name="name511069709a9352afe" descr="10404.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10404.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId50236955591fd9b9d" cstate="print"/>
+                          <a:blip r:embed="rId691569709a9352afd" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId11546955591fd9cf3" w:history="1">
+            <w:hyperlink r:id="rId198869709a9352c94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -671,63 +671,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="43253185" name="name73146955591fdae70" descr="AMATU_distribution_map.jpg"/>
+            <wp:docPr id="75741398" name="name423569709a93542a7" descr="AMATU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AMATU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId92226955591fdae6d" cstate="print"/>
+                    <a:blip r:embed="rId191069709a93542a4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2123,51 +2123,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Belgium, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is usually found under grain conveyors, near grain mills, on unloading quays or along road verges. The weed is also observed growing from soybean waste (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId36666955591fdbb7e" w:history="1">
+      <w:hyperlink r:id="rId664169709a9354db8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://alienplantsbelgium.be/content/amaranthus‐tuberculatus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Canada, different </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3848,92 +3848,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the United States, Wisconsin law prohibits the sale of agricultural seed containing </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> seed (USDA, 2019a; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35876955591fdc764" w:history="1">
+      <w:hyperlink r:id="rId518069709a9355907" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ams.usda.gov/rules‐regulations/fsa</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Canada, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a Primary Noxious Weed Seed under the Weed Seeds Order of the Seeds Act (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId51556955591fdc7a7" w:history="1">
+      <w:hyperlink r:id="rId805569709a9355949" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.gazette.gc.ca/rp‐pr/p2/2016/2016‐05‐18/html/sor‐dors93‐eng.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Argentina, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -4715,53 +4715,53 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 170–176.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId46126955591fdce99" w:history="1"/>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId37286955591fdcea8" w:history="1"/>
+      <w:hyperlink r:id="rId769669709a9355e74" w:history="1"/>
+      <w:hyperlink r:id="rId127469709a9355e7d" w:history="1"/>
+      <w:hyperlink r:id="rId704269709a9355e83" w:history="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Burnside OC, Wilson RG, Weisberg S &amp; Hubbard KG (1996) Seed longevity of 41 weed species buried 17 years in eastern and western Nebraska. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weed Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4812,51 +4812,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (rough‐fruited water‐hemp). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51156955591fdcf44" w:history="1">
+      <w:hyperlink r:id="rId530369709a9355f32" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/112200</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 05 October 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -4878,51 +4878,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calflora (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72236955591fdcfda" w:history="1">
+      <w:hyperlink r:id="rId229769709a9355f94" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.calflora.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 October 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -5029,51 +5029,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cossu TA, Lozano V, Stuppy W, Brundu G (2019) Seed contaminants: an overlooked pathway for the introduction of non‐native plants in Sardinia (Italy). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Biosystems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51726955591fdd10e" w:history="1">
+      <w:hyperlink r:id="rId439969709a9356074" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/11263504.2019.1701123</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -5236,51 +5236,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020a) EPPO Global Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22286955591fdd276" w:history="1">
+      <w:hyperlink r:id="rId392869709a93561a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 July 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -5302,51 +5302,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020b) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72336955591fdd2d9" w:history="1">
+      <w:hyperlink r:id="rId797269709a9356207" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AMATU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -5793,51 +5793,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">HEAP I (2019) The International Survey of Herbicide Resistant Weeds. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16956955591fdd6e5" w:history="1">
+      <w:hyperlink r:id="rId197569709a93564f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weedscience.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 September 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -5924,51 +5924,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Horak MJ, Peterson DE, Chessman DJ &amp; Wax LM (2019) Pigweed identification ‐ A pictorial guide to the common pigweeds of the Great Plain. Kansas State University, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14106955591fdd7b4" w:history="1">
+      <w:hyperlink r:id="rId569869709a93565b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.bookstore.ksre.ksu.edu/pubs/s80.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 09 December 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -6655,51 +6655,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oseland E, Bish M, Spinka C &amp; Bradley B (2020) Examination of commercially available bird feed for weed seed contaminants. Invasive Plant Science and Management. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48416955591fddc25" w:history="1">
+      <w:hyperlink r:id="rId648169709a93569e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/inp.2020.2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -7697,51 +7697,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA‐NRCS (2019) Plants Database – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Moq.) Sauer. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71576955591fde23c" w:history="1">
+      <w:hyperlink r:id="rId405969709a935744c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.usda.gov/core/profile?symbol=AMTR</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 27 September 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -7763,51 +7763,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verloove F (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In: Manual of the Alien Plants of Belgium. Botanic Garden Meise, Belgium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99106955591fde29e" w:history="1">
+      <w:hyperlink r:id="rId736569709a93574c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://alienplantsbelgium.be/taxonomy/term/3035/descriptions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 September 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -8135,73 +8135,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10886955591fde51d" w:history="1">
+      <w:hyperlink r:id="rId142069709a93577bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8286,51 +8286,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 543-548. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80336955591fde5f3" w:history="1">
+      <w:hyperlink r:id="rId399369709a935789c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12716</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -8426,137 +8426,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="69614137">
+  <w:abstractNum w:abstractNumId="34389088">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42635635">
+    <w:lvl w:ilvl="0" w:tplc="87775640">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="42635635" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="87775640" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="42635635" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="87775640" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="42635635" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="87775640" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="42635635" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="87775640" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="42635635" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="87775640" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="42635635" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="87775640" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="42635635" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="87775640" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="42635635" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="87775640" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="69614136">
+  <w:abstractNum w:abstractNumId="34389087">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61207643">
+    <w:lvl w:ilvl="0" w:tplc="59978989">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9308,55 +9308,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="69614136">
-    <w:abstractNumId w:val="69614136"/>
+  <w:num w:numId="34389087">
+    <w:abstractNumId w:val="34389087"/>
   </w:num>
-  <w:num w:numId="69614137">
-    <w:abstractNumId w:val="69614137"/>
+  <w:num w:numId="34389088">
+    <w:abstractNumId w:val="34389088"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20906,51 +20906,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId334731765" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId349514719" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId14006955591fd9124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/" TargetMode="External"/><Relationship Id="rId71406955591fd9168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/categorization" TargetMode="External"/><Relationship Id="rId11546955591fd9cf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/photos" TargetMode="External"/><Relationship Id="rId36666955591fdbb7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/content/amaranthus-tuberculatus" TargetMode="External"/><Relationship Id="rId35876955591fdc764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/rules-regulations/fsa" TargetMode="External"/><Relationship Id="rId51556955591fdc7a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId46126955591fdce99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=16&amp;doi=10.1111%2Fepp.12716&amp;key=10.1614%2F0890-037X%282001%29015%5B0170%3AWSBDDA%5D2.0.CO%3B2" TargetMode="External"/><Relationship Id="rId78906955591fdcea2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=128&amp;doi=10.1111%2Fepp.12716&amp;key=000175240600027" TargetMode="External"/><Relationship Id="rId37286955591fdcea8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scholar.google.com/scholar_lookup?hl=en&amp;volume=15&amp;publication_year=2001&amp;pages=170-176&amp;journal=Weed+Technology&amp;author=DD+Buhler&amp;author=KA+Kohler&amp;author=RL+Thompson&amp;title=Weed+seed+bank+dynamics+during+a+five%E2%80%90year+crop+rotation" TargetMode="External"/><Relationship Id="rId51156955591fdcf44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/112200" TargetMode="External"/><Relationship Id="rId72236955591fdcfda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.calflora.org/" TargetMode="External"/><Relationship Id="rId51726955591fdd10e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId22286955591fdd276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId72336955591fdd2d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU" TargetMode="External"/><Relationship Id="rId16956955591fdd6e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/" TargetMode="External"/><Relationship Id="rId14106955591fdd7b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bookstore.ksre.ksu.edu/pubs/s80.pdf" TargetMode="External"/><Relationship Id="rId48416955591fddc25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/inp.2020.2" TargetMode="External"/><Relationship Id="rId71576955591fde23c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/core/profile?symbol=AMTR" TargetMode="External"/><Relationship Id="rId99106955591fde29e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/taxonomy/term/3035/descriptions" TargetMode="External"/><Relationship Id="rId10886955591fde51d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId80336955591fde5f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12716" TargetMode="External"/><Relationship Id="rId50236955591fd9b9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId50236955591fd9b9d.jpg"/><Relationship Id="rId92226955591fdae6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId92226955591fdae6d.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId195818351" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId383883330" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId263069709a935242a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/" TargetMode="External"/><Relationship Id="rId584169709a9352472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/categorization" TargetMode="External"/><Relationship Id="rId198869709a9352c94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/photos" TargetMode="External"/><Relationship Id="rId664169709a9354db8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/content/amaranthus-tuberculatus" TargetMode="External"/><Relationship Id="rId518069709a9355907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/rules-regulations/fsa" TargetMode="External"/><Relationship Id="rId805569709a9355949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId769669709a9355e74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=16&amp;doi=10.1111%2Fepp.12716&amp;key=10.1614%2F0890-037X%282001%29015%5B0170%3AWSBDDA%5D2.0.CO%3B2" TargetMode="External"/><Relationship Id="rId127469709a9355e7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=128&amp;doi=10.1111%2Fepp.12716&amp;key=000175240600027" TargetMode="External"/><Relationship Id="rId704269709a9355e83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scholar.google.com/scholar_lookup?hl=en&amp;volume=15&amp;publication_year=2001&amp;pages=170-176&amp;journal=Weed+Technology&amp;author=DD+Buhler&amp;author=KA+Kohler&amp;author=RL+Thompson&amp;title=Weed+seed+bank+dynamics+during+a+five%E2%80%90year+crop+rotation" TargetMode="External"/><Relationship Id="rId530369709a9355f32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/112200" TargetMode="External"/><Relationship Id="rId229769709a9355f94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.calflora.org/" TargetMode="External"/><Relationship Id="rId439969709a9356074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId392869709a93561a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId797269709a9356207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU" TargetMode="External"/><Relationship Id="rId197569709a93564f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/" TargetMode="External"/><Relationship Id="rId569869709a93565b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bookstore.ksre.ksu.edu/pubs/s80.pdf" TargetMode="External"/><Relationship Id="rId648169709a93569e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/inp.2020.2" TargetMode="External"/><Relationship Id="rId405969709a935744c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/core/profile?symbol=AMTR" TargetMode="External"/><Relationship Id="rId736569709a93574c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/taxonomy/term/3035/descriptions" TargetMode="External"/><Relationship Id="rId142069709a93577bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId399369709a935789c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12716" TargetMode="External"/><Relationship Id="rId691569709a9352afd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId691569709a9352afd.jpg"/><Relationship Id="rId191069709a93542a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId191069709a93542a4.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>