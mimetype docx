--- v5 (2026-01-21)
+++ v6 (2026-02-10)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Sauer</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> rough-fruit amaranth, rough-fruited water-hemp, tall waterhemp (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263069709a935242a" w:history="1">
+            <w:hyperlink r:id="rId9549698b221446406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId584169709a9352472" w:history="1">
+            <w:hyperlink r:id="rId4469698b221446471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AMATU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="24394709" name="name511069709a9352afe" descr="10404.jpg"/>
+                  <wp:docPr id="71589343" name="name1894698b22144699d" descr="10404.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10404.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId691569709a9352afd" cstate="print"/>
+                          <a:blip r:embed="rId2170698b22144699a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId198869709a9352c94" w:history="1">
+            <w:hyperlink r:id="rId7494698b221446b1d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -671,105 +671,105 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="75741398" name="name423569709a93542a7" descr="AMATU_distribution_map.jpg"/>
+            <wp:docPr id="98862698" name="name1827698b221447ced" descr="AMATU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AMATU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId191069709a93542a4" cstate="print"/>
+                    <a:blip r:embed="rId8120698b221447ce8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Belgium, Bosnia and Herzegovina, Croatia, Czechia, Finland, Germany, Israel, Italy (mainland), Jordan, Netherlands, Portugal (mainland), Romania, Russian Federation (the), Spain (mainland), Ukraine</w:t>
+        <w:t xml:space="preserve"> Belgium, Bosnia and Herzegovina, Croatia, Czechia, Finland, Germany, Israel, Italy (mainland), Jordan, Netherlands, Portugal (mainland), Romania, Russian Federation, Spain (mainland), Ukraine</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Israel, Jordan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2123,51 +2123,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Belgium, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is usually found under grain conveyors, near grain mills, on unloading quays or along road verges. The weed is also observed growing from soybean waste (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId664169709a9354db8" w:history="1">
+      <w:hyperlink r:id="rId1365698b2214488a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://alienplantsbelgium.be/content/amaranthus‐tuberculatus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Canada, different </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3848,92 +3848,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the United States, Wisconsin law prohibits the sale of agricultural seed containing </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> seed (USDA, 2019a; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId518069709a9355907" w:history="1">
+      <w:hyperlink r:id="rId4309698b2214493ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ams.usda.gov/rules‐regulations/fsa</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Canada, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a Primary Noxious Weed Seed under the Weed Seeds Order of the Seeds Act (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId805569709a9355949" w:history="1">
+      <w:hyperlink r:id="rId2178698b221449431" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.gazette.gc.ca/rp‐pr/p2/2016/2016‐05‐18/html/sor‐dors93‐eng.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Argentina, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -4715,53 +4715,53 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 170–176.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId769669709a9355e74" w:history="1"/>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId704269709a9355e83" w:history="1"/>
+      <w:hyperlink r:id="rId9539698b221449979" w:history="1"/>
+      <w:hyperlink r:id="rId8117698b221449981" w:history="1"/>
+      <w:hyperlink r:id="rId8692698b221449987" w:history="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Burnside OC, Wilson RG, Weisberg S &amp; Hubbard KG (1996) Seed longevity of 41 weed species buried 17 years in eastern and western Nebraska. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weed Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4812,51 +4812,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (rough‐fruited water‐hemp). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId530369709a9355f32" w:history="1">
+      <w:hyperlink r:id="rId3785698b221449a1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/112200</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 05 October 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -4878,51 +4878,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calflora (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId229769709a9355f94" w:history="1">
+      <w:hyperlink r:id="rId3214698b221449a7e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.calflora.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 October 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -5029,51 +5029,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cossu TA, Lozano V, Stuppy W, Brundu G (2019) Seed contaminants: an overlooked pathway for the introduction of non‐native plants in Sardinia (Italy). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Biosystems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId439969709a9356074" w:history="1">
+      <w:hyperlink r:id="rId2158698b221449b5e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/11263504.2019.1701123</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -5236,51 +5236,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020a) EPPO Global Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId392869709a93561a7" w:history="1">
+      <w:hyperlink r:id="rId5702698b221449c8d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 July 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -5302,51 +5302,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020b) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId797269709a9356207" w:history="1">
+      <w:hyperlink r:id="rId6306698b221449ceb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AMATU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -5793,51 +5793,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">HEAP I (2019) The International Survey of Herbicide Resistant Weeds. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId197569709a93564f5" w:history="1">
+      <w:hyperlink r:id="rId3177698b221449fbd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weedscience.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 September 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -5924,51 +5924,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Horak MJ, Peterson DE, Chessman DJ &amp; Wax LM (2019) Pigweed identification ‐ A pictorial guide to the common pigweeds of the Great Plain. Kansas State University, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId569869709a93565b5" w:history="1">
+      <w:hyperlink r:id="rId9467698b22144a07d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.bookstore.ksre.ksu.edu/pubs/s80.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 09 December 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -6655,51 +6655,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oseland E, Bish M, Spinka C &amp; Bradley B (2020) Examination of commercially available bird feed for weed seed contaminants. Invasive Plant Science and Management. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId648169709a93569e6" w:history="1">
+      <w:hyperlink r:id="rId2994698b22144a4d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/inp.2020.2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -7697,51 +7697,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA‐NRCS (2019) Plants Database – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Moq.) Sauer. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId405969709a935744c" w:history="1">
+      <w:hyperlink r:id="rId1483698b22144aae2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.usda.gov/core/profile?symbol=AMTR</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 27 September 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -7763,51 +7763,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verloove F (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In: Manual of the Alien Plants of Belgium. Botanic Garden Meise, Belgium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId736569709a93574c2" w:history="1">
+      <w:hyperlink r:id="rId5416698b22144ab45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://alienplantsbelgium.be/taxonomy/term/3035/descriptions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 September 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -8157,51 +8157,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId142069709a93577bb" w:history="1">
+      <w:hyperlink r:id="rId5142698b22144adcc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8286,51 +8286,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 543-548. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId399369709a935789c" w:history="1">
+      <w:hyperlink r:id="rId5383698b22144aeb1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12716</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -8426,137 +8426,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="34389088">
+  <w:abstractNum w:abstractNumId="41217596">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87775640">
+    <w:lvl w:ilvl="0" w:tplc="76823842">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="87775640" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="76823842" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="87775640" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="76823842" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="87775640" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="76823842" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="87775640" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="76823842" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="87775640" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="76823842" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="87775640" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="76823842" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="87775640" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="76823842" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="87775640" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="76823842" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34389087">
+  <w:abstractNum w:abstractNumId="41217595">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59978989">
+    <w:lvl w:ilvl="0" w:tplc="41666721">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9308,55 +9308,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="34389087">
-    <w:abstractNumId w:val="34389087"/>
+  <w:num w:numId="41217595">
+    <w:abstractNumId w:val="41217595"/>
   </w:num>
-  <w:num w:numId="34389088">
-    <w:abstractNumId w:val="34389088"/>
+  <w:num w:numId="41217596">
+    <w:abstractNumId w:val="41217596"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20906,51 +20906,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId195818351" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId383883330" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId263069709a935242a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/" TargetMode="External"/><Relationship Id="rId584169709a9352472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/categorization" TargetMode="External"/><Relationship Id="rId198869709a9352c94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/photos" TargetMode="External"/><Relationship Id="rId664169709a9354db8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/content/amaranthus-tuberculatus" TargetMode="External"/><Relationship Id="rId518069709a9355907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/rules-regulations/fsa" TargetMode="External"/><Relationship Id="rId805569709a9355949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId769669709a9355e74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=16&amp;doi=10.1111%2Fepp.12716&amp;key=10.1614%2F0890-037X%282001%29015%5B0170%3AWSBDDA%5D2.0.CO%3B2" TargetMode="External"/><Relationship Id="rId127469709a9355e7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=128&amp;doi=10.1111%2Fepp.12716&amp;key=000175240600027" TargetMode="External"/><Relationship Id="rId704269709a9355e83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scholar.google.com/scholar_lookup?hl=en&amp;volume=15&amp;publication_year=2001&amp;pages=170-176&amp;journal=Weed+Technology&amp;author=DD+Buhler&amp;author=KA+Kohler&amp;author=RL+Thompson&amp;title=Weed+seed+bank+dynamics+during+a+five%E2%80%90year+crop+rotation" TargetMode="External"/><Relationship Id="rId530369709a9355f32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/112200" TargetMode="External"/><Relationship Id="rId229769709a9355f94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.calflora.org/" TargetMode="External"/><Relationship Id="rId439969709a9356074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId392869709a93561a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId797269709a9356207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU" TargetMode="External"/><Relationship Id="rId197569709a93564f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/" TargetMode="External"/><Relationship Id="rId569869709a93565b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bookstore.ksre.ksu.edu/pubs/s80.pdf" TargetMode="External"/><Relationship Id="rId648169709a93569e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/inp.2020.2" TargetMode="External"/><Relationship Id="rId405969709a935744c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/core/profile?symbol=AMTR" TargetMode="External"/><Relationship Id="rId736569709a93574c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/taxonomy/term/3035/descriptions" TargetMode="External"/><Relationship Id="rId142069709a93577bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId399369709a935789c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12716" TargetMode="External"/><Relationship Id="rId691569709a9352afd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId691569709a9352afd.jpg"/><Relationship Id="rId191069709a93542a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId191069709a93542a4.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId794930130" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId254656901" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9549698b221446406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/" TargetMode="External"/><Relationship Id="rId4469698b221446471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/categorization" TargetMode="External"/><Relationship Id="rId7494698b221446b1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/photos" TargetMode="External"/><Relationship Id="rId1365698b2214488a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/content/amaranthus-tuberculatus" TargetMode="External"/><Relationship Id="rId4309698b2214493ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/rules-regulations/fsa" TargetMode="External"/><Relationship Id="rId2178698b221449431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId9539698b221449979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=16&amp;doi=10.1111%2Fepp.12716&amp;key=10.1614%2F0890-037X%282001%29015%5B0170%3AWSBDDA%5D2.0.CO%3B2" TargetMode="External"/><Relationship Id="rId8117698b221449981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=128&amp;doi=10.1111%2Fepp.12716&amp;key=000175240600027" TargetMode="External"/><Relationship Id="rId8692698b221449987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scholar.google.com/scholar_lookup?hl=en&amp;volume=15&amp;publication_year=2001&amp;pages=170-176&amp;journal=Weed+Technology&amp;author=DD+Buhler&amp;author=KA+Kohler&amp;author=RL+Thompson&amp;title=Weed+seed+bank+dynamics+during+a+five%E2%80%90year+crop+rotation" TargetMode="External"/><Relationship Id="rId3785698b221449a1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/112200" TargetMode="External"/><Relationship Id="rId3214698b221449a7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.calflora.org/" TargetMode="External"/><Relationship Id="rId2158698b221449b5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId5702698b221449c8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId6306698b221449ceb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU" TargetMode="External"/><Relationship Id="rId3177698b221449fbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/" TargetMode="External"/><Relationship Id="rId9467698b22144a07d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bookstore.ksre.ksu.edu/pubs/s80.pdf" TargetMode="External"/><Relationship Id="rId2994698b22144a4d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/inp.2020.2" TargetMode="External"/><Relationship Id="rId1483698b22144aae2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/core/profile?symbol=AMTR" TargetMode="External"/><Relationship Id="rId5416698b22144ab45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/taxonomy/term/3035/descriptions" TargetMode="External"/><Relationship Id="rId5142698b22144adcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5383698b22144aeb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12716" TargetMode="External"/><Relationship Id="rId2170698b22144699a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2170698b22144699a.jpg"/><Relationship Id="rId8120698b221447ce8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8120698b221447ce8.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>