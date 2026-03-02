--- v6 (2026-02-10)
+++ v7 (2026-03-02)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Sauer</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> rough-fruit amaranth, rough-fruited water-hemp, tall waterhemp (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9549698b221446406" w:history="1">
+            <w:hyperlink r:id="rId925569a59fb99c167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4469698b221446471" w:history="1">
+            <w:hyperlink r:id="rId588069a59fb99c1ac" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AMATU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="71589343" name="name1894698b22144699d" descr="10404.jpg"/>
+                  <wp:docPr id="19786676" name="name927169a59fb99c710" descr="10404.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10404.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2170698b22144699a" cstate="print"/>
+                          <a:blip r:embed="rId917269a59fb99c70d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7494698b221446b1d" w:history="1">
+            <w:hyperlink r:id="rId592969a59fb99c850" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -671,63 +671,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="98862698" name="name1827698b221447ced" descr="AMATU_distribution_map.jpg"/>
+            <wp:docPr id="11120318" name="name750969a59fb99d4af" descr="AMATU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AMATU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8120698b221447ce8" cstate="print"/>
+                    <a:blip r:embed="rId314869a59fb99d4ac" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2123,51 +2123,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Belgium, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is usually found under grain conveyors, near grain mills, on unloading quays or along road verges. The weed is also observed growing from soybean waste (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId1365698b2214488a9" w:history="1">
+      <w:hyperlink r:id="rId200069a59fb99dfeb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://alienplantsbelgium.be/content/amaranthus‐tuberculatus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Canada, different </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3848,92 +3848,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the United States, Wisconsin law prohibits the sale of agricultural seed containing </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> seed (USDA, 2019a; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4309698b2214493ed" w:history="1">
+      <w:hyperlink r:id="rId902669a59fb99edb7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ams.usda.gov/rules‐regulations/fsa</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Canada, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a Primary Noxious Weed Seed under the Weed Seeds Order of the Seeds Act (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId2178698b221449431" w:history="1">
+      <w:hyperlink r:id="rId982369a59fb99edfa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.gazette.gc.ca/rp‐pr/p2/2016/2016‐05‐18/html/sor‐dors93‐eng.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Argentina, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -4715,53 +4715,53 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 170–176.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId9539698b221449979" w:history="1"/>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId8692698b221449987" w:history="1"/>
+      <w:hyperlink r:id="rId653769a59fb99f35e" w:history="1"/>
+      <w:hyperlink r:id="rId496869a59fb99f367" w:history="1"/>
+      <w:hyperlink r:id="rId801869a59fb99f36d" w:history="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Burnside OC, Wilson RG, Weisberg S &amp; Hubbard KG (1996) Seed longevity of 41 weed species buried 17 years in eastern and western Nebraska. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weed Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4812,51 +4812,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (rough‐fruited water‐hemp). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3785698b221449a1c" w:history="1">
+      <w:hyperlink r:id="rId292869a59fb99f404" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/112200</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 05 October 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -4878,51 +4878,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calflora (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3214698b221449a7e" w:history="1">
+      <w:hyperlink r:id="rId332369a59fb99f470" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.calflora.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 October 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -5029,51 +5029,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cossu TA, Lozano V, Stuppy W, Brundu G (2019) Seed contaminants: an overlooked pathway for the introduction of non‐native plants in Sardinia (Italy). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Biosystems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2158698b221449b5e" w:history="1">
+      <w:hyperlink r:id="rId100969a59fb99f555" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/11263504.2019.1701123</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -5236,51 +5236,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020a) EPPO Global Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5702698b221449c8d" w:history="1">
+      <w:hyperlink r:id="rId714669a59fb99f689" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 July 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -5302,51 +5302,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020b) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6306698b221449ceb" w:history="1">
+      <w:hyperlink r:id="rId505369a59fb99f6f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AMATU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -5793,51 +5793,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">HEAP I (2019) The International Survey of Herbicide Resistant Weeds. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3177698b221449fbd" w:history="1">
+      <w:hyperlink r:id="rId892269a59fb99f9cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weedscience.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 September 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -5924,51 +5924,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Horak MJ, Peterson DE, Chessman DJ &amp; Wax LM (2019) Pigweed identification ‐ A pictorial guide to the common pigweeds of the Great Plain. Kansas State University, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9467698b22144a07d" w:history="1">
+      <w:hyperlink r:id="rId238469a59fb99fa9d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.bookstore.ksre.ksu.edu/pubs/s80.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 09 December 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -6655,51 +6655,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oseland E, Bish M, Spinka C &amp; Bradley B (2020) Examination of commercially available bird feed for weed seed contaminants. Invasive Plant Science and Management. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2994698b22144a4d0" w:history="1">
+      <w:hyperlink r:id="rId381569a59fb99fed5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/inp.2020.2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -7697,51 +7697,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA‐NRCS (2019) Plants Database – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Moq.) Sauer. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1483698b22144aae2" w:history="1">
+      <w:hyperlink r:id="rId907169a59fb9a051b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.usda.gov/core/profile?symbol=AMTR</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 27 September 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -7763,51 +7763,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verloove F (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In: Manual of the Alien Plants of Belgium. Botanic Garden Meise, Belgium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5416698b22144ab45" w:history="1">
+      <w:hyperlink r:id="rId514869a59fb9a057e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://alienplantsbelgium.be/taxonomy/term/3035/descriptions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 September 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -8157,51 +8157,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5142698b22144adcc" w:history="1">
+      <w:hyperlink r:id="rId175669a59fb9a07eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8286,51 +8286,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 543-548. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5383698b22144aeb1" w:history="1">
+      <w:hyperlink r:id="rId842169a59fb9a08c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12716</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -8426,137 +8426,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="41217596">
+  <w:abstractNum w:abstractNumId="16407207">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76823842">
+    <w:lvl w:ilvl="0" w:tplc="11161282">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="76823842" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="11161282" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="76823842" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="11161282" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="76823842" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="11161282" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="76823842" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="11161282" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="76823842" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="11161282" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="76823842" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="11161282" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="76823842" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="11161282" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="76823842" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="11161282" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41217595">
+  <w:abstractNum w:abstractNumId="16407206">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41666721">
+    <w:lvl w:ilvl="0" w:tplc="61755783">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9308,55 +9308,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="41217595">
-    <w:abstractNumId w:val="41217595"/>
+  <w:num w:numId="16407206">
+    <w:abstractNumId w:val="16407206"/>
   </w:num>
-  <w:num w:numId="41217596">
-    <w:abstractNumId w:val="41217596"/>
+  <w:num w:numId="16407207">
+    <w:abstractNumId w:val="16407207"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20906,51 +20906,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId794930130" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId254656901" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9549698b221446406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/" TargetMode="External"/><Relationship Id="rId4469698b221446471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/categorization" TargetMode="External"/><Relationship Id="rId7494698b221446b1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/photos" TargetMode="External"/><Relationship Id="rId1365698b2214488a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/content/amaranthus-tuberculatus" TargetMode="External"/><Relationship Id="rId4309698b2214493ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/rules-regulations/fsa" TargetMode="External"/><Relationship Id="rId2178698b221449431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId9539698b221449979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=16&amp;doi=10.1111%2Fepp.12716&amp;key=10.1614%2F0890-037X%282001%29015%5B0170%3AWSBDDA%5D2.0.CO%3B2" TargetMode="External"/><Relationship Id="rId8117698b221449981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=128&amp;doi=10.1111%2Fepp.12716&amp;key=000175240600027" TargetMode="External"/><Relationship Id="rId8692698b221449987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scholar.google.com/scholar_lookup?hl=en&amp;volume=15&amp;publication_year=2001&amp;pages=170-176&amp;journal=Weed+Technology&amp;author=DD+Buhler&amp;author=KA+Kohler&amp;author=RL+Thompson&amp;title=Weed+seed+bank+dynamics+during+a+five%E2%80%90year+crop+rotation" TargetMode="External"/><Relationship Id="rId3785698b221449a1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/112200" TargetMode="External"/><Relationship Id="rId3214698b221449a7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.calflora.org/" TargetMode="External"/><Relationship Id="rId2158698b221449b5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId5702698b221449c8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId6306698b221449ceb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU" TargetMode="External"/><Relationship Id="rId3177698b221449fbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/" TargetMode="External"/><Relationship Id="rId9467698b22144a07d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bookstore.ksre.ksu.edu/pubs/s80.pdf" TargetMode="External"/><Relationship Id="rId2994698b22144a4d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/inp.2020.2" TargetMode="External"/><Relationship Id="rId1483698b22144aae2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/core/profile?symbol=AMTR" TargetMode="External"/><Relationship Id="rId5416698b22144ab45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/taxonomy/term/3035/descriptions" TargetMode="External"/><Relationship Id="rId5142698b22144adcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5383698b22144aeb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12716" TargetMode="External"/><Relationship Id="rId2170698b22144699a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2170698b22144699a.jpg"/><Relationship Id="rId8120698b221447ce8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8120698b221447ce8.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId945550000" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId368630123" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId925569a59fb99c167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/" TargetMode="External"/><Relationship Id="rId588069a59fb99c1ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/categorization" TargetMode="External"/><Relationship Id="rId592969a59fb99c850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/photos" TargetMode="External"/><Relationship Id="rId200069a59fb99dfeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/content/amaranthus-tuberculatus" TargetMode="External"/><Relationship Id="rId902669a59fb99edb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/rules-regulations/fsa" TargetMode="External"/><Relationship Id="rId982369a59fb99edfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId653769a59fb99f35e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=16&amp;doi=10.1111%2Fepp.12716&amp;key=10.1614%2F0890-037X%282001%29015%5B0170%3AWSBDDA%5D2.0.CO%3B2" TargetMode="External"/><Relationship Id="rId496869a59fb99f367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=128&amp;doi=10.1111%2Fepp.12716&amp;key=000175240600027" TargetMode="External"/><Relationship Id="rId801869a59fb99f36d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scholar.google.com/scholar_lookup?hl=en&amp;volume=15&amp;publication_year=2001&amp;pages=170-176&amp;journal=Weed+Technology&amp;author=DD+Buhler&amp;author=KA+Kohler&amp;author=RL+Thompson&amp;title=Weed+seed+bank+dynamics+during+a+five%E2%80%90year+crop+rotation" TargetMode="External"/><Relationship Id="rId292869a59fb99f404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/112200" TargetMode="External"/><Relationship Id="rId332369a59fb99f470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.calflora.org/" TargetMode="External"/><Relationship Id="rId100969a59fb99f555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId714669a59fb99f689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId505369a59fb99f6f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU" TargetMode="External"/><Relationship Id="rId892269a59fb99f9cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/" TargetMode="External"/><Relationship Id="rId238469a59fb99fa9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bookstore.ksre.ksu.edu/pubs/s80.pdf" TargetMode="External"/><Relationship Id="rId381569a59fb99fed5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/inp.2020.2" TargetMode="External"/><Relationship Id="rId907169a59fb9a051b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/core/profile?symbol=AMTR" TargetMode="External"/><Relationship Id="rId514869a59fb9a057e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/taxonomy/term/3035/descriptions" TargetMode="External"/><Relationship Id="rId175669a59fb9a07eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId842169a59fb9a08c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12716" TargetMode="External"/><Relationship Id="rId917269a59fb99c70d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId917269a59fb99c70d.jpg"/><Relationship Id="rId314869a59fb99d4ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId314869a59fb99d4ac.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>