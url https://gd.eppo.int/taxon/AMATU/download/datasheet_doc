--- v7 (2026-03-02)
+++ v8 (2026-03-04)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Sauer</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> rough-fruit amaranth, rough-fruited water-hemp, tall waterhemp (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId925569a59fb99c167" w:history="1">
+            <w:hyperlink r:id="rId694769a7f26598a34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId588069a59fb99c1ac" w:history="1">
+            <w:hyperlink r:id="rId898569a7f26598a7a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AMATU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="19786676" name="name927169a59fb99c710" descr="10404.jpg"/>
+                  <wp:docPr id="76108707" name="name775169a7f2659913d" descr="10404.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10404.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId917269a59fb99c70d" cstate="print"/>
+                          <a:blip r:embed="rId932769a7f2659913c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId592969a59fb99c850" w:history="1">
+            <w:hyperlink r:id="rId334169a7f26599274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -671,63 +671,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="11120318" name="name750969a59fb99d4af" descr="AMATU_distribution_map.jpg"/>
+            <wp:docPr id="79605993" name="name651669a7f2659a455" descr="AMATU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AMATU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId314869a59fb99d4ac" cstate="print"/>
+                    <a:blip r:embed="rId278169a7f2659a452" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2123,51 +2123,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In Belgium, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is usually found under grain conveyors, near grain mills, on unloading quays or along road verges. The weed is also observed growing from soybean waste (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId200069a59fb99dfeb" w:history="1">
+      <w:hyperlink r:id="rId197769a7f2659b597" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://alienplantsbelgium.be/content/amaranthus‐tuberculatus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Canada, different </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3848,92 +3848,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the United States, Wisconsin law prohibits the sale of agricultural seed containing </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> seed (USDA, 2019a; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId902669a59fb99edb7" w:history="1">
+      <w:hyperlink r:id="rId782069a7f2659c60c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ams.usda.gov/rules‐regulations/fsa</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Canada, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is listed as a Primary Noxious Weed Seed under the Weed Seeds Order of the Seeds Act (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId982369a59fb99edfa" w:history="1">
+      <w:hyperlink r:id="rId525669a7f2659c655" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.gazette.gc.ca/rp‐pr/p2/2016/2016‐05‐18/html/sor‐dors93‐eng.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Argentina, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -4715,53 +4715,53 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 170–176.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId653769a59fb99f35e" w:history="1"/>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId801869a59fb99f36d" w:history="1"/>
+      <w:hyperlink r:id="rId635069a7f2659cbc9" w:history="1"/>
+      <w:hyperlink r:id="rId832369a7f2659cbd2" w:history="1"/>
+      <w:hyperlink r:id="rId749269a7f2659cbd8" w:history="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Burnside OC, Wilson RG, Weisberg S &amp; Hubbard KG (1996) Seed longevity of 41 weed species buried 17 years in eastern and western Nebraska. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weed Science</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4812,51 +4812,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (rough‐fruited water‐hemp). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId292869a59fb99f404" w:history="1">
+      <w:hyperlink r:id="rId409569a7f2659cc71" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/112200</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 05 October 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -4878,51 +4878,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calflora (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId332369a59fb99f470" w:history="1">
+      <w:hyperlink r:id="rId850169a7f2659ccd1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.calflora.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 October 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -5029,51 +5029,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cossu TA, Lozano V, Stuppy W, Brundu G (2019) Seed contaminants: an overlooked pathway for the introduction of non‐native plants in Sardinia (Italy). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Biosystems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId100969a59fb99f555" w:history="1">
+      <w:hyperlink r:id="rId278469a7f2659cdb2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/11263504.2019.1701123</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -5236,51 +5236,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020a) EPPO Global Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId714669a59fb99f689" w:history="1">
+      <w:hyperlink r:id="rId260269a7f2659cee6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 July 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -5302,51 +5302,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020b) Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris (FR). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId505369a59fb99f6f8" w:history="1">
+      <w:hyperlink r:id="rId786969a7f2659cf45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AMATU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -5793,51 +5793,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">HEAP I (2019) The International Survey of Herbicide Resistant Weeds. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId892269a59fb99f9cf" w:history="1">
+      <w:hyperlink r:id="rId928769a7f2659d21c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weedscience.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 September 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -5924,51 +5924,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Horak MJ, Peterson DE, Chessman DJ &amp; Wax LM (2019) Pigweed identification ‐ A pictorial guide to the common pigweeds of the Great Plain. Kansas State University, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId238469a59fb99fa9d" w:history="1">
+      <w:hyperlink r:id="rId856969a7f2659d2db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.bookstore.ksre.ksu.edu/pubs/s80.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 09 December 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -6655,51 +6655,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Oseland E, Bish M, Spinka C &amp; Bradley B (2020) Examination of commercially available bird feed for weed seed contaminants. Invasive Plant Science and Management. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId381569a59fb99fed5" w:history="1">
+      <w:hyperlink r:id="rId466169a7f2659d75a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/inp.2020.2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -7697,51 +7697,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA‐NRCS (2019) Plants Database – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Moq.) Sauer. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId907169a59fb9a051b" w:history="1">
+      <w:hyperlink r:id="rId984969a7f2659dd56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://plants.usda.gov/core/profile?symbol=AMTR</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 27 September 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -7763,51 +7763,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verloove F (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In: Manual of the Alien Plants of Belgium. Botanic Garden Meise, Belgium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId514869a59fb9a057e" w:history="1">
+      <w:hyperlink r:id="rId574669a7f2659ddb7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://alienplantsbelgium.be/taxonomy/term/3035/descriptions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 September 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -8157,51 +8157,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId175669a59fb9a07eb" w:history="1">
+      <w:hyperlink r:id="rId841969a7f2659e02b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8286,51 +8286,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 543-548. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId842169a59fb9a08c5" w:history="1">
+      <w:hyperlink r:id="rId758369a7f2659e103" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12716</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -8426,137 +8426,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="16407207">
+  <w:abstractNum w:abstractNumId="16488709">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11161282">
+    <w:lvl w:ilvl="0" w:tplc="69669621">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="11161282" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="69669621" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="11161282" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="69669621" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="11161282" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="69669621" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="11161282" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="69669621" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="11161282" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="69669621" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="11161282" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="69669621" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="11161282" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="69669621" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="11161282" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="69669621" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16407206">
+  <w:abstractNum w:abstractNumId="16488708">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61755783">
+    <w:lvl w:ilvl="0" w:tplc="31136760">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9308,55 +9308,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16407206">
-    <w:abstractNumId w:val="16407206"/>
+  <w:num w:numId="16488708">
+    <w:abstractNumId w:val="16488708"/>
   </w:num>
-  <w:num w:numId="16407207">
-    <w:abstractNumId w:val="16407207"/>
+  <w:num w:numId="16488709">
+    <w:abstractNumId w:val="16488709"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20906,51 +20906,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId945550000" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId368630123" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId925569a59fb99c167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/" TargetMode="External"/><Relationship Id="rId588069a59fb99c1ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/categorization" TargetMode="External"/><Relationship Id="rId592969a59fb99c850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/photos" TargetMode="External"/><Relationship Id="rId200069a59fb99dfeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/content/amaranthus-tuberculatus" TargetMode="External"/><Relationship Id="rId902669a59fb99edb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/rules-regulations/fsa" TargetMode="External"/><Relationship Id="rId982369a59fb99edfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId653769a59fb99f35e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=16&amp;doi=10.1111%2Fepp.12716&amp;key=10.1614%2F0890-037X%282001%29015%5B0170%3AWSBDDA%5D2.0.CO%3B2" TargetMode="External"/><Relationship Id="rId496869a59fb99f367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=128&amp;doi=10.1111%2Fepp.12716&amp;key=000175240600027" TargetMode="External"/><Relationship Id="rId801869a59fb99f36d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scholar.google.com/scholar_lookup?hl=en&amp;volume=15&amp;publication_year=2001&amp;pages=170-176&amp;journal=Weed+Technology&amp;author=DD+Buhler&amp;author=KA+Kohler&amp;author=RL+Thompson&amp;title=Weed+seed+bank+dynamics+during+a+five%E2%80%90year+crop+rotation" TargetMode="External"/><Relationship Id="rId292869a59fb99f404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/112200" TargetMode="External"/><Relationship Id="rId332369a59fb99f470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.calflora.org/" TargetMode="External"/><Relationship Id="rId100969a59fb99f555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId714669a59fb99f689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId505369a59fb99f6f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU" TargetMode="External"/><Relationship Id="rId892269a59fb99f9cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/" TargetMode="External"/><Relationship Id="rId238469a59fb99fa9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bookstore.ksre.ksu.edu/pubs/s80.pdf" TargetMode="External"/><Relationship Id="rId381569a59fb99fed5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/inp.2020.2" TargetMode="External"/><Relationship Id="rId907169a59fb9a051b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/core/profile?symbol=AMTR" TargetMode="External"/><Relationship Id="rId514869a59fb9a057e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/taxonomy/term/3035/descriptions" TargetMode="External"/><Relationship Id="rId175669a59fb9a07eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId842169a59fb9a08c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12716" TargetMode="External"/><Relationship Id="rId917269a59fb99c70d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId917269a59fb99c70d.jpg"/><Relationship Id="rId314869a59fb99d4ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId314869a59fb99d4ac.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId516638046" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId274109634" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId694769a7f26598a34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/" TargetMode="External"/><Relationship Id="rId898569a7f26598a7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/categorization" TargetMode="External"/><Relationship Id="rId334169a7f26599274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU/photos" TargetMode="External"/><Relationship Id="rId197769a7f2659b597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/content/amaranthus-tuberculatus" TargetMode="External"/><Relationship Id="rId782069a7f2659c60c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/rules-regulations/fsa" TargetMode="External"/><Relationship Id="rId525669a7f2659c655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazette.gc.ca/rp-pr/p2/2016/2016-05-18/html/sor-dors93-eng.html" TargetMode="External"/><Relationship Id="rId635069a7f2659cbc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=16&amp;doi=10.1111%2Fepp.12716&amp;key=10.1614%2F0890-037X%282001%29015%5B0170%3AWSBDDA%5D2.0.CO%3B2" TargetMode="External"/><Relationship Id="rId832369a7f2659cbd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/servlet/linkout?suffix=null&amp;dbid=128&amp;doi=10.1111%2Fepp.12716&amp;key=000175240600027" TargetMode="External"/><Relationship Id="rId749269a7f2659cbd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scholar.google.com/scholar_lookup?hl=en&amp;volume=15&amp;publication_year=2001&amp;pages=170-176&amp;journal=Weed+Technology&amp;author=DD+Buhler&amp;author=KA+Kohler&amp;author=RL+Thompson&amp;title=Weed+seed+bank+dynamics+during+a+five%E2%80%90year+crop+rotation" TargetMode="External"/><Relationship Id="rId409569a7f2659cc71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/112200" TargetMode="External"/><Relationship Id="rId850169a7f2659ccd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.calflora.org/" TargetMode="External"/><Relationship Id="rId278469a7f2659cdb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId260269a7f2659cee6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId786969a7f2659cf45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMATU" TargetMode="External"/><Relationship Id="rId928769a7f2659d21c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/" TargetMode="External"/><Relationship Id="rId856969a7f2659d2db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bookstore.ksre.ksu.edu/pubs/s80.pdf" TargetMode="External"/><Relationship Id="rId466169a7f2659d75a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/inp.2020.2" TargetMode="External"/><Relationship Id="rId984969a7f2659dd56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plants.usda.gov/core/profile?symbol=AMTR" TargetMode="External"/><Relationship Id="rId574669a7f2659ddb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alienplantsbelgium.be/taxonomy/term/3035/descriptions" TargetMode="External"/><Relationship Id="rId841969a7f2659e02b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId758369a7f2659e103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12716" TargetMode="External"/><Relationship Id="rId932769a7f2659913c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId932769a7f2659913c.jpg"/><Relationship Id="rId278169a7f2659a452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId278169a7f2659a452.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>