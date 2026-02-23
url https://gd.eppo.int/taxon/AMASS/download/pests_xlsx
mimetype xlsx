--- v0 (2025-10-08)
+++ v1 (2026-02-23)
@@ -12,65 +12,75 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="AMASS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
+  </si>
+  <si>
+    <t>CHILCU</t>
+  </si>
+  <si>
+    <t>Begomovirus chillicapsici</t>
+  </si>
+  <si>
+    <t>* George B, Kumar RV, Chakraborty S (2014) Molecular characterization of Chilli leaf curl virus and satellite molecules associated with leaf curl disease of Amaranthus spp. Virus genes 48(2):397-401.
+-------  isolated from plant showing leaf curl. One clone was completely sequencing and shared about 95% identity with ChiLCV.</t>
   </si>
   <si>
     <t>DIABVZ</t>
   </si>
   <si>
     <t>Diabrotica virgifera zeae (as Amaranthus)</t>
   </si>
   <si>
     <t>* Clark SM, LeDoux DG, Seeno TN, Riley EG, Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada (Coleoptera: Megalopodidae, Orsodacnidae, Chrysomelidae, excluding Bruchinae). Coleopterists Society, Special Publication 2, 615 pp.
 ------- Adult host.</t>
   </si>
   <si>
     <t>EUTEBA</t>
   </si>
   <si>
     <t>Eutetranychus banksi</t>
   </si>
   <si>
     <t>* Migeon A &amp; Dorkeld F (2024) Spider Mites Web: a comprehensive database for the Tetranychidae. Available from https://www1.montpellier.inrae.fr/CBGP/spmweb (Accessed 2024/04/23)</t>
   </si>
   <si>
     <t>HELIAR</t>
   </si>
   <si>
     <t>Helicoverpa armigera</t>
@@ -523,51 +533,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D17"/>
+  <dimension ref="A1:D18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="519.016" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -618,203 +628,217 @@
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
         <v>17</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
+        <v>20</v>
+      </c>
+      <c r="C7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D7" t="s">
         <v>19</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
         <v>22</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
+        <v>4</v>
+      </c>
+      <c r="B9" t="s">
         <v>25</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>26</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
+        <v>28</v>
+      </c>
+      <c r="B10" t="s">
         <v>29</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>30</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B11" t="s">
         <v>33</v>
       </c>
       <c r="C11" t="s">
         <v>34</v>
       </c>
       <c r="D11" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B12" t="s">
         <v>36</v>
       </c>
       <c r="C12" t="s">
         <v>37</v>
       </c>
       <c r="D12" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B13" t="s">
         <v>39</v>
       </c>
       <c r="C13" t="s">
         <v>40</v>
       </c>
       <c r="D13" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
         <v>42</v>
       </c>
       <c r="C14" t="s">
         <v>43</v>
       </c>
       <c r="D14" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>45</v>
       </c>
       <c r="C15" t="s">
         <v>46</v>
       </c>
       <c r="D15" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B16" t="s">
         <v>48</v>
       </c>
       <c r="C16" t="s">
         <v>49</v>
       </c>
-      <c r="D16"/>
+      <c r="D16" t="s">
+        <v>50</v>
+      </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B17" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C17" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="D17" t="s">
         <v>52</v>
+      </c>
+      <c r="D17"/>
+    </row>
+    <row r="18" spans="1:4">
+      <c r="A18" t="s">
+        <v>32</v>
+      </c>
+      <c r="B18" t="s">
+        <v>53</v>
+      </c>
+      <c r="C18" t="s">
+        <v>54</v>
+      </c>
+      <c r="D18" t="s">
+        <v>55</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">