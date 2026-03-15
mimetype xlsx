--- v1 (2026-02-23)
+++ v2 (2026-03-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="AMASS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>CHILCU</t>
   </si>
   <si>
     <t>Begomovirus chillicapsici</t>
   </si>
   <si>
     <t>* George B, Kumar RV, Chakraborty S (2014) Molecular characterization of Chilli leaf curl virus and satellite molecules associated with leaf curl disease of Amaranthus spp. Virus genes 48(2):397-401.
 -------  isolated from plant showing leaf curl. One clone was completely sequencing and shared about 95% identity with ChiLCV.</t>
   </si>
@@ -176,51 +176,54 @@
 * Hoover GA, Biddinger DJ (2014) Omnivorous leafroller, Platynota stultana (Lepidoptera: Tortricidae). Penn State Extension Pest Alert. https://ento.psu.edu/files/omnivorous-leafroller/view
 * Miller SE, Hodges RW (1995) Platynota stultana, the omnivorous leaf–roller, established in the Hawaiian Islands (Lepidoptera: Tortricidae). Bishop Museum Occasional Papers 42, 36–39.</t>
   </si>
   <si>
     <t>PEPMV0</t>
   </si>
   <si>
     <t>Potexvirus pepini</t>
   </si>
   <si>
     <t>* Jordá C, Lázaro Pérez A, Martinez PV, Lacasa A (2001) First report of Pepino mosaic virus on natural hosts. Plant Disease 85, 1292.</t>
   </si>
   <si>
     <t>PRODPR</t>
   </si>
   <si>
     <t>Spodoptera praefica (as Amaranthus)</t>
   </si>
   <si>
     <t>* British Columbia Ministry of Agriculture. Western yellowstriped armyworm (Spodoptera praefica). https://rdno.civicweb.net/document/127358/western-yellowstriped-armyworm.pdf?handle=3CD053B4F8D54F9CBB93F8D6D5572C27</t>
   </si>
   <si>
     <t>TOTV00</t>
   </si>
   <si>
-    <t>Torradovirus lycopersici (as Amaranthus)</t>
+    <t>Torradovirus lycopersici</t>
+  </si>
+  <si>
+    <t>* Alfaro-Fernández A, Córdoba-Sellés C, Cebrián MC, Herrera-Vásquez JA, Sánchez-Navarro JA, Juárez M, Espino A, Martín R, Jordá C (2008) First report of Tomato torrado virus on weed hosts in Spain. Plant Disease 92(5), 831. https://doi.org/10.1094/PDIS-92-5-0831B</t>
   </si>
   <si>
     <t>XANTCV</t>
   </si>
   <si>
     <t>Xanthomonas citri pv. viticola</t>
   </si>
   <si>
     <t>* Peixoto AR, Mariano RL, Moreira JO, Viana IO (2007) Alternative hosts of Xanthomonas campestris pv. Viticola. Fitopatologia Brasileira. 2007 32(2), 161-164.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -781,64 +784,66 @@
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>32</v>
       </c>
       <c r="B16" t="s">
         <v>48</v>
       </c>
       <c r="C16" t="s">
         <v>49</v>
       </c>
       <c r="D16" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>32</v>
       </c>
       <c r="B17" t="s">
         <v>51</v>
       </c>
       <c r="C17" t="s">
         <v>52</v>
       </c>
-      <c r="D17"/>
+      <c r="D17" t="s">
+        <v>53</v>
+      </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>32</v>
       </c>
       <c r="B18" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C18" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D18" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">