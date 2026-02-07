--- v0 (2025-10-09)
+++ v1 (2026-02-07)
@@ -216,90 +216,90 @@
   <si>
     <t>NACOBA</t>
   </si>
   <si>
     <t>Nacobbus aberrans sensu lato</t>
   </si>
   <si>
     <t>* Manzanilla-López RH, Costilla MA, Doucet M, Inserra RN, Lehman PS, Cid del Prado-Vera I, Souza RM, Evans K (2002) The genus Nacobbus Thorne &amp; Allen, 1944 (Nematoda: Pratylenchidae): systematics, distribution, biology and management. Nematropica 32, 149-226.</t>
   </si>
   <si>
     <t>TORSV0</t>
   </si>
   <si>
     <t>Nepovirus lycopersici</t>
   </si>
   <si>
     <t>* Abraham P, Banwo OO, Kashina BD, Alegbejo MD (2021) Detection of weed species infested by Tomato ringspot virus in field-grown tomato in Sudan savanna, Nigeria. Nigerian Journal of Plant Protection 35(2), 1-15.</t>
   </si>
   <si>
     <t>IYSV00</t>
   </si>
   <si>
     <t>Orthotospovirus iridimaculaflavi</t>
   </si>
   <si>
+    <t>GNORAB</t>
+  </si>
+  <si>
+    <t>Phthorimaea absoluta</t>
+  </si>
+  <si>
     <t>SCITDO</t>
   </si>
   <si>
     <t>Scirtothrips dorsalis</t>
   </si>
   <si>
     <t>* Sreerama Kumar P, Rachana RR (2021) Scirtothrips dorsalis (Thysanoptera: Thripidae) is a pest of celery, Apium graveolens (Apiales: Apiaceae): first report and diagnostic characters. Journal of Integrated Pest Management 12(1), 46. https://doi.org/10.1093/jipm/pmab039
 ------- Confirmed host.
 * Ravelo EE, Vaca JU, Arévalo EP, Delgado L, Díaz MF, Piñeros L, Castro AP, Brochero H, Goldarazena A (2018) Presence and distribution of Scirtothrips dorsalis Hood (Thysanoptera: Thripidae) in Colombia. Journal of Insect Science 18, 7. https://doi.org/10.1093/jisesa/iey092</t>
   </si>
   <si>
     <t>PRODPR</t>
   </si>
   <si>
     <t>Spodoptera praefica (as Amaranthus)</t>
   </si>
   <si>
     <t>* British Columbia Ministry of Agriculture. Western yellowstriped armyworm (Spodoptera praefica). https://rdno.civicweb.net/document/127358/western-yellowstriped-armyworm.pdf?handle=3CD053B4F8D54F9CBB93F8D6D5572C27</t>
   </si>
   <si>
     <t>THRIPL</t>
   </si>
   <si>
     <t>Thrips palmi</t>
   </si>
   <si>
     <t>* Kalpana Tillekaratne, Edirisinghe JP, Gunatilleke CVS, Karunaratne AIP (2011) A checklist of thrips species of Sri Lanka. Ceylon Journal of Science (Bio. Sci.) 40(2), 89-108.
 * Seal DR (2004) Management of melon thrips, Thrips palmi Karny (Thysanoptera: Thripidae): an integrated approach using chemical, cultural, and biological agents. Proceedings of the Florida State Horticultural Society 117, 63-68.</t>
   </si>
   <si>
     <t>TOTV00</t>
   </si>
   <si>
     <t>Torradovirus lycopersici (as Amaranthus)</t>
-  </si>
-[...4 lines deleted...]
-    <t>Tuta absoluta</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -905,93 +905,93 @@
         <v>60</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>36</v>
       </c>
       <c r="B20" t="s">
         <v>61</v>
       </c>
       <c r="C20" t="s">
         <v>62</v>
       </c>
       <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>36</v>
       </c>
       <c r="B21" t="s">
         <v>63</v>
       </c>
       <c r="C21" t="s">
         <v>64</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>36</v>
       </c>
       <c r="B22" t="s">
+        <v>65</v>
+      </c>
+      <c r="C22" t="s">
         <v>66</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>36</v>
       </c>
       <c r="B23" t="s">
+        <v>68</v>
+      </c>
+      <c r="C23" t="s">
         <v>69</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>36</v>
       </c>
       <c r="B24" t="s">
+        <v>71</v>
+      </c>
+      <c r="C24" t="s">
         <v>72</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>73</v>
       </c>
-      <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>36</v>
       </c>
       <c r="B25" t="s">
         <v>74</v>
       </c>
       <c r="C25" t="s">
         <v>75</v>
       </c>
       <c r="D25"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>