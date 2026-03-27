--- v0 (2025-10-09)
+++ v1 (2026-03-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="AMARE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PHYPZI</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma ziziphi'</t>
   </si>
   <si>
     <t>* Yang Y, Zhao WJ, Li ZH and Zhu SF (2011) Molecular Identification of a ‘Candidatus Phytoplasma ziziphi’-related strain infecting amaranth (Amaranthus retroflexus L.) in China. Journal of Phytopathology 159, 635–637.</t>
   </si>
   <si>
@@ -347,56 +347,50 @@
     <t>Tetranychus evansi</t>
   </si>
   <si>
     <t>* Denmark HA (1973) Tetranychus evansi Baker and Pritchard in Florida. (Acarina: Tetranychidae). Florida Department of Agriculture. Division of Plant Industry: 1.
 * Ferreira MA, Sousa ME (2011) Hosts and Distribution of the Spider Mite Tetranychus evansi (Acari: Tetranychidae) in Portugal. Hale, C., Xxviii International Horticultural Congress on Science and Horticulture for People, Leuven 1, Int Soc Horticultural Science, (917): 133-136.</t>
   </si>
   <si>
     <t>TOBRFV</t>
   </si>
   <si>
     <t>Tobamovirus fructirugosum</t>
   </si>
   <si>
     <t>* Salem NM, Abumuslem M, Turina M, Samarah N, Sulaiman A, Abu-Irmaileh B, Ata Y (2022) New weed hosts for tomato brown rugose fruit virus in wild Mediterranean vegetation. Plants 11, 2287. https://doi.org/10.3390/plants11172287
 -------- Confirmed host.</t>
   </si>
   <si>
     <t>TRV000</t>
   </si>
   <si>
     <t>Tobravirus tabaci</t>
   </si>
   <si>
     <t>* Dikova B (2006) Establishment of Tobacco rattle virus (TRV) in weeds and Cuscuta, Biotechnology &amp; Biotechnological Equipment 20(3), 42-48.
 * Locatelli EA, Allen TC, Koepsell PA, Appleby AP (1978) Diagnosis of tobacco rattle virus (TRV) and other viruses in weed and rotation crops in potato fields. American Potato Journal 55, 249-257.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Torradovirus lycopersici (as Amaranthus)</t>
   </si>
   <si>
     <t>GVA000</t>
   </si>
   <si>
     <t>Vitivirus alphavitis</t>
   </si>
   <si>
     <t>* Vončina D, Jagunić M, De Stradis A, Diaz-Lara A, Al Rwahnih M, Šćepanović M, Almeida RP (2024) New host plant species of grapevine virus A identified with vector-mediated infections. Plant Disease 108(1), 125-130.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -709,51 +703,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D35"/>
+  <dimension ref="A1:D34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="519.016" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1193,64 +1187,52 @@
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>39</v>
       </c>
       <c r="B33" t="s">
         <v>99</v>
       </c>
       <c r="C33" t="s">
         <v>100</v>
       </c>
       <c r="D33" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>39</v>
       </c>
       <c r="B34" t="s">
         <v>102</v>
       </c>
       <c r="C34" t="s">
         <v>103</v>
       </c>
-      <c r="D34"/>
-[...5 lines deleted...]
-      <c r="B35" t="s">
+      <c r="D34" t="s">
         <v>104</v>
-      </c>
-[...4 lines deleted...]
-        <v>106</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">