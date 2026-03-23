--- v0 (2025-10-18)
+++ v1 (2026-03-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="AMAQU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>DIABVZ</t>
   </si>
   <si>
     <t>Diabrotica virgifera zeae (as Amaranthus)</t>
   </si>
   <si>
     <t>* Clark SM, LeDoux DG, Seeno TN, Riley EG, Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada (Coleoptera: Megalopodidae, Orsodacnidae, Chrysomelidae, excluding Bruchinae). Coleopterists Society, Special Publication 2, 615 pp.
 ------- Adult host.</t>
   </si>
@@ -107,56 +107,50 @@
     <t>HELIZE</t>
   </si>
   <si>
     <t>Helicoverpa zea (as Amaranthus)</t>
   </si>
   <si>
     <t>* Kogan M, Helm CG, Kogan J, Brewer E (1989) Distribution and economic importance of Heliothis virescens and Heliothis zea in North, Central, and South America and of their natural enemies and host plants. InProceedings of the Workshop on Biological Control of Heliothis: Increasing the Effectiveness of Natural Enemies, New Delhi, India, 11-15 November 1985 1989. New Delhi, India: Office of International Cooperation &amp; Development, USDA.</t>
   </si>
   <si>
     <t>NACOBA</t>
   </si>
   <si>
     <t>Nacobbus aberrans sensu lato</t>
   </si>
   <si>
     <t>* Manzanilla-López RH, Costilla MA, Doucet M, Inserra RN, Lehman PS, Cid del Prado-Vera I, Souza RM, Evans K (2002) The genus Nacobbus Thorne &amp; Allen, 1944 (Nematoda: Pratylenchidae): systematics, distribution, biology and management. Nematropica 32, 149-226.</t>
   </si>
   <si>
     <t>PRODPR</t>
   </si>
   <si>
     <t>Spodoptera praefica (as Amaranthus)</t>
   </si>
   <si>
     <t>* British Columbia Ministry of Agriculture. Western yellowstriped armyworm (Spodoptera praefica). https://rdno.civicweb.net/document/127358/western-yellowstriped-armyworm.pdf?handle=3CD053B4F8D54F9CBB93F8D6D5572C27</t>
-  </si>
-[...4 lines deleted...]
-    <t>Torradovirus lycopersici (as Amaranthus)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -460,51 +454,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D10"/>
+  <dimension ref="A1:D9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="519.016" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -599,62 +593,50 @@
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>25</v>
       </c>
       <c r="C8" t="s">
         <v>26</v>
       </c>
       <c r="D8" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>28</v>
       </c>
       <c r="C9" t="s">
         <v>29</v>
       </c>
       <c r="D9" t="s">
         <v>30</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>