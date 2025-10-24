--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Basal core eudicots: Caryophyllales: Amaranthaceae: Amaranthoideae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Palmer amaranth (US), careless weed (US), dioecious amaranth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId617268e095bcde50a" w:history="1">
+            <w:hyperlink r:id="rId503168fb656ce3944" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId963068e095bcde54f" w:history="1">
+            <w:hyperlink r:id="rId790368fb656ce398b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AMAPA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="72313212" name="name985668e095bcde60d" descr="10397.jpg"/>
+                  <wp:docPr id="73271694" name="name713868fb656ce3a4f" descr="10397.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10397.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId779368e095bcde60c" cstate="print"/>
+                          <a:blip r:embed="rId244868fb656ce3a4e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId351068e095bcde6f2" w:history="1">
+            <w:hyperlink r:id="rId696268fb656ce3b62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -453,51 +453,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In North America, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. palmeri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been historically reported as native to the Sonoran Desert (covering a large part of Southwestern United States and Northwest Mexico) (Sauer, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId715168e095bcde7f4" w:history="1">
+      <w:hyperlink r:id="rId963668fb656ce3c5b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">1955</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Mosyakin &amp; Robertson, 1997). In recent decades, it has expanded its range to occupy many states across the USA but is most common and problematic in the southern tier states (Louisiana, Arkansas, Mississippi, Alabama, Florida, Georgia, North and South Carolina). The Canadian Food Inspection Agency (2018) details that the species is considered to be present but highlights the ‘significant uncertainty’ regarding the current status. It is unknown if populations of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -628,63 +628,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="45534498" name="name521168e095bcdf42b" descr="AMAPA_distribution_map.jpg"/>
+            <wp:docPr id="48301679" name="name505068fb656ce4718" descr="AMAPA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AMAPA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId938368e095bcdf428" cstate="print"/>
+                    <a:blip r:embed="rId996668fb656ce4716" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2616,51 +2616,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was also found in crop pollinator commercial seed mixtures in the USA (Oseland </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2017). Additionally, seed mixtures for conservation, pollination and seed mixtures for forage plants for mammals for hunting (e.g. see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId802768e095bce038e" w:history="1">
+      <w:hyperlink r:id="rId252868fb656ce5606" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantbiologic.com/products/last‐bite‐food‐plot‐seed</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) will be placed directly in habitats that can be suitable for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3431,51 +3431,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, respectively, with ‘marketable’ grade reduced 36 and 81% at these densities (Meyers </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., </w:t>
       </w:r>
-      <w:hyperlink r:id="rId874168e095bce091a" w:history="1">
+      <w:hyperlink r:id="rId503068fb656ce6b33" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">2010</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). The threshold density of Palmer amaranth [</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5253,51 +5253,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 229–238.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BICON (2019) Australian Biosecurity Import Conditions. Australia Department of Agriculture and Water Resources. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId755968e095bce14c2" w:history="1">
+      <w:hyperlink r:id="rId690668fb656ce76fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://bicon.agriculture.gov.au/BiconWeb4.0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 April 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5408,63 +5408,63 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cossu TA, Lozano V, Stuppy W &amp; Brundu G (2019) Seed contaminants: an overlooked pathway for the introduction of non-native plants in Sardinia (Italy). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Biosystems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId468468e095bce15bd" w:history="1">
+      <w:hyperlink r:id="rId145468fb656ce7800" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId473368e095bce15d0" w:history="1">
+      <w:hyperlink r:id="rId455268fb656ce7813" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">1080/11263504.2019.1701123</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5655,51 +5655,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId323568e095bce1747" w:history="1">
+      <w:hyperlink r:id="rId514668fb656ce79a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AMAPA/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 March 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5743,51 +5743,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 54–56.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of Israel Online (2019) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId611668e095bce17d4" w:history="1">
+      <w:hyperlink r:id="rId123368fb656ce7a37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ﬂora.org.il/en/plants/AMAPAL/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6018,51 +6018,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 869–875.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heap I (2020) The International Survey of herbicide resistant weeds. Online. Internet. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId557168e095bce1999" w:history="1">
+      <w:hyperlink r:id="rId552968fb656ce7bee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weedscience.org/Summary/Species.aspx?WeedID=14</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 January 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7194,51 +7194,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PFAF (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus palmeri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> – S.Watson. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId462868e095bce2112" w:history="1">
+      <w:hyperlink r:id="rId674368fb656ce833e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 28 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7601,51 +7601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Steckel E (2007) The Dioecious </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. Weed Technology 21, 567–570. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId975168e095bce23ad" w:history="1">
+      <w:hyperlink r:id="rId437268fb656ce85ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.bioone.org/doi/full/10.1614/WT-06-045.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7727,51 +7727,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S. Watson. USDA. MT-2017.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2019) State noxious-weed seed requirements recognized in the administration of the Federal Seed Act. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId879268e095bce2491" w:history="1">
+      <w:hyperlink r:id="rId689668fb656cea747" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ams.usda.gov/sites/default/files/media/StateNoxiousWeedsSeedList.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 11 November 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8116,176 +8116,176 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 518-523.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">WSU (2020) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId816768e095bce272f" w:history="1">
+      <w:hyperlink r:id="rId238868fb656cea9dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://treefruit.wsu.edu/article/palmer-amaranth-national-pest-alert/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 January 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">WTO (2018) Sanitary and Phytosanitary Information Management System. World Trade Organization. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId127768e095bce276e" w:history="1">
+      <w:hyperlink r:id="rId939268fb656ceaa1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://spsims.wto.org/en/RegularNotifications/View/140521?FromAllNotifications=True</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Archived at PERAL).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">WTO (World Trade Organization) (2019) China – Measures concerning the import of canola seed from Canada. Request for consultation by Canada. 19–5878. 12 September 2019. WT/DS589/1, G/L/1324 G/SPS/GEN/1727, G/TFA/D2/1, 1–7. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId360668e095bce27ae" w:history="1">
+      <w:hyperlink r:id="rId126368fb656ceaa5e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://docs.wto.org/dol2fe/Pages/SS/directdoc.aspx?ﬁlename=q:/WT/DS/589-1.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on 16 March 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:hyperlink r:id="rId788468e095bce27f5" w:history="1"/>
-[...7 lines deleted...]
-      <w:hyperlink r:id="rId155568e095bce281d" w:history="1"/>
+      <w:hyperlink r:id="rId787868fb656ceaaa5" w:history="1"/>
+      <w:hyperlink r:id="rId669168fb656ceaaab" w:history="1"/>
+      <w:hyperlink r:id="rId970968fb656ceaab0" w:history="1"/>
+      <w:hyperlink r:id="rId149868fb656ceaab5" w:history="1"/>
+      <w:hyperlink r:id="rId747868fb656ceaaba" w:history="1"/>
+      <w:hyperlink r:id="rId577568fb656ceaabf" w:history="1"/>
+      <w:hyperlink r:id="rId325368fb656ceaac4" w:history="1"/>
+      <w:hyperlink r:id="rId576568fb656ceaac9" w:history="1"/>
+      <w:hyperlink r:id="rId956168fb656ceaace" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -8382,51 +8382,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus palmeri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId286468e095bce2932" w:history="1">
+      <w:hyperlink r:id="rId783668fb656ceabd3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8511,51 +8511,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 535-542. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId400768e095bce2a01" w:history="1">
+      <w:hyperlink r:id="rId470168fb656ceaca6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12715</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -8651,137 +8651,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="29872976">
+  <w:abstractNum w:abstractNumId="63846940">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49701115">
+    <w:lvl w:ilvl="0" w:tplc="95983187">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="49701115" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="95983187" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="49701115" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="95983187" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="49701115" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="95983187" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="49701115" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="95983187" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="49701115" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="95983187" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="49701115" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="95983187" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="49701115" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="95983187" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="49701115" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="95983187" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29872975">
+  <w:abstractNum w:abstractNumId="63846939">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75369120">
+    <w:lvl w:ilvl="0" w:tplc="59246852">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9533,55 +9533,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="29872975">
-    <w:abstractNumId w:val="29872975"/>
+  <w:num w:numId="63846939">
+    <w:abstractNumId w:val="63846939"/>
   </w:num>
-  <w:num w:numId="29872976">
-    <w:abstractNumId w:val="29872976"/>
+  <w:num w:numId="63846940">
+    <w:abstractNumId w:val="63846940"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21131,51 +21131,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId142922078" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId856095061" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId617268e095bcde50a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/" TargetMode="External"/><Relationship Id="rId963068e095bcde54f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/categorization" TargetMode="External"/><Relationship Id="rId351068e095bcde6f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/photos" TargetMode="External"/><Relationship Id="rId715168e095bcde7f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/full/10.1111/epp.12715#epp12715-bib-0042" TargetMode="External"/><Relationship Id="rId802768e095bce038e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiologic.com/products/last-bite-food-plot-seed" TargetMode="External"/><Relationship Id="rId874168e095bce091a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/full/10.1111/epp.12715#epp12715-bib-0027" TargetMode="External"/><Relationship Id="rId755968e095bce14c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bicon.agriculture.gov.au/BiconWeb4.0" TargetMode="External"/><Relationship Id="rId468468e095bce15bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%201080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId473368e095bce15d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%201080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId323568e095bce1747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/documents" TargetMode="External"/><Relationship Id="rId611668e095bce17d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%EF%AC%82ora.org.il/en/plants/AMAPAL/" TargetMode="External"/><Relationship Id="rId557168e095bce1999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId462868e095bce2112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId975168e095bce23ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bioone.org/doi/full/10.1614/WT-06-045.1" TargetMode="External"/><Relationship Id="rId879268e095bce2491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/sites/default/files/media/StateNoxiousWeedsSeedList.pdf" TargetMode="External"/><Relationship Id="rId816768e095bce272f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://treefruit.wsu.edu/article/palmer-amaranth-national-pest-alert/" TargetMode="External"/><Relationship Id="rId127768e095bce276e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://spsims.wto.org/en/RegularNotifications/View/140521?FromAllNotifications=True" TargetMode="External"/><Relationship Id="rId360668e095bce27ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.wto.org/dol2fe/Pages/SS/directdoc.aspx?%EF%AC%81lename=q:/WT/DS/589-1.pdf" TargetMode="External"/><Relationship Id="rId788468e095bce27f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId599068e095bce27fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId210468e095bce2800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/documents" TargetMode="External"/><Relationship Id="rId820168e095bce2805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flora.org.il/en/plants/AMAPAL/" TargetMode="External"/><Relationship Id="rId950168e095bce280a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId816768e095bce280f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId585768e095bce2814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId169168e095bce2819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId155568e095bce281d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bioone.org/doi/full/10.1614/WT-06-045.1" TargetMode="External"/><Relationship Id="rId286468e095bce2932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId400768e095bce2a01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12715" TargetMode="External"/><Relationship Id="rId779368e095bcde60c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId779368e095bcde60c.jpg"/><Relationship Id="rId938368e095bcdf428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId938368e095bcdf428.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId284471457" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId677279283" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId503168fb656ce3944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/" TargetMode="External"/><Relationship Id="rId790368fb656ce398b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/categorization" TargetMode="External"/><Relationship Id="rId696268fb656ce3b62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/photos" TargetMode="External"/><Relationship Id="rId963668fb656ce3c5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/full/10.1111/epp.12715#epp12715-bib-0042" TargetMode="External"/><Relationship Id="rId252868fb656ce5606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiologic.com/products/last-bite-food-plot-seed" TargetMode="External"/><Relationship Id="rId503068fb656ce6b33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/full/10.1111/epp.12715#epp12715-bib-0027" TargetMode="External"/><Relationship Id="rId690668fb656ce76fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bicon.agriculture.gov.au/BiconWeb4.0" TargetMode="External"/><Relationship Id="rId145468fb656ce7800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%201080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId455268fb656ce7813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%201080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId514668fb656ce79a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/documents" TargetMode="External"/><Relationship Id="rId123368fb656ce7a37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%EF%AC%82ora.org.il/en/plants/AMAPAL/" TargetMode="External"/><Relationship Id="rId552968fb656ce7bee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId674368fb656ce833e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId437268fb656ce85ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bioone.org/doi/full/10.1614/WT-06-045.1" TargetMode="External"/><Relationship Id="rId689668fb656cea747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/sites/default/files/media/StateNoxiousWeedsSeedList.pdf" TargetMode="External"/><Relationship Id="rId238868fb656cea9dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://treefruit.wsu.edu/article/palmer-amaranth-national-pest-alert/" TargetMode="External"/><Relationship Id="rId939268fb656ceaa1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://spsims.wto.org/en/RegularNotifications/View/140521?FromAllNotifications=True" TargetMode="External"/><Relationship Id="rId126368fb656ceaa5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.wto.org/dol2fe/Pages/SS/directdoc.aspx?%EF%AC%81lename=q:/WT/DS/589-1.pdf" TargetMode="External"/><Relationship Id="rId787868fb656ceaaa5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId669168fb656ceaaab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId970968fb656ceaab0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/documents" TargetMode="External"/><Relationship Id="rId149868fb656ceaab5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flora.org.il/en/plants/AMAPAL/" TargetMode="External"/><Relationship Id="rId747868fb656ceaaba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId577568fb656ceaabf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId325368fb656ceaac4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId576568fb656ceaac9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId956168fb656ceaace" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bioone.org/doi/full/10.1614/WT-06-045.1" TargetMode="External"/><Relationship Id="rId783668fb656ceabd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId470168fb656ceaca6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12715" TargetMode="External"/><Relationship Id="rId244868fb656ce3a4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId244868fb656ce3a4e.jpg"/><Relationship Id="rId996668fb656ce4716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId996668fb656ce4716.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>