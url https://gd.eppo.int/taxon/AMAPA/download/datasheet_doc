--- v1 (2025-10-24)
+++ v2 (2025-11-16)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Basal core eudicots: Caryophyllales: Amaranthaceae: Amaranthoideae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Palmer amaranth (US), careless weed (US), dioecious amaranth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId503168fb656ce3944" w:history="1">
+            <w:hyperlink r:id="rId841469196b1e84dc4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId790368fb656ce398b" w:history="1">
+            <w:hyperlink r:id="rId848469196b1e84e0d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AMAPA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="73271694" name="name713868fb656ce3a4f" descr="10397.jpg"/>
+                  <wp:docPr id="23103743" name="name486969196b1e85792" descr="10397.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10397.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId244868fb656ce3a4e" cstate="print"/>
+                          <a:blip r:embed="rId977469196b1e85791" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId696268fb656ce3b62" w:history="1">
+            <w:hyperlink r:id="rId646569196b1e858c6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -453,51 +453,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In North America, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. palmeri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been historically reported as native to the Sonoran Desert (covering a large part of Southwestern United States and Northwest Mexico) (Sauer, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId963668fb656ce3c5b" w:history="1">
+      <w:hyperlink r:id="rId122869196b1e859dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">1955</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Mosyakin &amp; Robertson, 1997). In recent decades, it has expanded its range to occupy many states across the USA but is most common and problematic in the southern tier states (Louisiana, Arkansas, Mississippi, Alabama, Florida, Georgia, North and South Carolina). The Canadian Food Inspection Agency (2018) details that the species is considered to be present but highlights the ‘significant uncertainty’ regarding the current status. It is unknown if populations of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -628,63 +628,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="48301679" name="name505068fb656ce4718" descr="AMAPA_distribution_map.jpg"/>
+            <wp:docPr id="91830136" name="name716069196b1e868ac" descr="AMAPA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AMAPA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId996668fb656ce4716" cstate="print"/>
+                    <a:blip r:embed="rId863069196b1e868aa" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2616,51 +2616,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was also found in crop pollinator commercial seed mixtures in the USA (Oseland </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2017). Additionally, seed mixtures for conservation, pollination and seed mixtures for forage plants for mammals for hunting (e.g. see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId252868fb656ce5606" w:history="1">
+      <w:hyperlink r:id="rId356069196b1e87783" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantbiologic.com/products/last‐bite‐food‐plot‐seed</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) will be placed directly in habitats that can be suitable for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3431,51 +3431,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, respectively, with ‘marketable’ grade reduced 36 and 81% at these densities (Meyers </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., </w:t>
       </w:r>
-      <w:hyperlink r:id="rId503068fb656ce6b33" w:history="1">
+      <w:hyperlink r:id="rId510369196b1e87caa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">2010</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). The threshold density of Palmer amaranth [</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5253,51 +5253,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 229–238.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BICON (2019) Australian Biosecurity Import Conditions. Australia Department of Agriculture and Water Resources. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId690668fb656ce76fb" w:history="1">
+      <w:hyperlink r:id="rId560069196b1e8883a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://bicon.agriculture.gov.au/BiconWeb4.0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 April 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5408,63 +5408,63 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cossu TA, Lozano V, Stuppy W &amp; Brundu G (2019) Seed contaminants: an overlooked pathway for the introduction of non-native plants in Sardinia (Italy). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Biosystems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId145468fb656ce7800" w:history="1">
+      <w:hyperlink r:id="rId132869196b1e88936" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId455268fb656ce7813" w:history="1">
+      <w:hyperlink r:id="rId295269196b1e88949" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">1080/11263504.2019.1701123</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5655,51 +5655,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId514668fb656ce79a3" w:history="1">
+      <w:hyperlink r:id="rId901769196b1e88ac2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AMAPA/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 March 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5743,51 +5743,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 54–56.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of Israel Online (2019) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId123368fb656ce7a37" w:history="1">
+      <w:hyperlink r:id="rId987469196b1e88b65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ﬂora.org.il/en/plants/AMAPAL/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6018,51 +6018,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 869–875.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heap I (2020) The International Survey of herbicide resistant weeds. Online. Internet. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId552968fb656ce7bee" w:history="1">
+      <w:hyperlink r:id="rId637769196b1e88d22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weedscience.org/Summary/Species.aspx?WeedID=14</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 January 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7194,51 +7194,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PFAF (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus palmeri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> – S.Watson. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId674368fb656ce833e" w:history="1">
+      <w:hyperlink r:id="rId515669196b1e89482" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 28 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7601,51 +7601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Steckel E (2007) The Dioecious </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. Weed Technology 21, 567–570. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId437268fb656ce85ec" w:history="1">
+      <w:hyperlink r:id="rId770769196b1e89714" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.bioone.org/doi/full/10.1614/WT-06-045.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7727,51 +7727,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S. Watson. USDA. MT-2017.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2019) State noxious-weed seed requirements recognized in the administration of the Federal Seed Act. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId689668fb656cea747" w:history="1">
+      <w:hyperlink r:id="rId827669196b1e897e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ams.usda.gov/sites/default/files/media/StateNoxiousWeedsSeedList.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 11 November 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8116,176 +8116,176 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 518-523.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">WSU (2020) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId238868fb656cea9dc" w:history="1">
+      <w:hyperlink r:id="rId221969196b1e89a4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://treefruit.wsu.edu/article/palmer-amaranth-national-pest-alert/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 January 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">WTO (2018) Sanitary and Phytosanitary Information Management System. World Trade Organization. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId939268fb656ceaa1d" w:history="1">
+      <w:hyperlink r:id="rId739169196b1e89a8d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://spsims.wto.org/en/RegularNotifications/View/140521?FromAllNotifications=True</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Archived at PERAL).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">WTO (World Trade Organization) (2019) China – Measures concerning the import of canola seed from Canada. Request for consultation by Canada. 19–5878. 12 September 2019. WT/DS589/1, G/L/1324 G/SPS/GEN/1727, G/TFA/D2/1, 1–7. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId126368fb656ceaa5e" w:history="1">
+      <w:hyperlink r:id="rId451669196b1e89ace" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://docs.wto.org/dol2fe/Pages/SS/directdoc.aspx?ﬁlename=q:/WT/DS/589-1.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on 16 March 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:hyperlink r:id="rId787868fb656ceaaa5" w:history="1"/>
-[...7 lines deleted...]
-      <w:hyperlink r:id="rId956168fb656ceaace" w:history="1"/>
+      <w:hyperlink r:id="rId366669196b1e89b25" w:history="1"/>
+      <w:hyperlink r:id="rId763369196b1e89b2b" w:history="1"/>
+      <w:hyperlink r:id="rId546469196b1e89b30" w:history="1"/>
+      <w:hyperlink r:id="rId377269196b1e89b35" w:history="1"/>
+      <w:hyperlink r:id="rId350169196b1e89b39" w:history="1"/>
+      <w:hyperlink r:id="rId917069196b1e89b3e" w:history="1"/>
+      <w:hyperlink r:id="rId511169196b1e89b43" w:history="1"/>
+      <w:hyperlink r:id="rId395469196b1e89b48" w:history="1"/>
+      <w:hyperlink r:id="rId904669196b1e89b4d" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -8382,51 +8382,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus palmeri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId783668fb656ceabd3" w:history="1">
+      <w:hyperlink r:id="rId190869196b1e89c44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8511,51 +8511,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 535-542. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId470168fb656ceaca6" w:history="1">
+      <w:hyperlink r:id="rId414069196b1e89d15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12715</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -8651,137 +8651,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="63846940">
+  <w:abstractNum w:abstractNumId="23063556">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95983187">
+    <w:lvl w:ilvl="0" w:tplc="74817030">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="95983187" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="74817030" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="95983187" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="74817030" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="95983187" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="74817030" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="95983187" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="74817030" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="95983187" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="74817030" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="95983187" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="74817030" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="95983187" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="74817030" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="95983187" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="74817030" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="63846939">
+  <w:abstractNum w:abstractNumId="23063555">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59246852">
+    <w:lvl w:ilvl="0" w:tplc="46749540">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9533,55 +9533,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="63846939">
-    <w:abstractNumId w:val="63846939"/>
+  <w:num w:numId="23063555">
+    <w:abstractNumId w:val="23063555"/>
   </w:num>
-  <w:num w:numId="63846940">
-    <w:abstractNumId w:val="63846940"/>
+  <w:num w:numId="23063556">
+    <w:abstractNumId w:val="23063556"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21131,51 +21131,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId284471457" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId677279283" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId503168fb656ce3944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/" TargetMode="External"/><Relationship Id="rId790368fb656ce398b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/categorization" TargetMode="External"/><Relationship Id="rId696268fb656ce3b62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/photos" TargetMode="External"/><Relationship Id="rId963668fb656ce3c5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/full/10.1111/epp.12715#epp12715-bib-0042" TargetMode="External"/><Relationship Id="rId252868fb656ce5606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiologic.com/products/last-bite-food-plot-seed" TargetMode="External"/><Relationship Id="rId503068fb656ce6b33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/full/10.1111/epp.12715#epp12715-bib-0027" TargetMode="External"/><Relationship Id="rId690668fb656ce76fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bicon.agriculture.gov.au/BiconWeb4.0" TargetMode="External"/><Relationship Id="rId145468fb656ce7800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%201080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId455268fb656ce7813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%201080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId514668fb656ce79a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/documents" TargetMode="External"/><Relationship Id="rId123368fb656ce7a37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%EF%AC%82ora.org.il/en/plants/AMAPAL/" TargetMode="External"/><Relationship Id="rId552968fb656ce7bee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId674368fb656ce833e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId437268fb656ce85ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bioone.org/doi/full/10.1614/WT-06-045.1" TargetMode="External"/><Relationship Id="rId689668fb656cea747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/sites/default/files/media/StateNoxiousWeedsSeedList.pdf" TargetMode="External"/><Relationship Id="rId238868fb656cea9dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://treefruit.wsu.edu/article/palmer-amaranth-national-pest-alert/" TargetMode="External"/><Relationship Id="rId939268fb656ceaa1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://spsims.wto.org/en/RegularNotifications/View/140521?FromAllNotifications=True" TargetMode="External"/><Relationship Id="rId126368fb656ceaa5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.wto.org/dol2fe/Pages/SS/directdoc.aspx?%EF%AC%81lename=q:/WT/DS/589-1.pdf" TargetMode="External"/><Relationship Id="rId787868fb656ceaaa5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId669168fb656ceaaab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId970968fb656ceaab0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/documents" TargetMode="External"/><Relationship Id="rId149868fb656ceaab5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flora.org.il/en/plants/AMAPAL/" TargetMode="External"/><Relationship Id="rId747868fb656ceaaba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId577568fb656ceaabf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId325368fb656ceaac4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId576568fb656ceaac9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId956168fb656ceaace" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bioone.org/doi/full/10.1614/WT-06-045.1" TargetMode="External"/><Relationship Id="rId783668fb656ceabd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId470168fb656ceaca6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12715" TargetMode="External"/><Relationship Id="rId244868fb656ce3a4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId244868fb656ce3a4e.jpg"/><Relationship Id="rId996668fb656ce4716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId996668fb656ce4716.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId460885431" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId582219663" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId841469196b1e84dc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/" TargetMode="External"/><Relationship Id="rId848469196b1e84e0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/categorization" TargetMode="External"/><Relationship Id="rId646569196b1e858c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/photos" TargetMode="External"/><Relationship Id="rId122869196b1e859dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/full/10.1111/epp.12715#epp12715-bib-0042" TargetMode="External"/><Relationship Id="rId356069196b1e87783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiologic.com/products/last-bite-food-plot-seed" TargetMode="External"/><Relationship Id="rId510369196b1e87caa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/full/10.1111/epp.12715#epp12715-bib-0027" TargetMode="External"/><Relationship Id="rId560069196b1e8883a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bicon.agriculture.gov.au/BiconWeb4.0" TargetMode="External"/><Relationship Id="rId132869196b1e88936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%201080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId295269196b1e88949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%201080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId901769196b1e88ac2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/documents" TargetMode="External"/><Relationship Id="rId987469196b1e88b65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%EF%AC%82ora.org.il/en/plants/AMAPAL/" TargetMode="External"/><Relationship Id="rId637769196b1e88d22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId515669196b1e89482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId770769196b1e89714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bioone.org/doi/full/10.1614/WT-06-045.1" TargetMode="External"/><Relationship Id="rId827669196b1e897e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/sites/default/files/media/StateNoxiousWeedsSeedList.pdf" TargetMode="External"/><Relationship Id="rId221969196b1e89a4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://treefruit.wsu.edu/article/palmer-amaranth-national-pest-alert/" TargetMode="External"/><Relationship Id="rId739169196b1e89a8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://spsims.wto.org/en/RegularNotifications/View/140521?FromAllNotifications=True" TargetMode="External"/><Relationship Id="rId451669196b1e89ace" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.wto.org/dol2fe/Pages/SS/directdoc.aspx?%EF%AC%81lename=q:/WT/DS/589-1.pdf" TargetMode="External"/><Relationship Id="rId366669196b1e89b25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId763369196b1e89b2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId546469196b1e89b30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/documents" TargetMode="External"/><Relationship Id="rId377269196b1e89b35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flora.org.il/en/plants/AMAPAL/" TargetMode="External"/><Relationship Id="rId350169196b1e89b39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId917069196b1e89b3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId511169196b1e89b43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId395469196b1e89b48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId904669196b1e89b4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bioone.org/doi/full/10.1614/WT-06-045.1" TargetMode="External"/><Relationship Id="rId190869196b1e89c44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId414069196b1e89d15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12715" TargetMode="External"/><Relationship Id="rId977469196b1e85791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId977469196b1e85791.jpg"/><Relationship Id="rId863069196b1e868aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId863069196b1e868aa.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>