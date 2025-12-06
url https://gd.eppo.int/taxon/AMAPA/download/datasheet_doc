--- v2 (2025-11-16)
+++ v3 (2025-12-06)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Basal core eudicots: Caryophyllales: Amaranthaceae: Amaranthoideae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Palmer amaranth (US), careless weed (US), dioecious amaranth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId841469196b1e84dc4" w:history="1">
+            <w:hyperlink r:id="rId290969341014977e5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId848469196b1e84e0d" w:history="1">
+            <w:hyperlink r:id="rId3032693410149782b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AMAPA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="23103743" name="name486969196b1e85792" descr="10397.jpg"/>
+                  <wp:docPr id="94934899" name="name22286934101497dbd" descr="10397.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10397.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId977469196b1e85791" cstate="print"/>
+                          <a:blip r:embed="rId61326934101497dbb" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId646569196b1e858c6" w:history="1">
+            <w:hyperlink r:id="rId73866934101497ed5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -453,51 +453,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In North America, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. palmeri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been historically reported as native to the Sonoran Desert (covering a large part of Southwestern United States and Northwest Mexico) (Sauer, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId122869196b1e859dc" w:history="1">
+      <w:hyperlink r:id="rId93826934101497fe9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">1955</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Mosyakin &amp; Robertson, 1997). In recent decades, it has expanded its range to occupy many states across the USA but is most common and problematic in the southern tier states (Louisiana, Arkansas, Mississippi, Alabama, Florida, Georgia, North and South Carolina). The Canadian Food Inspection Agency (2018) details that the species is considered to be present but highlights the ‘significant uncertainty’ regarding the current status. It is unknown if populations of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -628,63 +628,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="91830136" name="name716069196b1e868ac" descr="AMAPA_distribution_map.jpg"/>
+            <wp:docPr id="3618996" name="name24026934101498dea" descr="AMAPA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AMAPA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId863069196b1e868aa" cstate="print"/>
+                    <a:blip r:embed="rId46866934101498de7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2616,51 +2616,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was also found in crop pollinator commercial seed mixtures in the USA (Oseland </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2017). Additionally, seed mixtures for conservation, pollination and seed mixtures for forage plants for mammals for hunting (e.g. see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId356069196b1e87783" w:history="1">
+      <w:hyperlink r:id="rId44916934101499e95" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantbiologic.com/products/last‐bite‐food‐plot‐seed</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) will be placed directly in habitats that can be suitable for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3431,51 +3431,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, respectively, with ‘marketable’ grade reduced 36 and 81% at these densities (Meyers </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., </w:t>
       </w:r>
-      <w:hyperlink r:id="rId510369196b1e87caa" w:history="1">
+      <w:hyperlink r:id="rId6200693410149a458" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">2010</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). The threshold density of Palmer amaranth [</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5253,51 +5253,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 229–238.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BICON (2019) Australian Biosecurity Import Conditions. Australia Department of Agriculture and Water Resources. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId560069196b1e8883a" w:history="1">
+      <w:hyperlink r:id="rId7636693410149b174" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://bicon.agriculture.gov.au/BiconWeb4.0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 April 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5408,63 +5408,63 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cossu TA, Lozano V, Stuppy W &amp; Brundu G (2019) Seed contaminants: an overlooked pathway for the introduction of non-native plants in Sardinia (Italy). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Biosystems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId132869196b1e88936" w:history="1">
+      <w:hyperlink r:id="rId2446693410149b274" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId295269196b1e88949" w:history="1">
+      <w:hyperlink r:id="rId2916693410149b287" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">1080/11263504.2019.1701123</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5655,51 +5655,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId901769196b1e88ac2" w:history="1">
+      <w:hyperlink r:id="rId1995693410149b41d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AMAPA/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 March 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5743,51 +5743,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 54–56.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of Israel Online (2019) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId987469196b1e88b65" w:history="1">
+      <w:hyperlink r:id="rId7892693410149b4c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ﬂora.org.il/en/plants/AMAPAL/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6018,51 +6018,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 869–875.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heap I (2020) The International Survey of herbicide resistant weeds. Online. Internet. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId637769196b1e88d22" w:history="1">
+      <w:hyperlink r:id="rId4429693410149b6c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weedscience.org/Summary/Species.aspx?WeedID=14</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 January 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7194,51 +7194,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PFAF (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus palmeri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> – S.Watson. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId515669196b1e89482" w:history="1">
+      <w:hyperlink r:id="rId5672693410149bf7e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 28 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7601,51 +7601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Steckel E (2007) The Dioecious </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. Weed Technology 21, 567–570. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId770769196b1e89714" w:history="1">
+      <w:hyperlink r:id="rId3570693410149c268" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.bioone.org/doi/full/10.1614/WT-06-045.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7727,51 +7727,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S. Watson. USDA. MT-2017.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2019) State noxious-weed seed requirements recognized in the administration of the Federal Seed Act. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId827669196b1e897e1" w:history="1">
+      <w:hyperlink r:id="rId3126693410149c338" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ams.usda.gov/sites/default/files/media/StateNoxiousWeedsSeedList.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 11 November 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8116,176 +8116,176 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 518-523.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">WSU (2020) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId221969196b1e89a4f" w:history="1">
+      <w:hyperlink r:id="rId6326693410149c5bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://treefruit.wsu.edu/article/palmer-amaranth-national-pest-alert/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 January 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">WTO (2018) Sanitary and Phytosanitary Information Management System. World Trade Organization. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId739169196b1e89a8d" w:history="1">
+      <w:hyperlink r:id="rId5730693410149c5fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://spsims.wto.org/en/RegularNotifications/View/140521?FromAllNotifications=True</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Archived at PERAL).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">WTO (World Trade Organization) (2019) China – Measures concerning the import of canola seed from Canada. Request for consultation by Canada. 19–5878. 12 September 2019. WT/DS589/1, G/L/1324 G/SPS/GEN/1727, G/TFA/D2/1, 1–7. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId451669196b1e89ace" w:history="1">
+      <w:hyperlink r:id="rId2560693410149c63e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://docs.wto.org/dol2fe/Pages/SS/directdoc.aspx?ﬁlename=q:/WT/DS/589-1.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on 16 March 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:hyperlink r:id="rId366669196b1e89b25" w:history="1"/>
-[...7 lines deleted...]
-      <w:hyperlink r:id="rId904669196b1e89b4d" w:history="1"/>
+      <w:hyperlink r:id="rId7797693410149c6ad" w:history="1"/>
+      <w:hyperlink r:id="rId9451693410149c6b3" w:history="1"/>
+      <w:hyperlink r:id="rId1865693410149c6b9" w:history="1"/>
+      <w:hyperlink r:id="rId3696693410149c6bd" w:history="1"/>
+      <w:hyperlink r:id="rId9321693410149c6c2" w:history="1"/>
+      <w:hyperlink r:id="rId8528693410149c6c7" w:history="1"/>
+      <w:hyperlink r:id="rId2966693410149c6cc" w:history="1"/>
+      <w:hyperlink r:id="rId9359693410149c6d1" w:history="1"/>
+      <w:hyperlink r:id="rId6547693410149c6d6" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -8382,51 +8382,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus palmeri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId190869196b1e89c44" w:history="1">
+      <w:hyperlink r:id="rId7045693410149c7df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8511,51 +8511,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 535-542. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId414069196b1e89d15" w:history="1">
+      <w:hyperlink r:id="rId5990693410149c8e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12715</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -8651,137 +8651,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="23063556">
+  <w:abstractNum w:abstractNumId="20370740">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74817030">
+    <w:lvl w:ilvl="0" w:tplc="59240887">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="74817030" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="59240887" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="74817030" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="59240887" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="74817030" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="59240887" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="74817030" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="59240887" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="74817030" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="59240887" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="74817030" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="59240887" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="74817030" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="59240887" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="74817030" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="59240887" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23063555">
+  <w:abstractNum w:abstractNumId="20370739">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46749540">
+    <w:lvl w:ilvl="0" w:tplc="52679880">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9533,55 +9533,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="23063555">
-    <w:abstractNumId w:val="23063555"/>
+  <w:num w:numId="20370739">
+    <w:abstractNumId w:val="20370739"/>
   </w:num>
-  <w:num w:numId="23063556">
-    <w:abstractNumId w:val="23063556"/>
+  <w:num w:numId="20370740">
+    <w:abstractNumId w:val="20370740"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21131,51 +21131,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId460885431" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId582219663" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId841469196b1e84dc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/" TargetMode="External"/><Relationship Id="rId848469196b1e84e0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/categorization" TargetMode="External"/><Relationship Id="rId646569196b1e858c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/photos" TargetMode="External"/><Relationship Id="rId122869196b1e859dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/full/10.1111/epp.12715#epp12715-bib-0042" TargetMode="External"/><Relationship Id="rId356069196b1e87783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiologic.com/products/last-bite-food-plot-seed" TargetMode="External"/><Relationship Id="rId510369196b1e87caa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/full/10.1111/epp.12715#epp12715-bib-0027" TargetMode="External"/><Relationship Id="rId560069196b1e8883a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bicon.agriculture.gov.au/BiconWeb4.0" TargetMode="External"/><Relationship Id="rId132869196b1e88936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%201080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId295269196b1e88949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%201080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId901769196b1e88ac2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/documents" TargetMode="External"/><Relationship Id="rId987469196b1e88b65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%EF%AC%82ora.org.il/en/plants/AMAPAL/" TargetMode="External"/><Relationship Id="rId637769196b1e88d22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId515669196b1e89482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId770769196b1e89714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bioone.org/doi/full/10.1614/WT-06-045.1" TargetMode="External"/><Relationship Id="rId827669196b1e897e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/sites/default/files/media/StateNoxiousWeedsSeedList.pdf" TargetMode="External"/><Relationship Id="rId221969196b1e89a4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://treefruit.wsu.edu/article/palmer-amaranth-national-pest-alert/" TargetMode="External"/><Relationship Id="rId739169196b1e89a8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://spsims.wto.org/en/RegularNotifications/View/140521?FromAllNotifications=True" TargetMode="External"/><Relationship Id="rId451669196b1e89ace" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.wto.org/dol2fe/Pages/SS/directdoc.aspx?%EF%AC%81lename=q:/WT/DS/589-1.pdf" TargetMode="External"/><Relationship Id="rId366669196b1e89b25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId763369196b1e89b2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId546469196b1e89b30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/documents" TargetMode="External"/><Relationship Id="rId377269196b1e89b35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flora.org.il/en/plants/AMAPAL/" TargetMode="External"/><Relationship Id="rId350169196b1e89b39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId917069196b1e89b3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId511169196b1e89b43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId395469196b1e89b48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId904669196b1e89b4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bioone.org/doi/full/10.1614/WT-06-045.1" TargetMode="External"/><Relationship Id="rId190869196b1e89c44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId414069196b1e89d15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12715" TargetMode="External"/><Relationship Id="rId977469196b1e85791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId977469196b1e85791.jpg"/><Relationship Id="rId863069196b1e868aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId863069196b1e868aa.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId746056362" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId214492559" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId290969341014977e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/" TargetMode="External"/><Relationship Id="rId3032693410149782b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/categorization" TargetMode="External"/><Relationship Id="rId73866934101497ed5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/photos" TargetMode="External"/><Relationship Id="rId93826934101497fe9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/full/10.1111/epp.12715#epp12715-bib-0042" TargetMode="External"/><Relationship Id="rId44916934101499e95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiologic.com/products/last-bite-food-plot-seed" TargetMode="External"/><Relationship Id="rId6200693410149a458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/full/10.1111/epp.12715#epp12715-bib-0027" TargetMode="External"/><Relationship Id="rId7636693410149b174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bicon.agriculture.gov.au/BiconWeb4.0" TargetMode="External"/><Relationship Id="rId2446693410149b274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%201080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId2916693410149b287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%201080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId1995693410149b41d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/documents" TargetMode="External"/><Relationship Id="rId7892693410149b4c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%EF%AC%82ora.org.il/en/plants/AMAPAL/" TargetMode="External"/><Relationship Id="rId4429693410149b6c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId5672693410149bf7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId3570693410149c268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bioone.org/doi/full/10.1614/WT-06-045.1" TargetMode="External"/><Relationship Id="rId3126693410149c338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/sites/default/files/media/StateNoxiousWeedsSeedList.pdf" TargetMode="External"/><Relationship Id="rId6326693410149c5bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://treefruit.wsu.edu/article/palmer-amaranth-national-pest-alert/" TargetMode="External"/><Relationship Id="rId5730693410149c5fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://spsims.wto.org/en/RegularNotifications/View/140521?FromAllNotifications=True" TargetMode="External"/><Relationship Id="rId2560693410149c63e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.wto.org/dol2fe/Pages/SS/directdoc.aspx?%EF%AC%81lename=q:/WT/DS/589-1.pdf" TargetMode="External"/><Relationship Id="rId7797693410149c6ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId9451693410149c6b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId1865693410149c6b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/documents" TargetMode="External"/><Relationship Id="rId3696693410149c6bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flora.org.il/en/plants/AMAPAL/" TargetMode="External"/><Relationship Id="rId9321693410149c6c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId8528693410149c6c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId2966693410149c6cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId9359693410149c6d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId6547693410149c6d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bioone.org/doi/full/10.1614/WT-06-045.1" TargetMode="External"/><Relationship Id="rId7045693410149c7df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5990693410149c8e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12715" TargetMode="External"/><Relationship Id="rId61326934101497dbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId61326934101497dbb.jpg"/><Relationship Id="rId46866934101498de7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId46866934101498de7.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>