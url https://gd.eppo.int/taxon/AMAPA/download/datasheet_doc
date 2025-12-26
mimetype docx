--- v3 (2025-12-06)
+++ v4 (2025-12-26)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Basal core eudicots: Caryophyllales: Amaranthaceae: Amaranthoideae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Palmer amaranth (US), careless weed (US), dioecious amaranth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290969341014977e5" w:history="1">
+            <w:hyperlink r:id="rId7184694ec68e879e4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3032693410149782b" w:history="1">
+            <w:hyperlink r:id="rId5834694ec68e87a29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AMAPA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="94934899" name="name22286934101497dbd" descr="10397.jpg"/>
+                  <wp:docPr id="23102604" name="name2394694ec68e880f0" descr="10397.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10397.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId61326934101497dbb" cstate="print"/>
+                          <a:blip r:embed="rId3154694ec68e880ef" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId73866934101497ed5" w:history="1">
+            <w:hyperlink r:id="rId5655694ec68e8823b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -453,51 +453,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In North America, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. palmeri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been historically reported as native to the Sonoran Desert (covering a large part of Southwestern United States and Northwest Mexico) (Sauer, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93826934101497fe9" w:history="1">
+      <w:hyperlink r:id="rId1250694ec68e88352" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">1955</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Mosyakin &amp; Robertson, 1997). In recent decades, it has expanded its range to occupy many states across the USA but is most common and problematic in the southern tier states (Louisiana, Arkansas, Mississippi, Alabama, Florida, Georgia, North and South Carolina). The Canadian Food Inspection Agency (2018) details that the species is considered to be present but highlights the ‘significant uncertainty’ regarding the current status. It is unknown if populations of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -628,63 +628,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="3618996" name="name24026934101498dea" descr="AMAPA_distribution_map.jpg"/>
+            <wp:docPr id="73813153" name="name6576694ec68e89351" descr="AMAPA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AMAPA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId46866934101498de7" cstate="print"/>
+                    <a:blip r:embed="rId8554694ec68e8934f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2616,51 +2616,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was also found in crop pollinator commercial seed mixtures in the USA (Oseland </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2017). Additionally, seed mixtures for conservation, pollination and seed mixtures for forage plants for mammals for hunting (e.g. see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44916934101499e95" w:history="1">
+      <w:hyperlink r:id="rId4515694ec68e8a1fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantbiologic.com/products/last‐bite‐food‐plot‐seed</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) will be placed directly in habitats that can be suitable for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3431,51 +3431,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, respectively, with ‘marketable’ grade reduced 36 and 81% at these densities (Meyers </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6200693410149a458" w:history="1">
+      <w:hyperlink r:id="rId1032694ec68e8a706" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">2010</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). The threshold density of Palmer amaranth [</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5253,51 +5253,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 229–238.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BICON (2019) Australian Biosecurity Import Conditions. Australia Department of Agriculture and Water Resources. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7636693410149b174" w:history="1">
+      <w:hyperlink r:id="rId2493694ec68e8b2a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://bicon.agriculture.gov.au/BiconWeb4.0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 April 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5408,63 +5408,63 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cossu TA, Lozano V, Stuppy W &amp; Brundu G (2019) Seed contaminants: an overlooked pathway for the introduction of non-native plants in Sardinia (Italy). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Biosystems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2446693410149b274" w:history="1">
+      <w:hyperlink r:id="rId7575694ec68e8b3a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId2916693410149b287" w:history="1">
+      <w:hyperlink r:id="rId5547694ec68e8b3bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">1080/11263504.2019.1701123</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5655,51 +5655,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1995693410149b41d" w:history="1">
+      <w:hyperlink r:id="rId3535694ec68e8b535" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AMAPA/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 March 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5743,51 +5743,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 54–56.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of Israel Online (2019) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7892693410149b4c6" w:history="1">
+      <w:hyperlink r:id="rId4556694ec68e8b5c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ﬂora.org.il/en/plants/AMAPAL/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6018,51 +6018,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 869–875.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heap I (2020) The International Survey of herbicide resistant weeds. Online. Internet. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4429693410149b6c3" w:history="1">
+      <w:hyperlink r:id="rId8965694ec68e8b778" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weedscience.org/Summary/Species.aspx?WeedID=14</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 January 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7194,51 +7194,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PFAF (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus palmeri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> – S.Watson. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5672693410149bf7e" w:history="1">
+      <w:hyperlink r:id="rId7594694ec68e8bf33" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 28 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7601,51 +7601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Steckel E (2007) The Dioecious </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. Weed Technology 21, 567–570. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3570693410149c268" w:history="1">
+      <w:hyperlink r:id="rId6995694ec68e8c1c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.bioone.org/doi/full/10.1614/WT-06-045.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7727,51 +7727,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S. Watson. USDA. MT-2017.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2019) State noxious-weed seed requirements recognized in the administration of the Federal Seed Act. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3126693410149c338" w:history="1">
+      <w:hyperlink r:id="rId3251694ec68e8c29e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ams.usda.gov/sites/default/files/media/StateNoxiousWeedsSeedList.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 11 November 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8116,176 +8116,176 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 518-523.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">WSU (2020) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6326693410149c5bd" w:history="1">
+      <w:hyperlink r:id="rId3095694ec68e8c50d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://treefruit.wsu.edu/article/palmer-amaranth-national-pest-alert/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 January 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">WTO (2018) Sanitary and Phytosanitary Information Management System. World Trade Organization. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5730693410149c5fd" w:history="1">
+      <w:hyperlink r:id="rId8795694ec68e8c54b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://spsims.wto.org/en/RegularNotifications/View/140521?FromAllNotifications=True</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Archived at PERAL).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">WTO (World Trade Organization) (2019) China – Measures concerning the import of canola seed from Canada. Request for consultation by Canada. 19–5878. 12 September 2019. WT/DS589/1, G/L/1324 G/SPS/GEN/1727, G/TFA/D2/1, 1–7. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2560693410149c63e" w:history="1">
+      <w:hyperlink r:id="rId7265694ec68e8c58c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://docs.wto.org/dol2fe/Pages/SS/directdoc.aspx?ﬁlename=q:/WT/DS/589-1.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on 16 March 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:hyperlink r:id="rId7797693410149c6ad" w:history="1"/>
-[...7 lines deleted...]
-      <w:hyperlink r:id="rId6547693410149c6d6" w:history="1"/>
+      <w:hyperlink r:id="rId9894694ec68e8c5d1" w:history="1"/>
+      <w:hyperlink r:id="rId3167694ec68e8c5d7" w:history="1"/>
+      <w:hyperlink r:id="rId9666694ec68e8c5dc" w:history="1"/>
+      <w:hyperlink r:id="rId3269694ec68e8c5e1" w:history="1"/>
+      <w:hyperlink r:id="rId2950694ec68e8c5e6" w:history="1"/>
+      <w:hyperlink r:id="rId4255694ec68e8c5ea" w:history="1"/>
+      <w:hyperlink r:id="rId2574694ec68e8c5ef" w:history="1"/>
+      <w:hyperlink r:id="rId9813694ec68e8c5f4" w:history="1"/>
+      <w:hyperlink r:id="rId3163694ec68e8c5f9" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -8382,51 +8382,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus palmeri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7045693410149c7df" w:history="1">
+      <w:hyperlink r:id="rId3772694ec68e8c6eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8511,51 +8511,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 535-542. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5990693410149c8e4" w:history="1">
+      <w:hyperlink r:id="rId9213694ec68e8c7c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12715</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -8651,137 +8651,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="20370740">
+  <w:abstractNum w:abstractNumId="96964386">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59240887">
+    <w:lvl w:ilvl="0" w:tplc="94597132">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="59240887" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="94597132" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="59240887" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="94597132" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="59240887" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="94597132" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="59240887" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="94597132" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="59240887" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="94597132" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="59240887" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="94597132" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="59240887" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="94597132" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="59240887" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="94597132" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20370739">
+  <w:abstractNum w:abstractNumId="96964385">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52679880">
+    <w:lvl w:ilvl="0" w:tplc="98959181">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9533,55 +9533,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="20370739">
-    <w:abstractNumId w:val="20370739"/>
+  <w:num w:numId="96964385">
+    <w:abstractNumId w:val="96964385"/>
   </w:num>
-  <w:num w:numId="20370740">
-    <w:abstractNumId w:val="20370740"/>
+  <w:num w:numId="96964386">
+    <w:abstractNumId w:val="96964386"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21131,51 +21131,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId746056362" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId214492559" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId290969341014977e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/" TargetMode="External"/><Relationship Id="rId3032693410149782b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/categorization" TargetMode="External"/><Relationship Id="rId73866934101497ed5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/photos" TargetMode="External"/><Relationship Id="rId93826934101497fe9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/full/10.1111/epp.12715#epp12715-bib-0042" TargetMode="External"/><Relationship Id="rId44916934101499e95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiologic.com/products/last-bite-food-plot-seed" TargetMode="External"/><Relationship Id="rId6200693410149a458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/full/10.1111/epp.12715#epp12715-bib-0027" TargetMode="External"/><Relationship Id="rId7636693410149b174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bicon.agriculture.gov.au/BiconWeb4.0" TargetMode="External"/><Relationship Id="rId2446693410149b274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%201080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId2916693410149b287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%201080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId1995693410149b41d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/documents" TargetMode="External"/><Relationship Id="rId7892693410149b4c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%EF%AC%82ora.org.il/en/plants/AMAPAL/" TargetMode="External"/><Relationship Id="rId4429693410149b6c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId5672693410149bf7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId3570693410149c268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bioone.org/doi/full/10.1614/WT-06-045.1" TargetMode="External"/><Relationship Id="rId3126693410149c338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/sites/default/files/media/StateNoxiousWeedsSeedList.pdf" TargetMode="External"/><Relationship Id="rId6326693410149c5bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://treefruit.wsu.edu/article/palmer-amaranth-national-pest-alert/" TargetMode="External"/><Relationship Id="rId5730693410149c5fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://spsims.wto.org/en/RegularNotifications/View/140521?FromAllNotifications=True" TargetMode="External"/><Relationship Id="rId2560693410149c63e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.wto.org/dol2fe/Pages/SS/directdoc.aspx?%EF%AC%81lename=q:/WT/DS/589-1.pdf" TargetMode="External"/><Relationship Id="rId7797693410149c6ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId9451693410149c6b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId1865693410149c6b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/documents" TargetMode="External"/><Relationship Id="rId3696693410149c6bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flora.org.il/en/plants/AMAPAL/" TargetMode="External"/><Relationship Id="rId9321693410149c6c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId8528693410149c6c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId2966693410149c6cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId9359693410149c6d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId6547693410149c6d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bioone.org/doi/full/10.1614/WT-06-045.1" TargetMode="External"/><Relationship Id="rId7045693410149c7df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5990693410149c8e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12715" TargetMode="External"/><Relationship Id="rId61326934101497dbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId61326934101497dbb.jpg"/><Relationship Id="rId46866934101498de7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId46866934101498de7.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId698501003" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId960974344" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7184694ec68e879e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/" TargetMode="External"/><Relationship Id="rId5834694ec68e87a29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/categorization" TargetMode="External"/><Relationship Id="rId5655694ec68e8823b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/photos" TargetMode="External"/><Relationship Id="rId1250694ec68e88352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/full/10.1111/epp.12715#epp12715-bib-0042" TargetMode="External"/><Relationship Id="rId4515694ec68e8a1fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiologic.com/products/last-bite-food-plot-seed" TargetMode="External"/><Relationship Id="rId1032694ec68e8a706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/full/10.1111/epp.12715#epp12715-bib-0027" TargetMode="External"/><Relationship Id="rId2493694ec68e8b2a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bicon.agriculture.gov.au/BiconWeb4.0" TargetMode="External"/><Relationship Id="rId7575694ec68e8b3a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%201080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId5547694ec68e8b3bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%201080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId3535694ec68e8b535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/documents" TargetMode="External"/><Relationship Id="rId4556694ec68e8b5c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%EF%AC%82ora.org.il/en/plants/AMAPAL/" TargetMode="External"/><Relationship Id="rId8965694ec68e8b778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId7594694ec68e8bf33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId6995694ec68e8c1c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bioone.org/doi/full/10.1614/WT-06-045.1" TargetMode="External"/><Relationship Id="rId3251694ec68e8c29e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/sites/default/files/media/StateNoxiousWeedsSeedList.pdf" TargetMode="External"/><Relationship Id="rId3095694ec68e8c50d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://treefruit.wsu.edu/article/palmer-amaranth-national-pest-alert/" TargetMode="External"/><Relationship Id="rId8795694ec68e8c54b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://spsims.wto.org/en/RegularNotifications/View/140521?FromAllNotifications=True" TargetMode="External"/><Relationship Id="rId7265694ec68e8c58c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.wto.org/dol2fe/Pages/SS/directdoc.aspx?%EF%AC%81lename=q:/WT/DS/589-1.pdf" TargetMode="External"/><Relationship Id="rId9894694ec68e8c5d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId3167694ec68e8c5d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId9666694ec68e8c5dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/documents" TargetMode="External"/><Relationship Id="rId3269694ec68e8c5e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flora.org.il/en/plants/AMAPAL/" TargetMode="External"/><Relationship Id="rId2950694ec68e8c5e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId4255694ec68e8c5ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId2574694ec68e8c5ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId9813694ec68e8c5f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId3163694ec68e8c5f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bioone.org/doi/full/10.1614/WT-06-045.1" TargetMode="External"/><Relationship Id="rId3772694ec68e8c6eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9213694ec68e8c7c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12715" TargetMode="External"/><Relationship Id="rId3154694ec68e880ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3154694ec68e880ef.jpg"/><Relationship Id="rId8554694ec68e8934f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8554694ec68e8934f.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>