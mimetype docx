--- v4 (2025-12-26)
+++ v5 (2026-01-16)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Basal core eudicots: Caryophyllales: Amaranthaceae: Amaranthoideae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Palmer amaranth (US), careless weed (US), dioecious amaranth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7184694ec68e879e4" w:history="1">
+            <w:hyperlink r:id="rId23796969b79ff073f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5834694ec68e87a29" w:history="1">
+            <w:hyperlink r:id="rId17496969b79ff0784" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AMAPA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="23102604" name="name2394694ec68e880f0" descr="10397.jpg"/>
+                  <wp:docPr id="17737790" name="name74386969b79ff0859" descr="10397.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10397.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3154694ec68e880ef" cstate="print"/>
+                          <a:blip r:embed="rId73826969b79ff0858" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5655694ec68e8823b" w:history="1">
+            <w:hyperlink r:id="rId23846969b79ff0956" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -453,51 +453,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In North America, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. palmeri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been historically reported as native to the Sonoran Desert (covering a large part of Southwestern United States and Northwest Mexico) (Sauer, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1250694ec68e88352" w:history="1">
+      <w:hyperlink r:id="rId55376969b79ff0a4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">1955</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Mosyakin &amp; Robertson, 1997). In recent decades, it has expanded its range to occupy many states across the USA but is most common and problematic in the southern tier states (Louisiana, Arkansas, Mississippi, Alabama, Florida, Georgia, North and South Carolina). The Canadian Food Inspection Agency (2018) details that the species is considered to be present but highlights the ‘significant uncertainty’ regarding the current status. It is unknown if populations of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -628,63 +628,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="73813153" name="name6576694ec68e89351" descr="AMAPA_distribution_map.jpg"/>
+            <wp:docPr id="34801484" name="name67796969b79ff161c" descr="AMAPA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AMAPA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8554694ec68e8934f" cstate="print"/>
+                    <a:blip r:embed="rId26186969b79ff1619" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2616,51 +2616,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was also found in crop pollinator commercial seed mixtures in the USA (Oseland </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2017). Additionally, seed mixtures for conservation, pollination and seed mixtures for forage plants for mammals for hunting (e.g. see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4515694ec68e8a1fd" w:history="1">
+      <w:hyperlink r:id="rId38186969b79ff2500" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantbiologic.com/products/last‐bite‐food‐plot‐seed</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) will be placed directly in habitats that can be suitable for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3431,51 +3431,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, respectively, with ‘marketable’ grade reduced 36 and 81% at these densities (Meyers </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1032694ec68e8a706" w:history="1">
+      <w:hyperlink r:id="rId17276969b79ff2a2e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">2010</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). The threshold density of Palmer amaranth [</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5253,51 +5253,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 229–238.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BICON (2019) Australian Biosecurity Import Conditions. Australia Department of Agriculture and Water Resources. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2493694ec68e8b2a7" w:history="1">
+      <w:hyperlink r:id="rId42546969b79ff35f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://bicon.agriculture.gov.au/BiconWeb4.0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 April 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5408,63 +5408,63 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cossu TA, Lozano V, Stuppy W &amp; Brundu G (2019) Seed contaminants: an overlooked pathway for the introduction of non-native plants in Sardinia (Italy). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Biosystems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7575694ec68e8b3a9" w:history="1">
+      <w:hyperlink r:id="rId29476969b79ff36f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId5547694ec68e8b3bc" w:history="1">
+      <w:hyperlink r:id="rId42956969b79ff3707" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">1080/11263504.2019.1701123</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5655,51 +5655,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3535694ec68e8b535" w:history="1">
+      <w:hyperlink r:id="rId70466969b79ff3885" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AMAPA/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 March 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5743,51 +5743,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 54–56.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of Israel Online (2019) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4556694ec68e8b5c2" w:history="1">
+      <w:hyperlink r:id="rId58666969b79ff3914" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ﬂora.org.il/en/plants/AMAPAL/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6018,51 +6018,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 869–875.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heap I (2020) The International Survey of herbicide resistant weeds. Online. Internet. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8965694ec68e8b778" w:history="1">
+      <w:hyperlink r:id="rId96096969b79ff3ad8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weedscience.org/Summary/Species.aspx?WeedID=14</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 January 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7194,51 +7194,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PFAF (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus palmeri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> – S.Watson. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7594694ec68e8bf33" w:history="1">
+      <w:hyperlink r:id="rId46236969b7a000034" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 28 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7601,51 +7601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Steckel E (2007) The Dioecious </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. Weed Technology 21, 567–570. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6995694ec68e8c1c8" w:history="1">
+      <w:hyperlink r:id="rId84396969b7a0002d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.bioone.org/doi/full/10.1614/WT-06-045.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7727,51 +7727,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S. Watson. USDA. MT-2017.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2019) State noxious-weed seed requirements recognized in the administration of the Federal Seed Act. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3251694ec68e8c29e" w:history="1">
+      <w:hyperlink r:id="rId10466969b7a0003a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ams.usda.gov/sites/default/files/media/StateNoxiousWeedsSeedList.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 11 November 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8116,176 +8116,176 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 518-523.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">WSU (2020) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3095694ec68e8c50d" w:history="1">
+      <w:hyperlink r:id="rId21496969b7a00061a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://treefruit.wsu.edu/article/palmer-amaranth-national-pest-alert/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 January 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">WTO (2018) Sanitary and Phytosanitary Information Management System. World Trade Organization. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8795694ec68e8c54b" w:history="1">
+      <w:hyperlink r:id="rId87416969b7a000659" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://spsims.wto.org/en/RegularNotifications/View/140521?FromAllNotifications=True</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Archived at PERAL).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">WTO (World Trade Organization) (2019) China – Measures concerning the import of canola seed from Canada. Request for consultation by Canada. 19–5878. 12 September 2019. WT/DS589/1, G/L/1324 G/SPS/GEN/1727, G/TFA/D2/1, 1–7. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7265694ec68e8c58c" w:history="1">
+      <w:hyperlink r:id="rId68556969b7a00069b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://docs.wto.org/dol2fe/Pages/SS/directdoc.aspx?ﬁlename=q:/WT/DS/589-1.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on 16 March 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:hyperlink r:id="rId9894694ec68e8c5d1" w:history="1"/>
-[...7 lines deleted...]
-      <w:hyperlink r:id="rId3163694ec68e8c5f9" w:history="1"/>
+      <w:hyperlink r:id="rId35866969b7a0006e2" w:history="1"/>
+      <w:hyperlink r:id="rId92156969b7a0006e8" w:history="1"/>
+      <w:hyperlink r:id="rId80986969b7a0006ed" w:history="1"/>
+      <w:hyperlink r:id="rId13456969b7a0006f2" w:history="1"/>
+      <w:hyperlink r:id="rId45856969b7a0006f7" w:history="1"/>
+      <w:hyperlink r:id="rId12126969b7a0006fc" w:history="1"/>
+      <w:hyperlink r:id="rId14616969b7a000701" w:history="1"/>
+      <w:hyperlink r:id="rId18246969b7a000706" w:history="1"/>
+      <w:hyperlink r:id="rId37086969b7a00070b" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -8360,73 +8360,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus palmeri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3772694ec68e8c6eb" w:history="1">
+      <w:hyperlink r:id="rId65446969b7a000804" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8511,51 +8511,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 535-542. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9213694ec68e8c7c7" w:history="1">
+      <w:hyperlink r:id="rId20326969b7a0008df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12715</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -8651,137 +8651,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="96964386">
+  <w:abstractNum w:abstractNumId="72349208">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94597132">
+    <w:lvl w:ilvl="0" w:tplc="89130718">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="94597132" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="89130718" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="94597132" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="89130718" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="94597132" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="89130718" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="94597132" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="89130718" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="94597132" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="89130718" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="94597132" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="89130718" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="94597132" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="89130718" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="94597132" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="89130718" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="96964385">
+  <w:abstractNum w:abstractNumId="72349207">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98959181">
+    <w:lvl w:ilvl="0" w:tplc="16354804">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9533,55 +9533,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="96964385">
-    <w:abstractNumId w:val="96964385"/>
+  <w:num w:numId="72349207">
+    <w:abstractNumId w:val="72349207"/>
   </w:num>
-  <w:num w:numId="96964386">
-    <w:abstractNumId w:val="96964386"/>
+  <w:num w:numId="72349208">
+    <w:abstractNumId w:val="72349208"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21131,51 +21131,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId698501003" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId960974344" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7184694ec68e879e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/" TargetMode="External"/><Relationship Id="rId5834694ec68e87a29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/categorization" TargetMode="External"/><Relationship Id="rId5655694ec68e8823b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/photos" TargetMode="External"/><Relationship Id="rId1250694ec68e88352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/full/10.1111/epp.12715#epp12715-bib-0042" TargetMode="External"/><Relationship Id="rId4515694ec68e8a1fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiologic.com/products/last-bite-food-plot-seed" TargetMode="External"/><Relationship Id="rId1032694ec68e8a706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/full/10.1111/epp.12715#epp12715-bib-0027" TargetMode="External"/><Relationship Id="rId2493694ec68e8b2a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bicon.agriculture.gov.au/BiconWeb4.0" TargetMode="External"/><Relationship Id="rId7575694ec68e8b3a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%201080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId5547694ec68e8b3bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%201080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId3535694ec68e8b535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/documents" TargetMode="External"/><Relationship Id="rId4556694ec68e8b5c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%EF%AC%82ora.org.il/en/plants/AMAPAL/" TargetMode="External"/><Relationship Id="rId8965694ec68e8b778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId7594694ec68e8bf33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId6995694ec68e8c1c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bioone.org/doi/full/10.1614/WT-06-045.1" TargetMode="External"/><Relationship Id="rId3251694ec68e8c29e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/sites/default/files/media/StateNoxiousWeedsSeedList.pdf" TargetMode="External"/><Relationship Id="rId3095694ec68e8c50d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://treefruit.wsu.edu/article/palmer-amaranth-national-pest-alert/" TargetMode="External"/><Relationship Id="rId8795694ec68e8c54b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://spsims.wto.org/en/RegularNotifications/View/140521?FromAllNotifications=True" TargetMode="External"/><Relationship Id="rId7265694ec68e8c58c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.wto.org/dol2fe/Pages/SS/directdoc.aspx?%EF%AC%81lename=q:/WT/DS/589-1.pdf" TargetMode="External"/><Relationship Id="rId9894694ec68e8c5d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId3167694ec68e8c5d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId9666694ec68e8c5dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/documents" TargetMode="External"/><Relationship Id="rId3269694ec68e8c5e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flora.org.il/en/plants/AMAPAL/" TargetMode="External"/><Relationship Id="rId2950694ec68e8c5e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId4255694ec68e8c5ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId2574694ec68e8c5ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId9813694ec68e8c5f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId3163694ec68e8c5f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bioone.org/doi/full/10.1614/WT-06-045.1" TargetMode="External"/><Relationship Id="rId3772694ec68e8c6eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9213694ec68e8c7c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12715" TargetMode="External"/><Relationship Id="rId3154694ec68e880ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3154694ec68e880ef.jpg"/><Relationship Id="rId8554694ec68e8934f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8554694ec68e8934f.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId641492857" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId608618274" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId23796969b79ff073f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/" TargetMode="External"/><Relationship Id="rId17496969b79ff0784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/categorization" TargetMode="External"/><Relationship Id="rId23846969b79ff0956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/photos" TargetMode="External"/><Relationship Id="rId55376969b79ff0a4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/full/10.1111/epp.12715#epp12715-bib-0042" TargetMode="External"/><Relationship Id="rId38186969b79ff2500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiologic.com/products/last-bite-food-plot-seed" TargetMode="External"/><Relationship Id="rId17276969b79ff2a2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/full/10.1111/epp.12715#epp12715-bib-0027" TargetMode="External"/><Relationship Id="rId42546969b79ff35f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bicon.agriculture.gov.au/BiconWeb4.0" TargetMode="External"/><Relationship Id="rId29476969b79ff36f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%201080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId42956969b79ff3707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%201080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId70466969b79ff3885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/documents" TargetMode="External"/><Relationship Id="rId58666969b79ff3914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%EF%AC%82ora.org.il/en/plants/AMAPAL/" TargetMode="External"/><Relationship Id="rId96096969b79ff3ad8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId46236969b7a000034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId84396969b7a0002d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bioone.org/doi/full/10.1614/WT-06-045.1" TargetMode="External"/><Relationship Id="rId10466969b7a0003a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/sites/default/files/media/StateNoxiousWeedsSeedList.pdf" TargetMode="External"/><Relationship Id="rId21496969b7a00061a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://treefruit.wsu.edu/article/palmer-amaranth-national-pest-alert/" TargetMode="External"/><Relationship Id="rId87416969b7a000659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://spsims.wto.org/en/RegularNotifications/View/140521?FromAllNotifications=True" TargetMode="External"/><Relationship Id="rId68556969b7a00069b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.wto.org/dol2fe/Pages/SS/directdoc.aspx?%EF%AC%81lename=q:/WT/DS/589-1.pdf" TargetMode="External"/><Relationship Id="rId35866969b7a0006e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId92156969b7a0006e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId80986969b7a0006ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/documents" TargetMode="External"/><Relationship Id="rId13456969b7a0006f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flora.org.il/en/plants/AMAPAL/" TargetMode="External"/><Relationship Id="rId45856969b7a0006f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId12126969b7a0006fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId14616969b7a000701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId18246969b7a000706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId37086969b7a00070b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bioone.org/doi/full/10.1614/WT-06-045.1" TargetMode="External"/><Relationship Id="rId65446969b7a000804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId20326969b7a0008df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12715" TargetMode="External"/><Relationship Id="rId73826969b79ff0858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73826969b79ff0858.jpg"/><Relationship Id="rId26186969b79ff1619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26186969b79ff1619.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>