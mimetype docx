--- v5 (2026-01-16)
+++ v6 (2026-02-05)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Basal core eudicots: Caryophyllales: Amaranthaceae: Amaranthoideae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Palmer amaranth (US), careless weed (US), dioecious amaranth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23796969b79ff073f" w:history="1">
+            <w:hyperlink r:id="rId255569843b2eb2919" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17496969b79ff0784" w:history="1">
+            <w:hyperlink r:id="rId795969843b2eb2962" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AMAPA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="17737790" name="name74386969b79ff0859" descr="10397.jpg"/>
+                  <wp:docPr id="46967900" name="name961469843b2eb2f21" descr="10397.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10397.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId73826969b79ff0858" cstate="print"/>
+                          <a:blip r:embed="rId162069843b2eb2f1f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId23846969b79ff0956" w:history="1">
+            <w:hyperlink r:id="rId245269843b2eb3075" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -453,51 +453,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In North America, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. palmeri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been historically reported as native to the Sonoran Desert (covering a large part of Southwestern United States and Northwest Mexico) (Sauer, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55376969b79ff0a4f" w:history="1">
+      <w:hyperlink r:id="rId304469843b2eb3195" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">1955</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Mosyakin &amp; Robertson, 1997). In recent decades, it has expanded its range to occupy many states across the USA but is most common and problematic in the southern tier states (Louisiana, Arkansas, Mississippi, Alabama, Florida, Georgia, North and South Carolina). The Canadian Food Inspection Agency (2018) details that the species is considered to be present but highlights the ‘significant uncertainty’ regarding the current status. It is unknown if populations of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -628,105 +628,105 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="34801484" name="name67796969b79ff161c" descr="AMAPA_distribution_map.jpg"/>
+            <wp:docPr id="49697030" name="name402269843b2eb4031" descr="AMAPA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AMAPA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId26186969b79ff1619" cstate="print"/>
+                    <a:blip r:embed="rId379669843b2eb402e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Austria, Belgium, Cyprus, Czechia, Denmark, Germany, Greece (mainland), Israel, Italy (mainland), Latvia, Lithuania, Luxembourg, Morocco, Netherlands, Norway, Portugal (Madeira), Romania, Russian Federation (the), Spain (mainland), Sweden, Tunisia, Türkiye, Ukraine, United Kingdom</w:t>
+        <w:t xml:space="preserve"> Austria, Belgium, Cyprus, Czechia, Denmark, Germany, Greece (mainland), Israel, Italy (mainland), Latvia, Lithuania, Luxembourg, Morocco, Netherlands, Norway, Portugal (Madeira), Romania, Russian Federation, Spain (mainland), Sweden, Tunisia, Türkiye, Ukraine, United Kingdom</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Botswana, Egypt, Morocco, South Africa, Tunisia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2616,51 +2616,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was also found in crop pollinator commercial seed mixtures in the USA (Oseland </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2017). Additionally, seed mixtures for conservation, pollination and seed mixtures for forage plants for mammals for hunting (e.g. see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38186969b79ff2500" w:history="1">
+      <w:hyperlink r:id="rId991069843b2eb4f2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantbiologic.com/products/last‐bite‐food‐plot‐seed</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) will be placed directly in habitats that can be suitable for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3431,51 +3431,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, respectively, with ‘marketable’ grade reduced 36 and 81% at these densities (Meyers </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17276969b79ff2a2e" w:history="1">
+      <w:hyperlink r:id="rId484669843b2eb5442" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">2010</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). The threshold density of Palmer amaranth [</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5253,51 +5253,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 229–238.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BICON (2019) Australian Biosecurity Import Conditions. Australia Department of Agriculture and Water Resources. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42546969b79ff35f3" w:history="1">
+      <w:hyperlink r:id="rId900269843b2eb5ffd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://bicon.agriculture.gov.au/BiconWeb4.0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 April 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5408,63 +5408,63 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cossu TA, Lozano V, Stuppy W &amp; Brundu G (2019) Seed contaminants: an overlooked pathway for the introduction of non-native plants in Sardinia (Italy). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Biosystems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29476969b79ff36f3" w:history="1">
+      <w:hyperlink r:id="rId407369843b2eb60fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId42956969b79ff3707" w:history="1">
+      <w:hyperlink r:id="rId707769843b2eb610e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">1080/11263504.2019.1701123</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5655,51 +5655,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70466969b79ff3885" w:history="1">
+      <w:hyperlink r:id="rId761969843b2eb628a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AMAPA/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 March 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5743,51 +5743,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 54–56.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of Israel Online (2019) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58666969b79ff3914" w:history="1">
+      <w:hyperlink r:id="rId558169843b2eb631a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ﬂora.org.il/en/plants/AMAPAL/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6018,51 +6018,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 869–875.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heap I (2020) The International Survey of herbicide resistant weeds. Online. Internet. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96096969b79ff3ad8" w:history="1">
+      <w:hyperlink r:id="rId197269843b2eb64df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weedscience.org/Summary/Species.aspx?WeedID=14</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 January 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7194,51 +7194,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PFAF (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus palmeri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> – S.Watson. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46236969b7a000034" w:history="1">
+      <w:hyperlink r:id="rId836569843b2eb6c56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 28 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7601,51 +7601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Steckel E (2007) The Dioecious </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. Weed Technology 21, 567–570. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84396969b7a0002d3" w:history="1">
+      <w:hyperlink r:id="rId285669843b2eb6eec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.bioone.org/doi/full/10.1614/WT-06-045.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7727,51 +7727,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S. Watson. USDA. MT-2017.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2019) State noxious-weed seed requirements recognized in the administration of the Federal Seed Act. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10466969b7a0003a2" w:history="1">
+      <w:hyperlink r:id="rId448769843b2eb6fc7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ams.usda.gov/sites/default/files/media/StateNoxiousWeedsSeedList.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 11 November 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8116,176 +8116,176 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 518-523.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">WSU (2020) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21496969b7a00061a" w:history="1">
+      <w:hyperlink r:id="rId302969843b2eb7238" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://treefruit.wsu.edu/article/palmer-amaranth-national-pest-alert/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 January 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">WTO (2018) Sanitary and Phytosanitary Information Management System. World Trade Organization. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87416969b7a000659" w:history="1">
+      <w:hyperlink r:id="rId818069843b2eb7278" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://spsims.wto.org/en/RegularNotifications/View/140521?FromAllNotifications=True</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Archived at PERAL).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">WTO (World Trade Organization) (2019) China – Measures concerning the import of canola seed from Canada. Request for consultation by Canada. 19–5878. 12 September 2019. WT/DS589/1, G/L/1324 G/SPS/GEN/1727, G/TFA/D2/1, 1–7. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68556969b7a00069b" w:history="1">
+      <w:hyperlink r:id="rId933469843b2eb72b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://docs.wto.org/dol2fe/Pages/SS/directdoc.aspx?ﬁlename=q:/WT/DS/589-1.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on 16 March 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:hyperlink r:id="rId35866969b7a0006e2" w:history="1"/>
-[...7 lines deleted...]
-      <w:hyperlink r:id="rId37086969b7a00070b" w:history="1"/>
+      <w:hyperlink r:id="rId784469843b2eb7300" w:history="1"/>
+      <w:hyperlink r:id="rId387369843b2eb7306" w:history="1"/>
+      <w:hyperlink r:id="rId517069843b2eb730b" w:history="1"/>
+      <w:hyperlink r:id="rId852669843b2eb7310" w:history="1"/>
+      <w:hyperlink r:id="rId273769843b2eb7315" w:history="1"/>
+      <w:hyperlink r:id="rId525869843b2eb731a" w:history="1"/>
+      <w:hyperlink r:id="rId705069843b2eb731f" w:history="1"/>
+      <w:hyperlink r:id="rId870569843b2eb7324" w:history="1"/>
+      <w:hyperlink r:id="rId514769843b2eb7329" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -8382,51 +8382,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus palmeri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65446969b7a000804" w:history="1">
+      <w:hyperlink r:id="rId159269843b2eb7423" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8511,51 +8511,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 535-542. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20326969b7a0008df" w:history="1">
+      <w:hyperlink r:id="rId348969843b2eb74fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12715</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -8651,137 +8651,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="72349208">
+  <w:abstractNum w:abstractNumId="16460748">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89130718">
+    <w:lvl w:ilvl="0" w:tplc="22568519">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="89130718" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="22568519" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="89130718" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="22568519" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="89130718" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="22568519" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="89130718" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="22568519" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="89130718" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="22568519" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="89130718" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="22568519" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="89130718" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="22568519" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="89130718" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="22568519" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="72349207">
+  <w:abstractNum w:abstractNumId="16460747">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16354804">
+    <w:lvl w:ilvl="0" w:tplc="17947132">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9533,55 +9533,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="72349207">
-    <w:abstractNumId w:val="72349207"/>
+  <w:num w:numId="16460747">
+    <w:abstractNumId w:val="16460747"/>
   </w:num>
-  <w:num w:numId="72349208">
-    <w:abstractNumId w:val="72349208"/>
+  <w:num w:numId="16460748">
+    <w:abstractNumId w:val="16460748"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21131,51 +21131,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId641492857" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId608618274" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId23796969b79ff073f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/" TargetMode="External"/><Relationship Id="rId17496969b79ff0784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/categorization" TargetMode="External"/><Relationship Id="rId23846969b79ff0956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/photos" TargetMode="External"/><Relationship Id="rId55376969b79ff0a4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/full/10.1111/epp.12715#epp12715-bib-0042" TargetMode="External"/><Relationship Id="rId38186969b79ff2500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiologic.com/products/last-bite-food-plot-seed" TargetMode="External"/><Relationship Id="rId17276969b79ff2a2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/full/10.1111/epp.12715#epp12715-bib-0027" TargetMode="External"/><Relationship Id="rId42546969b79ff35f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bicon.agriculture.gov.au/BiconWeb4.0" TargetMode="External"/><Relationship Id="rId29476969b79ff36f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%201080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId42956969b79ff3707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%201080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId70466969b79ff3885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/documents" TargetMode="External"/><Relationship Id="rId58666969b79ff3914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%EF%AC%82ora.org.il/en/plants/AMAPAL/" TargetMode="External"/><Relationship Id="rId96096969b79ff3ad8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId46236969b7a000034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId84396969b7a0002d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bioone.org/doi/full/10.1614/WT-06-045.1" TargetMode="External"/><Relationship Id="rId10466969b7a0003a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/sites/default/files/media/StateNoxiousWeedsSeedList.pdf" TargetMode="External"/><Relationship Id="rId21496969b7a00061a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://treefruit.wsu.edu/article/palmer-amaranth-national-pest-alert/" TargetMode="External"/><Relationship Id="rId87416969b7a000659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://spsims.wto.org/en/RegularNotifications/View/140521?FromAllNotifications=True" TargetMode="External"/><Relationship Id="rId68556969b7a00069b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.wto.org/dol2fe/Pages/SS/directdoc.aspx?%EF%AC%81lename=q:/WT/DS/589-1.pdf" TargetMode="External"/><Relationship Id="rId35866969b7a0006e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId92156969b7a0006e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId80986969b7a0006ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/documents" TargetMode="External"/><Relationship Id="rId13456969b7a0006f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flora.org.il/en/plants/AMAPAL/" TargetMode="External"/><Relationship Id="rId45856969b7a0006f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId12126969b7a0006fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId14616969b7a000701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId18246969b7a000706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId37086969b7a00070b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bioone.org/doi/full/10.1614/WT-06-045.1" TargetMode="External"/><Relationship Id="rId65446969b7a000804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId20326969b7a0008df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12715" TargetMode="External"/><Relationship Id="rId73826969b79ff0858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73826969b79ff0858.jpg"/><Relationship Id="rId26186969b79ff1619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26186969b79ff1619.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId886581103" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId140161091" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId255569843b2eb2919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/" TargetMode="External"/><Relationship Id="rId795969843b2eb2962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/categorization" TargetMode="External"/><Relationship Id="rId245269843b2eb3075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/photos" TargetMode="External"/><Relationship Id="rId304469843b2eb3195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/full/10.1111/epp.12715#epp12715-bib-0042" TargetMode="External"/><Relationship Id="rId991069843b2eb4f2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiologic.com/products/last-bite-food-plot-seed" TargetMode="External"/><Relationship Id="rId484669843b2eb5442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/full/10.1111/epp.12715#epp12715-bib-0027" TargetMode="External"/><Relationship Id="rId900269843b2eb5ffd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bicon.agriculture.gov.au/BiconWeb4.0" TargetMode="External"/><Relationship Id="rId407369843b2eb60fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%201080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId707769843b2eb610e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%201080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId761969843b2eb628a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/documents" TargetMode="External"/><Relationship Id="rId558169843b2eb631a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%EF%AC%82ora.org.il/en/plants/AMAPAL/" TargetMode="External"/><Relationship Id="rId197269843b2eb64df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId836569843b2eb6c56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId285669843b2eb6eec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bioone.org/doi/full/10.1614/WT-06-045.1" TargetMode="External"/><Relationship Id="rId448769843b2eb6fc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/sites/default/files/media/StateNoxiousWeedsSeedList.pdf" TargetMode="External"/><Relationship Id="rId302969843b2eb7238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://treefruit.wsu.edu/article/palmer-amaranth-national-pest-alert/" TargetMode="External"/><Relationship Id="rId818069843b2eb7278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://spsims.wto.org/en/RegularNotifications/View/140521?FromAllNotifications=True" TargetMode="External"/><Relationship Id="rId933469843b2eb72b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.wto.org/dol2fe/Pages/SS/directdoc.aspx?%EF%AC%81lename=q:/WT/DS/589-1.pdf" TargetMode="External"/><Relationship Id="rId784469843b2eb7300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId387369843b2eb7306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId517069843b2eb730b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/documents" TargetMode="External"/><Relationship Id="rId852669843b2eb7310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flora.org.il/en/plants/AMAPAL/" TargetMode="External"/><Relationship Id="rId273769843b2eb7315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId525869843b2eb731a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId705069843b2eb731f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId870569843b2eb7324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId514769843b2eb7329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bioone.org/doi/full/10.1614/WT-06-045.1" TargetMode="External"/><Relationship Id="rId159269843b2eb7423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId348969843b2eb74fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12715" TargetMode="External"/><Relationship Id="rId162069843b2eb2f1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId162069843b2eb2f1f.jpg"/><Relationship Id="rId379669843b2eb402e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId379669843b2eb402e.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>