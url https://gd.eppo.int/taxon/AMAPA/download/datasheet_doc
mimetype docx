--- v6 (2026-02-05)
+++ v7 (2026-02-25)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Basal core eudicots: Caryophyllales: Amaranthaceae: Amaranthoideae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Palmer amaranth (US), careless weed (US), dioecious amaranth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255569843b2eb2919" w:history="1">
+            <w:hyperlink r:id="rId2827699ec3c5d53af" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId795969843b2eb2962" w:history="1">
+            <w:hyperlink r:id="rId4693699ec3c5d53f5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AMAPA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="46967900" name="name961469843b2eb2f21" descr="10397.jpg"/>
+                  <wp:docPr id="69667427" name="name6649699ec3c5d5b5f" descr="10397.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10397.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId162069843b2eb2f1f" cstate="print"/>
+                          <a:blip r:embed="rId7513699ec3c5d5b5d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId245269843b2eb3075" w:history="1">
+            <w:hyperlink r:id="rId4403699ec3c5d5c9d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -453,51 +453,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In North America, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. palmeri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been historically reported as native to the Sonoran Desert (covering a large part of Southwestern United States and Northwest Mexico) (Sauer, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId304469843b2eb3195" w:history="1">
+      <w:hyperlink r:id="rId4687699ec3c5d5dc3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">1955</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Mosyakin &amp; Robertson, 1997). In recent decades, it has expanded its range to occupy many states across the USA but is most common and problematic in the southern tier states (Louisiana, Arkansas, Mississippi, Alabama, Florida, Georgia, North and South Carolina). The Canadian Food Inspection Agency (2018) details that the species is considered to be present but highlights the ‘significant uncertainty’ regarding the current status. It is unknown if populations of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -628,63 +628,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="49697030" name="name402269843b2eb4031" descr="AMAPA_distribution_map.jpg"/>
+            <wp:docPr id="39794891" name="name1195699ec3c5d69ef" descr="AMAPA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AMAPA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId379669843b2eb402e" cstate="print"/>
+                    <a:blip r:embed="rId9904699ec3c5d69eb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -766,51 +766,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Canada (Ontario), Mexico, United States of America (Alabama, Arizona, Arkansas, California, Colorado, Florida, Georgia, Illinois, Indiana, Iowa, Kansas, Kentucky, Louisiana, Massachusetts, Michigan, Minnesota, Mississippi, Missouri, Nebraska, Nevada, New Mexico, New York, North Carolina, North Dakota, Ohio, Oklahoma, Pennsylvania, South Carolina, South Dakota, Tennessee, Texas, Utah, Virginia, West Virginia, Wisconsin)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">South America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Argentina, Brazil (Mato Grosso, Mato Grosso do Sul), Uruguay</w:t>
+        <w:t xml:space="preserve"> Argentina, Brazil (Mato Grosso, Mato Grosso do Sul, Sao Paulo), Uruguay</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">MORPHOLOGY</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2616,51 +2616,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was also found in crop pollinator commercial seed mixtures in the USA (Oseland </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2017). Additionally, seed mixtures for conservation, pollination and seed mixtures for forage plants for mammals for hunting (e.g. see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId991069843b2eb4f2a" w:history="1">
+      <w:hyperlink r:id="rId7245699ec3c5d78fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantbiologic.com/products/last‐bite‐food‐plot‐seed</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) will be placed directly in habitats that can be suitable for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3431,51 +3431,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, respectively, with ‘marketable’ grade reduced 36 and 81% at these densities (Meyers </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., </w:t>
       </w:r>
-      <w:hyperlink r:id="rId484669843b2eb5442" w:history="1">
+      <w:hyperlink r:id="rId3924699ec3c5d7e18" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">2010</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). The threshold density of Palmer amaranth [</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5253,51 +5253,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 229–238.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BICON (2019) Australian Biosecurity Import Conditions. Australia Department of Agriculture and Water Resources. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId900269843b2eb5ffd" w:history="1">
+      <w:hyperlink r:id="rId4396699ec3c5d8991" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://bicon.agriculture.gov.au/BiconWeb4.0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 April 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5408,63 +5408,63 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cossu TA, Lozano V, Stuppy W &amp; Brundu G (2019) Seed contaminants: an overlooked pathway for the introduction of non-native plants in Sardinia (Italy). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Biosystems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId407369843b2eb60fb" w:history="1">
+      <w:hyperlink r:id="rId1353699ec3c5d8a89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId707769843b2eb610e" w:history="1">
+      <w:hyperlink r:id="rId6319699ec3c5d8a9c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">1080/11263504.2019.1701123</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5655,51 +5655,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId761969843b2eb628a" w:history="1">
+      <w:hyperlink r:id="rId8924699ec3c5d8c12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AMAPA/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 March 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5743,51 +5743,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 54–56.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of Israel Online (2019) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId558169843b2eb631a" w:history="1">
+      <w:hyperlink r:id="rId1742699ec3c5d8cb1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ﬂora.org.il/en/plants/AMAPAL/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6018,51 +6018,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 869–875.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heap I (2020) The International Survey of herbicide resistant weeds. Online. Internet. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId197269843b2eb64df" w:history="1">
+      <w:hyperlink r:id="rId5232699ec3c5d8e71" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weedscience.org/Summary/Species.aspx?WeedID=14</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 January 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7194,51 +7194,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PFAF (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus palmeri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> – S.Watson. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId836569843b2eb6c56" w:history="1">
+      <w:hyperlink r:id="rId5343699ec3c5d95b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 28 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7601,51 +7601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Steckel E (2007) The Dioecious </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. Weed Technology 21, 567–570. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId285669843b2eb6eec" w:history="1">
+      <w:hyperlink r:id="rId1108699ec3c5d9844" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.bioone.org/doi/full/10.1614/WT-06-045.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7727,51 +7727,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S. Watson. USDA. MT-2017.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2019) State noxious-weed seed requirements recognized in the administration of the Federal Seed Act. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId448769843b2eb6fc7" w:history="1">
+      <w:hyperlink r:id="rId3251699ec3c5d9931" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ams.usda.gov/sites/default/files/media/StateNoxiousWeedsSeedList.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 11 November 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8116,176 +8116,176 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 518-523.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">WSU (2020) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId302969843b2eb7238" w:history="1">
+      <w:hyperlink r:id="rId9858699ec3c5d9b9d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://treefruit.wsu.edu/article/palmer-amaranth-national-pest-alert/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 January 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">WTO (2018) Sanitary and Phytosanitary Information Management System. World Trade Organization. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId818069843b2eb7278" w:history="1">
+      <w:hyperlink r:id="rId2623699ec3c5d9bdc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://spsims.wto.org/en/RegularNotifications/View/140521?FromAllNotifications=True</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Archived at PERAL).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">WTO (World Trade Organization) (2019) China – Measures concerning the import of canola seed from Canada. Request for consultation by Canada. 19–5878. 12 September 2019. WT/DS589/1, G/L/1324 G/SPS/GEN/1727, G/TFA/D2/1, 1–7. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId933469843b2eb72b9" w:history="1">
+      <w:hyperlink r:id="rId7275699ec3c5d9c1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://docs.wto.org/dol2fe/Pages/SS/directdoc.aspx?ﬁlename=q:/WT/DS/589-1.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on 16 March 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:hyperlink r:id="rId784469843b2eb7300" w:history="1"/>
-[...7 lines deleted...]
-      <w:hyperlink r:id="rId514769843b2eb7329" w:history="1"/>
+      <w:hyperlink r:id="rId4864699ec3c5d9c7d" w:history="1"/>
+      <w:hyperlink r:id="rId2211699ec3c5d9c83" w:history="1"/>
+      <w:hyperlink r:id="rId8363699ec3c5d9c88" w:history="1"/>
+      <w:hyperlink r:id="rId2430699ec3c5d9c8d" w:history="1"/>
+      <w:hyperlink r:id="rId7979699ec3c5d9c92" w:history="1"/>
+      <w:hyperlink r:id="rId1898699ec3c5d9c97" w:history="1"/>
+      <w:hyperlink r:id="rId5163699ec3c5d9c9c" w:history="1"/>
+      <w:hyperlink r:id="rId4912699ec3c5d9ca1" w:history="1"/>
+      <w:hyperlink r:id="rId3782699ec3c5d9ca5" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -8382,51 +8382,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus palmeri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId159269843b2eb7423" w:history="1">
+      <w:hyperlink r:id="rId2129699ec3c5d9d9e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8511,51 +8511,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 535-542. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId348969843b2eb74fd" w:history="1">
+      <w:hyperlink r:id="rId5996699ec3c5d9e70" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12715</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -8651,137 +8651,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="16460748">
+  <w:abstractNum w:abstractNumId="43089403">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22568519">
+    <w:lvl w:ilvl="0" w:tplc="21284080">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="22568519" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="21284080" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="22568519" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="21284080" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="22568519" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="21284080" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="22568519" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="21284080" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="22568519" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="21284080" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="22568519" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="21284080" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="22568519" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="21284080" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="22568519" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="21284080" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16460747">
+  <w:abstractNum w:abstractNumId="43089402">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17947132">
+    <w:lvl w:ilvl="0" w:tplc="15796424">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9533,55 +9533,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16460747">
-    <w:abstractNumId w:val="16460747"/>
+  <w:num w:numId="43089402">
+    <w:abstractNumId w:val="43089402"/>
   </w:num>
-  <w:num w:numId="16460748">
-    <w:abstractNumId w:val="16460748"/>
+  <w:num w:numId="43089403">
+    <w:abstractNumId w:val="43089403"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21131,51 +21131,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId886581103" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId140161091" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId255569843b2eb2919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/" TargetMode="External"/><Relationship Id="rId795969843b2eb2962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/categorization" TargetMode="External"/><Relationship Id="rId245269843b2eb3075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/photos" TargetMode="External"/><Relationship Id="rId304469843b2eb3195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/full/10.1111/epp.12715#epp12715-bib-0042" TargetMode="External"/><Relationship Id="rId991069843b2eb4f2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiologic.com/products/last-bite-food-plot-seed" TargetMode="External"/><Relationship Id="rId484669843b2eb5442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/full/10.1111/epp.12715#epp12715-bib-0027" TargetMode="External"/><Relationship Id="rId900269843b2eb5ffd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bicon.agriculture.gov.au/BiconWeb4.0" TargetMode="External"/><Relationship Id="rId407369843b2eb60fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%201080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId707769843b2eb610e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%201080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId761969843b2eb628a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/documents" TargetMode="External"/><Relationship Id="rId558169843b2eb631a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%EF%AC%82ora.org.il/en/plants/AMAPAL/" TargetMode="External"/><Relationship Id="rId197269843b2eb64df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId836569843b2eb6c56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId285669843b2eb6eec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bioone.org/doi/full/10.1614/WT-06-045.1" TargetMode="External"/><Relationship Id="rId448769843b2eb6fc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/sites/default/files/media/StateNoxiousWeedsSeedList.pdf" TargetMode="External"/><Relationship Id="rId302969843b2eb7238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://treefruit.wsu.edu/article/palmer-amaranth-national-pest-alert/" TargetMode="External"/><Relationship Id="rId818069843b2eb7278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://spsims.wto.org/en/RegularNotifications/View/140521?FromAllNotifications=True" TargetMode="External"/><Relationship Id="rId933469843b2eb72b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.wto.org/dol2fe/Pages/SS/directdoc.aspx?%EF%AC%81lename=q:/WT/DS/589-1.pdf" TargetMode="External"/><Relationship Id="rId784469843b2eb7300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId387369843b2eb7306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId517069843b2eb730b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/documents" TargetMode="External"/><Relationship Id="rId852669843b2eb7310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flora.org.il/en/plants/AMAPAL/" TargetMode="External"/><Relationship Id="rId273769843b2eb7315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId525869843b2eb731a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId705069843b2eb731f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId870569843b2eb7324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId514769843b2eb7329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bioone.org/doi/full/10.1614/WT-06-045.1" TargetMode="External"/><Relationship Id="rId159269843b2eb7423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId348969843b2eb74fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12715" TargetMode="External"/><Relationship Id="rId162069843b2eb2f1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId162069843b2eb2f1f.jpg"/><Relationship Id="rId379669843b2eb402e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId379669843b2eb402e.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId333782586" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId996629875" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2827699ec3c5d53af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/" TargetMode="External"/><Relationship Id="rId4693699ec3c5d53f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/categorization" TargetMode="External"/><Relationship Id="rId4403699ec3c5d5c9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/photos" TargetMode="External"/><Relationship Id="rId4687699ec3c5d5dc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/full/10.1111/epp.12715#epp12715-bib-0042" TargetMode="External"/><Relationship Id="rId7245699ec3c5d78fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiologic.com/products/last-bite-food-plot-seed" TargetMode="External"/><Relationship Id="rId3924699ec3c5d7e18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/full/10.1111/epp.12715#epp12715-bib-0027" TargetMode="External"/><Relationship Id="rId4396699ec3c5d8991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bicon.agriculture.gov.au/BiconWeb4.0" TargetMode="External"/><Relationship Id="rId1353699ec3c5d8a89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%201080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId6319699ec3c5d8a9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%201080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId8924699ec3c5d8c12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/documents" TargetMode="External"/><Relationship Id="rId1742699ec3c5d8cb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%EF%AC%82ora.org.il/en/plants/AMAPAL/" TargetMode="External"/><Relationship Id="rId5232699ec3c5d8e71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId5343699ec3c5d95b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId1108699ec3c5d9844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bioone.org/doi/full/10.1614/WT-06-045.1" TargetMode="External"/><Relationship Id="rId3251699ec3c5d9931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/sites/default/files/media/StateNoxiousWeedsSeedList.pdf" TargetMode="External"/><Relationship Id="rId9858699ec3c5d9b9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://treefruit.wsu.edu/article/palmer-amaranth-national-pest-alert/" TargetMode="External"/><Relationship Id="rId2623699ec3c5d9bdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://spsims.wto.org/en/RegularNotifications/View/140521?FromAllNotifications=True" TargetMode="External"/><Relationship Id="rId7275699ec3c5d9c1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.wto.org/dol2fe/Pages/SS/directdoc.aspx?%EF%AC%81lename=q:/WT/DS/589-1.pdf" TargetMode="External"/><Relationship Id="rId4864699ec3c5d9c7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId2211699ec3c5d9c83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId8363699ec3c5d9c88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/documents" TargetMode="External"/><Relationship Id="rId2430699ec3c5d9c8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flora.org.il/en/plants/AMAPAL/" TargetMode="External"/><Relationship Id="rId7979699ec3c5d9c92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId1898699ec3c5d9c97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId5163699ec3c5d9c9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId4912699ec3c5d9ca1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId3782699ec3c5d9ca5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bioone.org/doi/full/10.1614/WT-06-045.1" TargetMode="External"/><Relationship Id="rId2129699ec3c5d9d9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5996699ec3c5d9e70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12715" TargetMode="External"/><Relationship Id="rId7513699ec3c5d5b5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7513699ec3c5d5b5d.jpg"/><Relationship Id="rId9904699ec3c5d69eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9904699ec3c5d69eb.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>