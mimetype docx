--- v7 (2026-02-25)
+++ v8 (2026-03-17)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Plantae: Magnoliophyta: Angiospermae: Basal core eudicots: Caryophyllales: Amaranthaceae: Amaranthoideae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Palmer amaranth (US), careless weed (US), dioecious amaranth</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2827699ec3c5d53af" w:history="1">
+            <w:hyperlink r:id="rId928769b94221ef3d5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4693699ec3c5d53f5" w:history="1">
+            <w:hyperlink r:id="rId347169b94221ef425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AMAPA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="69667427" name="name6649699ec3c5d5b5f" descr="10397.jpg"/>
+                  <wp:docPr id="89420859" name="name260969b94221ef8fa" descr="10397.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10397.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7513699ec3c5d5b5d" cstate="print"/>
+                          <a:blip r:embed="rId656869b94221ef8f8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4403699ec3c5d5c9d" w:history="1">
+            <w:hyperlink r:id="rId715069b94221efa0f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -453,51 +453,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In North America, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. palmeri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been historically reported as native to the Sonoran Desert (covering a large part of Southwestern United States and Northwest Mexico) (Sauer, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4687699ec3c5d5dc3" w:history="1">
+      <w:hyperlink r:id="rId538369b94221efb2e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">1955</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Mosyakin &amp; Robertson, 1997). In recent decades, it has expanded its range to occupy many states across the USA but is most common and problematic in the southern tier states (Louisiana, Arkansas, Mississippi, Alabama, Florida, Georgia, North and South Carolina). The Canadian Food Inspection Agency (2018) details that the species is considered to be present but highlights the ‘significant uncertainty’ regarding the current status. It is unknown if populations of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -628,63 +628,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="39794891" name="name1195699ec3c5d69ef" descr="AMAPA_distribution_map.jpg"/>
+            <wp:docPr id="96757250" name="name116869b94221f0821" descr="AMAPA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AMAPA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9904699ec3c5d69eb" cstate="print"/>
+                    <a:blip r:embed="rId544169b94221f081f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2616,51 +2616,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was also found in crop pollinator commercial seed mixtures in the USA (Oseland </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2017). Additionally, seed mixtures for conservation, pollination and seed mixtures for forage plants for mammals for hunting (e.g. see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7245699ec3c5d78fe" w:history="1">
+      <w:hyperlink r:id="rId155869b94221f16c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.plantbiologic.com/products/last‐bite‐food‐plot‐seed</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) will be placed directly in habitats that can be suitable for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3431,51 +3431,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, respectively, with ‘marketable’ grade reduced 36 and 81% at these densities (Meyers </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3924699ec3c5d7e18" w:history="1">
+      <w:hyperlink r:id="rId603969b94221f1bd0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">2010</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). The threshold density of Palmer amaranth [</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5253,51 +5253,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 229–238.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">BICON (2019) Australian Biosecurity Import Conditions. Australia Department of Agriculture and Water Resources. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4396699ec3c5d8991" w:history="1">
+      <w:hyperlink r:id="rId560769b94221f2761" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://bicon.agriculture.gov.au/BiconWeb4.0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 14 April 2020]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5408,63 +5408,63 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cossu TA, Lozano V, Stuppy W &amp; Brundu G (2019) Seed contaminants: an overlooked pathway for the introduction of non-native plants in Sardinia (Italy). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Biosystems</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1353699ec3c5d8a89" w:history="1">
+      <w:hyperlink r:id="rId970569b94221f285c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId6319699ec3c5d8a9c" w:history="1">
+      <w:hyperlink r:id="rId201869b94221f286f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">1080/11263504.2019.1701123</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5655,51 +5655,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus tuberculatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8924699ec3c5d8c12" w:history="1">
+      <w:hyperlink r:id="rId797369b94221f29ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AMAPA/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 March 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5743,51 +5743,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 54–56.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of Israel Online (2019) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1742699ec3c5d8cb1" w:history="1">
+      <w:hyperlink r:id="rId375769b94221f2a80" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ﬂora.org.il/en/plants/AMAPAL/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6018,51 +6018,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 869–875.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Heap I (2020) The International Survey of herbicide resistant weeds. Online. Internet. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5232699ec3c5d8e71" w:history="1">
+      <w:hyperlink r:id="rId141669b94221f2c32" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weedscience.org/Summary/Species.aspx?WeedID=14</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 17 January 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7194,51 +7194,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PFAF (2019) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus palmeri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> – S.Watson. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5343699ec3c5d95b7" w:history="1">
+      <w:hyperlink r:id="rId618669b94221f338a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 28 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7601,51 +7601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Steckel E (2007) The Dioecious </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">spp. Weed Technology 21, 567–570. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1108699ec3c5d9844" w:history="1">
+      <w:hyperlink r:id="rId466869b94221f362e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.bioone.org/doi/full/10.1614/WT-06-045.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7727,51 +7727,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> S. Watson. USDA. MT-2017.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2019) State noxious-weed seed requirements recognized in the administration of the Federal Seed Act. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3251699ec3c5d9931" w:history="1">
+      <w:hyperlink r:id="rId762269b94221f36fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ams.usda.gov/sites/default/files/media/StateNoxiousWeedsSeedList.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 11 November 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8116,176 +8116,176 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 518-523.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">WSU (2020) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9858699ec3c5d9b9d" w:history="1">
+      <w:hyperlink r:id="rId940569b94221f3965" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://treefruit.wsu.edu/article/palmer-amaranth-national-pest-alert/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 26 January 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">WTO (2018) Sanitary and Phytosanitary Information Management System. World Trade Organization. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2623699ec3c5d9bdc" w:history="1">
+      <w:hyperlink r:id="rId862669b94221f39a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://spsims.wto.org/en/RegularNotifications/View/140521?FromAllNotifications=True</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Archived at PERAL).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">WTO (World Trade Organization) (2019) China – Measures concerning the import of canola seed from Canada. Request for consultation by Canada. 19–5878. 12 September 2019. WT/DS589/1, G/L/1324 G/SPS/GEN/1727, G/TFA/D2/1, 1–7. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7275699ec3c5d9c1c" w:history="1">
+      <w:hyperlink r:id="rId733769b94221f39e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://docs.wto.org/dol2fe/Pages/SS/directdoc.aspx?ﬁlename=q:/WT/DS/589-1.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  [accessed on 16 March 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:hyperlink r:id="rId4864699ec3c5d9c7d" w:history="1"/>
-[...7 lines deleted...]
-      <w:hyperlink r:id="rId3782699ec3c5d9ca5" w:history="1"/>
+      <w:hyperlink r:id="rId275269b94221f3a29" w:history="1"/>
+      <w:hyperlink r:id="rId442569b94221f3a2e" w:history="1"/>
+      <w:hyperlink r:id="rId125169b94221f3a33" w:history="1"/>
+      <w:hyperlink r:id="rId653269b94221f3a38" w:history="1"/>
+      <w:hyperlink r:id="rId899169b94221f3a3d" w:history="1"/>
+      <w:hyperlink r:id="rId420669b94221f3a42" w:history="1"/>
+      <w:hyperlink r:id="rId817169b94221f3a47" w:history="1"/>
+      <w:hyperlink r:id="rId479469b94221f3a4c" w:history="1"/>
+      <w:hyperlink r:id="rId590469b94221f3a50" w:history="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -8382,51 +8382,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amaranthus palmeri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2129699ec3c5d9d9e" w:history="1">
+      <w:hyperlink r:id="rId878969b94221f3b43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8511,51 +8511,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 535-542. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5996699ec3c5d9e70" w:history="1">
+      <w:hyperlink r:id="rId413969b94221f3c0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12715</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -8651,137 +8651,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="43089403">
+  <w:abstractNum w:abstractNumId="12557824">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21284080">
+    <w:lvl w:ilvl="0" w:tplc="88625446">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="21284080" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="88625446" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="21284080" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="88625446" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="21284080" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="88625446" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="21284080" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="88625446" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="21284080" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="88625446" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="21284080" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="88625446" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="21284080" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="88625446" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="21284080" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="88625446" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43089402">
+  <w:abstractNum w:abstractNumId="12557823">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15796424">
+    <w:lvl w:ilvl="0" w:tplc="45792479">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9533,55 +9533,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="43089402">
-    <w:abstractNumId w:val="43089402"/>
+  <w:num w:numId="12557823">
+    <w:abstractNumId w:val="12557823"/>
   </w:num>
-  <w:num w:numId="43089403">
-    <w:abstractNumId w:val="43089403"/>
+  <w:num w:numId="12557824">
+    <w:abstractNumId w:val="12557824"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21131,51 +21131,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId333782586" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId996629875" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2827699ec3c5d53af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/" TargetMode="External"/><Relationship Id="rId4693699ec3c5d53f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/categorization" TargetMode="External"/><Relationship Id="rId4403699ec3c5d5c9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/photos" TargetMode="External"/><Relationship Id="rId4687699ec3c5d5dc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/full/10.1111/epp.12715#epp12715-bib-0042" TargetMode="External"/><Relationship Id="rId7245699ec3c5d78fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiologic.com/products/last-bite-food-plot-seed" TargetMode="External"/><Relationship Id="rId3924699ec3c5d7e18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/full/10.1111/epp.12715#epp12715-bib-0027" TargetMode="External"/><Relationship Id="rId4396699ec3c5d8991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bicon.agriculture.gov.au/BiconWeb4.0" TargetMode="External"/><Relationship Id="rId1353699ec3c5d8a89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%201080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId6319699ec3c5d8a9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%201080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId8924699ec3c5d8c12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/documents" TargetMode="External"/><Relationship Id="rId1742699ec3c5d8cb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%EF%AC%82ora.org.il/en/plants/AMAPAL/" TargetMode="External"/><Relationship Id="rId5232699ec3c5d8e71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId5343699ec3c5d95b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId1108699ec3c5d9844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bioone.org/doi/full/10.1614/WT-06-045.1" TargetMode="External"/><Relationship Id="rId3251699ec3c5d9931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/sites/default/files/media/StateNoxiousWeedsSeedList.pdf" TargetMode="External"/><Relationship Id="rId9858699ec3c5d9b9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://treefruit.wsu.edu/article/palmer-amaranth-national-pest-alert/" TargetMode="External"/><Relationship Id="rId2623699ec3c5d9bdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://spsims.wto.org/en/RegularNotifications/View/140521?FromAllNotifications=True" TargetMode="External"/><Relationship Id="rId7275699ec3c5d9c1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.wto.org/dol2fe/Pages/SS/directdoc.aspx?%EF%AC%81lename=q:/WT/DS/589-1.pdf" TargetMode="External"/><Relationship Id="rId4864699ec3c5d9c7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId2211699ec3c5d9c83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId8363699ec3c5d9c88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/documents" TargetMode="External"/><Relationship Id="rId2430699ec3c5d9c8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flora.org.il/en/plants/AMAPAL/" TargetMode="External"/><Relationship Id="rId7979699ec3c5d9c92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId1898699ec3c5d9c97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId5163699ec3c5d9c9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId4912699ec3c5d9ca1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId3782699ec3c5d9ca5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bioone.org/doi/full/10.1614/WT-06-045.1" TargetMode="External"/><Relationship Id="rId2129699ec3c5d9d9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5996699ec3c5d9e70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12715" TargetMode="External"/><Relationship Id="rId7513699ec3c5d5b5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7513699ec3c5d5b5d.jpg"/><Relationship Id="rId9904699ec3c5d69eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9904699ec3c5d69eb.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId673914672" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId351718197" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId928769b94221ef3d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/" TargetMode="External"/><Relationship Id="rId347169b94221ef425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/categorization" TargetMode="External"/><Relationship Id="rId715069b94221efa0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/photos" TargetMode="External"/><Relationship Id="rId538369b94221efb2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/full/10.1111/epp.12715#epp12715-bib-0042" TargetMode="External"/><Relationship Id="rId155869b94221f16c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plantbiologic.com/products/last-bite-food-plot-seed" TargetMode="External"/><Relationship Id="rId603969b94221f1bd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/full/10.1111/epp.12715#epp12715-bib-0027" TargetMode="External"/><Relationship Id="rId560769b94221f2761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bicon.agriculture.gov.au/BiconWeb4.0" TargetMode="External"/><Relationship Id="rId970569b94221f285c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%201080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId201869b94221f286f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.%201080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId797369b94221f29ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/documents" TargetMode="External"/><Relationship Id="rId375769b94221f2a80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%EF%AC%82ora.org.il/en/plants/AMAPAL/" TargetMode="External"/><Relationship Id="rId141669b94221f2c32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId618669b94221f338a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId466869b94221f362e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bioone.org/doi/full/10.1614/WT-06-045.1" TargetMode="External"/><Relationship Id="rId762269b94221f36fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/sites/default/files/media/StateNoxiousWeedsSeedList.pdf" TargetMode="External"/><Relationship Id="rId940569b94221f3965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://treefruit.wsu.edu/article/palmer-amaranth-national-pest-alert/" TargetMode="External"/><Relationship Id="rId862669b94221f39a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://spsims.wto.org/en/RegularNotifications/View/140521?FromAllNotifications=True" TargetMode="External"/><Relationship Id="rId733769b94221f39e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.wto.org/dol2fe/Pages/SS/directdoc.aspx?%EF%AC%81lename=q:/WT/DS/589-1.pdf" TargetMode="External"/><Relationship Id="rId275269b94221f3a29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId442569b94221f3a2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/11263504.2019.1701123" TargetMode="External"/><Relationship Id="rId125169b94221f3a33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AMAPA/documents" TargetMode="External"/><Relationship Id="rId653269b94221f3a38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://flora.org.il/en/plants/AMAPAL/" TargetMode="External"/><Relationship Id="rId899169b94221f3a3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId420669b94221f3a42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weedscience.org/Summary/Species.aspx?WeedID=14" TargetMode="External"/><Relationship Id="rId817169b94221f3a47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId479469b94221f3a4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pfaf.org/user/Plant.aspx?LatinName=Amaranthus+palmeri" TargetMode="External"/><Relationship Id="rId590469b94221f3a50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bioone.org/doi/full/10.1614/WT-06-045.1" TargetMode="External"/><Relationship Id="rId878969b94221f3b43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId413969b94221f3c0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12715" TargetMode="External"/><Relationship Id="rId656869b94221ef8f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId656869b94221ef8f8.jpg"/><Relationship Id="rId544169b94221f081f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId544169b94221f081f.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>