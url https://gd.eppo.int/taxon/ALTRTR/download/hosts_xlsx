--- v0 (2025-10-09)
+++ v1 (2026-02-05)
@@ -12,77 +12,80 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ALTRTR" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="163">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="169">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>APUGV</t>
   </si>
   <si>
     <t>Apium graveolens</t>
   </si>
   <si>
     <t>CPSAN</t>
   </si>
   <si>
     <t>Capsicum annuum</t>
+  </si>
+  <si>
+    <t>* Evans GA (2007) The whiteflies (Hemiptera: Aleyrodidae) of the world and their host plants and natural enemies. USDA/Animal Plant Health Inspection Service (APHIS). http://keys.lucidcentral.org/keys/v3/whitefly/PDF_PwP%20ETC/world-whitefly-catalog-Evans.pdf</t>
   </si>
   <si>
     <t>CPSFR</t>
   </si>
   <si>
     <t>Capsicum frutescens</t>
   </si>
   <si>
     <t>IPOBA</t>
   </si>
   <si>
     <t>Ipomoea batatas</t>
   </si>
   <si>
     <t>* Sundararaj R, Krishnan S, Sumalatha BV (2021) Invasion and expansion of exotic whiteflies (Hemiptera: Aleyrodidae) in India and their economic importance. Phytoparasitica 49(5), 851-863.
 * Wosula EN, Evans GA, Issa KA, Legg JP (2018) Two new invasive whiteflies (Hemiptera: Aleyrodidae) to Tanzania. African Entomology 26(1), 259-264.</t>
   </si>
   <si>
     <t>NIOTA</t>
   </si>
   <si>
     <t>Nicotiana tabacum</t>
   </si>
   <si>
     <t>* Sundararaj R, Krishnan S, Sumalatha BV (2021) Invasion and expansion of exotic whiteflies (Hemiptera: Aleyrodidae) in India and their economic importance. Phytoparasitica 49(5), 851-863.</t>
@@ -186,50 +189,59 @@
   <si>
     <t>CMUJA</t>
   </si>
   <si>
     <t>Calophyllum brasiliense var. antillanum</t>
   </si>
   <si>
     <t>CNAEN</t>
   </si>
   <si>
     <t>Canavalia ensiformis</t>
   </si>
   <si>
     <t>CNNCO</t>
   </si>
   <si>
     <t>Canna coccinea</t>
   </si>
   <si>
     <t>CPRBI</t>
   </si>
   <si>
     <t>Capraria biflora</t>
   </si>
   <si>
+    <t>CPSCH</t>
+  </si>
+  <si>
+    <t>Capsicum chinense</t>
+  </si>
+  <si>
+    <t>* Sah C, Mohammadou M, Adamou M, Tsekane SJ, Kenne TA, Ngamaleu-Siewe B, Kenne EL, Oumarou AA, Youssoufa O, Tchoubou AS, Atibita NE (2025) Diversity and abundance of pest insects associated with Capsicum chinense (Jacq. 1776)(Solanales: Solanaceae) in the locality of Bini (Ngaoundere-Cameroon). Asian Journal of Research in Crop Science 10(3), 81-104.</t>
+  </si>
+  <si>
     <t>CSUEQ</t>
   </si>
   <si>
     <t>Casuarina equisetifolia</t>
   </si>
   <si>
     <t>CEMDI</t>
   </si>
   <si>
     <t>Cestrum diurnum</t>
   </si>
   <si>
     <t>CEMNO</t>
   </si>
   <si>
     <t>Cestrum nocturnum</t>
   </si>
   <si>
     <t>CMDEL</t>
   </si>
   <si>
     <t>Chamaedorea elegans</t>
   </si>
   <si>
     <t>CWCLU</t>
@@ -268,50 +280,53 @@
     <t>Cocos nucifera</t>
   </si>
   <si>
     <t>CXSES</t>
   </si>
   <si>
     <t>Colocasia esculenta</t>
   </si>
   <si>
     <t>CRHCO</t>
   </si>
   <si>
     <t>Cordia collococca</t>
   </si>
   <si>
     <t>DIUSS</t>
   </si>
   <si>
     <t>Dioscorea sp.</t>
   </si>
   <si>
     <t>DUTPL</t>
   </si>
   <si>
     <t>Duranta erecta</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Chandrashekar K, Rao A, Asawari G, Verma R, Savarni T (2020) Aleurothrixus trachoides (Back) can transmit begomovirus from Duranta to potato, tomato and bell pepper. Journal of Biosciences. 45(1), 36 </t>
   </si>
   <si>
     <t>FIUMI</t>
   </si>
   <si>
     <t>Ficus microcarpa</t>
   </si>
   <si>
     <t>FIURT</t>
   </si>
   <si>
     <t>Ficus retusa</t>
   </si>
   <si>
     <t>GUJOF</t>
   </si>
   <si>
     <t>Guaiacum officinale</t>
   </si>
   <si>
     <t>TABCH</t>
   </si>
   <si>
     <t>Handroanthus chrysanthus</t>
   </si>
@@ -478,63 +493,68 @@
   <si>
     <t>SYNPO</t>
   </si>
   <si>
     <t>Syngonium podophyllum</t>
   </si>
   <si>
     <t>TABPA</t>
   </si>
   <si>
     <t>Tabebuia pallida</t>
   </si>
   <si>
     <t>EVTDI</t>
   </si>
   <si>
     <t>Tabernaemontana divaricata</t>
   </si>
   <si>
     <t>TCTGR</t>
   </si>
   <si>
     <t>Tectona grandis</t>
   </si>
   <si>
+    <t>* Evans GA (2007) The whiteflies (Hemiptera: Aleyrodidae) of the world and their host plants and natural enemies. USDA/Animal Plant Health Inspection Service (APHIS). http://keys.lucidcentral.org/keys/v3/whitefly/PDF_PwP%20ETC/world-whitefly-catalog-Evans.pdf
+* Sundararaj R, Krishnan S, Sumalatha BV (2021) Invasion and expansion of exotic whiteflies (Hemiptera: Aleyrodidae) in India and their economic importance. Phytoparasitica 49(5), 851-863.</t>
+  </si>
+  <si>
     <t>THOCA</t>
   </si>
   <si>
     <t>Theobroma cacao</t>
   </si>
   <si>
     <t>CLZIE</t>
   </si>
   <si>
     <t>Volkameria inermis</t>
   </si>
   <si>
-    <t>* Sundararaj R, Krishnan S, Sumalatha BV (2021) Invasion and expansion of exotic whiteflies (Hemiptera: Aleyrodidae) in India and their economic importance. Phytoparasitica 49(5), 851-863.
+    <t>* Dubey AK (2023) First record of three exotic whitefly pests (Hemiptera, Aleyrodidae) from Andaman and Nicobar Islands, India. Entomon 48(1), 77–82. https://doi.org/10.33307/entomon.v48i1.846
+* Sundararaj R, Krishnan S, Sumalatha BV (2021) Invasion and expansion of exotic whiteflies (Hemiptera: Aleyrodidae) in India and their economic importance. Phytoparasitica 49(5), 851-863.
 ------- As Clerodendrum inerme.</t>
   </si>
   <si>
     <t>WITSO</t>
   </si>
   <si>
     <t>Withania somnifera</t>
   </si>
   <si>
     <t>XATSA</t>
   </si>
   <si>
     <t>Xanthosoma sagittifolium</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
@@ -851,1015 +871,1093 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D77"/>
+  <dimension ref="A1:D78"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="47.131" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="222.803" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="416.327" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" t="s">
         <v>8</v>
       </c>
-      <c r="D3"/>
+      <c r="D3" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C4" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D4"/>
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D7"/>
+        <v>19</v>
+      </c>
+      <c r="D7" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="D10"/>
+        <v>25</v>
+      </c>
+      <c r="D10" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="D11"/>
+        <v>28</v>
+      </c>
+      <c r="D11" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B12" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B14" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="D15"/>
+        <v>37</v>
+      </c>
+      <c r="D15" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B16" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B17" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B18" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="D18"/>
+        <v>43</v>
+      </c>
+      <c r="D18" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B19" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B20" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="D20"/>
+        <v>47</v>
+      </c>
+      <c r="D20" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B21" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B22" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C22" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B23" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C23" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="D23"/>
+        <v>53</v>
+      </c>
+      <c r="D23" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B24" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C24" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B25" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C25" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B26" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C26" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="D26"/>
+        <v>59</v>
+      </c>
+      <c r="D26" t="s">
+        <v>60</v>
+      </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B27" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C27" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B28" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C28" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D28" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B29" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C29" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="D29"/>
+        <v>66</v>
+      </c>
+      <c r="D29" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="C30" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="D30"/>
+        <v>68</v>
+      </c>
+      <c r="D30" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B31" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C31" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B32" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C32" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B33" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C33" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="D33"/>
+        <v>74</v>
+      </c>
+      <c r="D33" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B34" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C34" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="D34"/>
+        <v>76</v>
+      </c>
+      <c r="D34" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B35" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C35" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="D35"/>
+        <v>78</v>
+      </c>
+      <c r="D35" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B36" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C36" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B37" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="C37" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B38" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C38" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B39" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="C39" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="D39"/>
+        <v>86</v>
+      </c>
+      <c r="D39" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B40" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C40" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="D40"/>
+        <v>88</v>
+      </c>
+      <c r="D40" t="s">
+        <v>89</v>
+      </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B41" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C41" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B42" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="C42" t="s">
-        <v>90</v>
-[...1 lines deleted...]
-      <c r="D42"/>
+        <v>93</v>
+      </c>
+      <c r="D42" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B43" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="C43" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="D43"/>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B44" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C44" t="s">
-        <v>94</v>
-[...3 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="D44"/>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B45" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C45" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="D45"/>
+        <v>99</v>
+      </c>
+      <c r="D45" t="s">
+        <v>100</v>
+      </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B46" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="C46" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="D46"/>
+        <v>102</v>
+      </c>
+      <c r="D46" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B47" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="C47" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="D47"/>
+        <v>104</v>
+      </c>
+      <c r="D47" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B48" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="C48" t="s">
-        <v>103</v>
-[...3 lines deleted...]
-      </c>
+        <v>106</v>
+      </c>
+      <c r="D48"/>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B49" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C49" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="D49"/>
+        <v>108</v>
+      </c>
+      <c r="D49" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B50" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="C50" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="D50"/>
+        <v>110</v>
+      </c>
+      <c r="D50" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B51" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C51" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="D51"/>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B52" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="C52" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="D52"/>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B53" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="C53" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="D53"/>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B54" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="C54" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="D54"/>
+        <v>118</v>
+      </c>
+      <c r="D54" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B55" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="C55" t="s">
-        <v>117</v>
-[...1 lines deleted...]
-      <c r="D55"/>
+        <v>120</v>
+      </c>
+      <c r="D55" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B56" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="C56" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D56"/>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B57" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C57" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="D57"/>
+        <v>124</v>
+      </c>
+      <c r="D57" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B58" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C58" t="s">
-        <v>123</v>
-[...3 lines deleted...]
-      </c>
+        <v>126</v>
+      </c>
+      <c r="D58"/>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B59" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="C59" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="D59"/>
+        <v>128</v>
+      </c>
+      <c r="D59" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B60" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="C60" t="s">
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="D60"/>
+        <v>130</v>
+      </c>
+      <c r="D60" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B61" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="C61" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="D61"/>
+        <v>132</v>
+      </c>
+      <c r="D61" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B62" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="C62" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="D62"/>
+        <v>134</v>
+      </c>
+      <c r="D62" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B63" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="C63" t="s">
-        <v>133</v>
-[...1 lines deleted...]
-      <c r="D63"/>
+        <v>136</v>
+      </c>
+      <c r="D63" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B64" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="C64" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="D64"/>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B65" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="C65" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="D65"/>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B66" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="C66" t="s">
-        <v>139</v>
-[...3 lines deleted...]
-      </c>
+        <v>142</v>
+      </c>
+      <c r="D66"/>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B67" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C67" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="D67"/>
+        <v>144</v>
+      </c>
+      <c r="D67" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B68" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="C68" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="D68"/>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B69" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="C69" t="s">
-        <v>145</v>
-[...1 lines deleted...]
-      <c r="D69"/>
+        <v>148</v>
+      </c>
+      <c r="D69" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B70" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="C70" t="s">
-        <v>147</v>
-[...1 lines deleted...]
-      <c r="D70"/>
+        <v>150</v>
+      </c>
+      <c r="D70" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B71" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="C71" t="s">
-        <v>149</v>
-[...1 lines deleted...]
-      <c r="D71"/>
+        <v>152</v>
+      </c>
+      <c r="D71" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B72" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="C72" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="D72"/>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B73" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="C73" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="D73" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B74" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="C74" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="D74"/>
+        <v>158</v>
+      </c>
+      <c r="D74" t="s">
+        <v>159</v>
+      </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B75" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="C75" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="D75" t="s">
-        <v>158</v>
+        <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B76" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="C76" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="D76" t="s">
-        <v>16</v>
+        <v>164</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B77" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="C77" t="s">
-        <v>162</v>
-[...1 lines deleted...]
-      <c r="D77"/>
+        <v>166</v>
+      </c>
+      <c r="D77" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="78" spans="1:4">
+      <c r="A78" t="s">
+        <v>29</v>
+      </c>
+      <c r="B78" t="s">
+        <v>167</v>
+      </c>
+      <c r="C78" t="s">
+        <v>168</v>
+      </c>
+      <c r="D78" t="s">
+        <v>9</v>
+      </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>