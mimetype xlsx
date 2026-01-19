--- v0 (2025-10-04)
+++ v1 (2026-01-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ALTEBA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="421">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="423">
   <si>
     <t>continent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>state</t>
   </si>
   <si>
     <t>country code</t>
   </si>
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Angola</t>
   </si>
   <si>
@@ -1121,60 +1121,66 @@
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Russian Federation (the)</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
-    <t>European Russia</t>
-[...2 lines deleted...]
-    <t>ru</t>
+    <t>Central Russia</t>
+  </si>
+  <si>
+    <t>cr</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
+  </si>
+  <si>
+    <t>Southern Russia</t>
+  </si>
+  <si>
+    <t>sr</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CH</t>
   </si>
@@ -1622,51 +1628,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F207"/>
+  <dimension ref="A1:F208"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -4919,57 +4925,61 @@
     <row r="183" spans="1:6">
       <c r="A183" t="s">
         <v>320</v>
       </c>
       <c r="B183" t="s">
         <v>367</v>
       </c>
       <c r="C183" t="s">
         <v>371</v>
       </c>
       <c r="D183" t="s">
         <v>368</v>
       </c>
       <c r="E183" t="s">
         <v>372</v>
       </c>
       <c r="F183" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" t="s">
         <v>320</v>
       </c>
       <c r="B184" t="s">
+        <v>367</v>
+      </c>
+      <c r="C184" t="s">
         <v>373</v>
       </c>
-      <c r="C184"/>
       <c r="D184" t="s">
+        <v>368</v>
+      </c>
+      <c r="E184" t="s">
         <v>374</v>
       </c>
-      <c r="E184"/>
       <c r="F184" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" t="s">
         <v>320</v>
       </c>
       <c r="B185" t="s">
         <v>375</v>
       </c>
       <c r="C185"/>
       <c r="D185" t="s">
         <v>376</v>
       </c>
       <c r="E185"/>
       <c r="F185" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" t="s">
         <v>320</v>
       </c>
       <c r="B186" t="s">
@@ -5028,345 +5038,361 @@
         <v>384</v>
       </c>
       <c r="E189"/>
       <c r="F189" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" t="s">
         <v>320</v>
       </c>
       <c r="B190" t="s">
         <v>385</v>
       </c>
       <c r="C190"/>
       <c r="D190" t="s">
         <v>386</v>
       </c>
       <c r="E190"/>
       <c r="F190" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" t="s">
+        <v>320</v>
+      </c>
+      <c r="B191" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
       <c r="C191"/>
       <c r="D191" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="E191"/>
       <c r="F191" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B192" t="s">
-        <v>388</v>
-[...1 lines deleted...]
-      <c r="C192" t="s">
         <v>390</v>
       </c>
+      <c r="C192"/>
       <c r="D192" t="s">
-        <v>389</v>
-[...1 lines deleted...]
-      <c r="E192" t="s">
         <v>391</v>
       </c>
+      <c r="E192"/>
       <c r="F192" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B193" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="C193" t="s">
         <v>392</v>
       </c>
       <c r="D193" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="E193" t="s">
         <v>393</v>
       </c>
       <c r="F193" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B194" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="C194" t="s">
         <v>394</v>
       </c>
       <c r="D194" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="E194" t="s">
         <v>395</v>
       </c>
       <c r="F194" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B195" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="C195" t="s">
         <v>396</v>
       </c>
       <c r="D195" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="E195" t="s">
         <v>397</v>
       </c>
       <c r="F195" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B196" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="C196" t="s">
         <v>398</v>
       </c>
       <c r="D196" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="E196" t="s">
         <v>399</v>
       </c>
       <c r="F196" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B197" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="C197" t="s">
         <v>400</v>
       </c>
       <c r="D197" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="E197" t="s">
         <v>401</v>
       </c>
       <c r="F197" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B198" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="C198" t="s">
         <v>402</v>
       </c>
       <c r="D198" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="E198" t="s">
-        <v>178</v>
+        <v>403</v>
       </c>
       <c r="F198" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B199" t="s">
-        <v>403</v>
-[...1 lines deleted...]
-      <c r="C199"/>
+        <v>390</v>
+      </c>
+      <c r="C199" t="s">
+        <v>404</v>
+      </c>
       <c r="D199" t="s">
-        <v>404</v>
-[...1 lines deleted...]
-      <c r="E199"/>
+        <v>391</v>
+      </c>
+      <c r="E199" t="s">
+        <v>178</v>
+      </c>
       <c r="F199" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B200" t="s">
         <v>405</v>
       </c>
       <c r="C200"/>
       <c r="D200" t="s">
         <v>406</v>
       </c>
       <c r="E200"/>
       <c r="F200" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B201" t="s">
         <v>407</v>
       </c>
       <c r="C201"/>
       <c r="D201" t="s">
         <v>408</v>
       </c>
       <c r="E201"/>
       <c r="F201" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B202" t="s">
         <v>409</v>
       </c>
       <c r="C202"/>
       <c r="D202" t="s">
         <v>410</v>
       </c>
       <c r="E202"/>
       <c r="F202" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B203" t="s">
         <v>411</v>
       </c>
       <c r="C203"/>
       <c r="D203" t="s">
         <v>412</v>
       </c>
       <c r="E203"/>
       <c r="F203" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B204" t="s">
         <v>413</v>
       </c>
       <c r="C204"/>
       <c r="D204" t="s">
         <v>414</v>
       </c>
       <c r="E204"/>
       <c r="F204" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B205" t="s">
         <v>415</v>
       </c>
       <c r="C205"/>
       <c r="D205" t="s">
         <v>416</v>
       </c>
       <c r="E205"/>
       <c r="F205" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B206" t="s">
         <v>417</v>
       </c>
       <c r="C206"/>
       <c r="D206" t="s">
         <v>418</v>
       </c>
       <c r="E206"/>
       <c r="F206" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B207" t="s">
         <v>419</v>
       </c>
       <c r="C207"/>
       <c r="D207" t="s">
         <v>420</v>
       </c>
       <c r="E207"/>
       <c r="F207" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="208" spans="1:6">
+      <c r="A208" t="s">
+        <v>389</v>
+      </c>
+      <c r="B208" t="s">
+        <v>421</v>
+      </c>
+      <c r="C208"/>
+      <c r="D208" t="s">
+        <v>422</v>
+      </c>
+      <c r="E208"/>
+      <c r="F208" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>