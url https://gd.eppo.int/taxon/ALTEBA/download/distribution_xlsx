--- v1 (2026-01-19)
+++ v2 (2026-02-08)
@@ -1115,51 +1115,51 @@
   <si>
     <t>North Macedonia</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>