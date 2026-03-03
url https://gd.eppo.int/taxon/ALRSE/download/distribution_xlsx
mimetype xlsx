--- v0 (2025-10-09)
+++ v1 (2026-03-03)
@@ -410,51 +410,51 @@
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Vietnam</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Oceania</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AU</t>
   </si>