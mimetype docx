--- v0 (2025-11-06)
+++ v1 (2025-11-27)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> (von Martius) Moquin-Tandon</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> alligator weed (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4850690c08f6445c0" w:history="1">
+            <w:hyperlink r:id="rId97786927eb4f6ab15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6423690c08f64462b" w:history="1">
+            <w:hyperlink r:id="rId86116927eb4f6ab80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ALRPH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="81913883" name="name3894690c08f64471d" descr="35.jpg"/>
+                  <wp:docPr id="52926911" name="name13406927eb4f6ac7d" descr="35.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="35.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9897690c08f64471b" cstate="print"/>
+                          <a:blip r:embed="rId18426927eb4f6ac7c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7383690c08f644865" w:history="1">
+            <w:hyperlink r:id="rId69766927eb4f6ad5b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1098,63 +1098,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. philoxeroides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been updated and it is now considered invasive (Iamonico &amp; Iberite, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="74117023" name="name7594690c08f644da2" descr="ALRPH_distribution_map.jpg"/>
+            <wp:docPr id="74077256" name="name17366927eb4f6c245" descr="ALRPH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ALRPH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4291690c08f644da1" cstate="print"/>
+                    <a:blip r:embed="rId50256927eb4f6c242" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2920,51 +2920,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2005; Van Oosterhout, 2007). Impacts on agriculture have been recorded throughout the invasive range including North Carolina, USA, where </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. philoxeroides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was infesting over 4000 ha of agriculture land (Van Oosterhout, 2007). Additionally the species is reported to invade orchards, tea plantations and berry fields and cause losses of soybean, cotton and peanuts (Commonwealth of Australia, 2012). The species also presents a risk for the vegetable industry valued at AUD 150 million annually in the Hawkesbury– Nepean catchment (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId4699690c08f645ae2" w:history="1">
+      <w:hyperlink r:id="rId12746927eb4f6cf60" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://weeds.dpi.nsw.gov.au/Weeds/Details/7#TOC</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Sri Lanka </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3772,51 +3772,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Government (2003) Alligator weed (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alternanthera philoxeroides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) Weed management guide. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9856690c08f6460b6" w:history="1">
+      <w:hyperlink r:id="rId37016927eb4f6d6a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.environment. gov.au/biodiversity/invasive/weeds/publications/guidelines/wons/pubs/aphiloxeroides.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 3 February 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4143,51 +4143,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2015)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Invasive Species Compendium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CAB International, Wallingford (GB). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2338690c08f646311" w:history="1">
+      <w:hyperlink r:id="rId24746927eb4f6d8f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4454,51 +4454,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Strategic Plan.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> National Weeds Strategy Executive Committee, Launceston (AU). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9649690c08f64651e" w:history="1">
+      <w:hyperlink r:id="rId42386927eb4f6dad7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weeds.org.au/WoNS/alligatorweed/docs/alistrat.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 February 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4689,51 +4689,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 27–28. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fried G, Magoga E &amp; Terrin E (2014) L’herbe a alligator. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9463690c08f64669e" w:history="1">
+      <w:hyperlink r:id="rId74096927eb4f6dc4c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http:// www.gt-ibma.eu/a-surveiller-de-pres</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 19 February 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4748,51 +4748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2012) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alternanthera philoxeroides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Amaranthaceae). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7400690c08f6466fd" w:history="1">
+      <w:hyperlink r:id="rId98936927eb4f6dca7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https:// www.eppo.int/INVASIVE_PLANTS/iap_list/Alternanthera_philoxeroides.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 February 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5014,51 +5014,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Global Invasive Species Database (2010) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alternanthera philoxeroides. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6798690c08f6468aa" w:history="1">
+      <w:hyperlink r:id="rId67306927eb4f6de5e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://issg.org/database/species/impact_info.asp? si=763&amp;fr=1&amp;sts=&amp;lang=EN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 February 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5073,51 +5073,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Government of South Australia (2010) Alligator weed </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Alternanthera philoxeroides).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6126690c08f64690a" w:history="1">
+      <w:hyperlink r:id="rId32496927eb4f6debd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.pir.sa.gov.au/__data/assets/pdf_file/0007/137293/alligator_weed_policy.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 April 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5377,90 +5377,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Iamonico D &amp; Pino S (2015) Taxonomic revision of the genus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alternanthera </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Amaranthaceae) in Italy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3112690c08f646aee" w:history="1">
+      <w:hyperlink r:id="rId71836927eb4f6e0ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://figshare.com/articles/TaxonomicrevisionofthegenusAlternantheraAmaranthaceaeinItaly/1309904</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 June 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jayasinghe H (2008) Please don’t eat mallung leaf lookalike. Sundaytimes. lk. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3304690c08f646b2f" w:history="1">
+      <w:hyperlink r:id="rId70626927eb4f6e0ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.sundaytimes.lk/080504/News/news0013. html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 March 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6066,51 +6066,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 285–286. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Q-bank (2015) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2459690c08f646f3e" w:history="1">
+      <w:hyperlink r:id="rId23836927eb4f6e4e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.q-bank.eu/Plants/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 12th March 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6125,51 +6125,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Queensland Government (2015) Alligator weed (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alternanthera philoxeroides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). Queensland, Australia. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6875690c08f646f9a" w:history="1">
+      <w:hyperlink r:id="rId74336927eb4f6e545" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.daff.qld.gov.au/ plants/weeds-pest-animals-ants/weeds/a-z-listing-of-weeds/photo-guideto-weeds/alligator-weed</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 March 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6777,51 +6777,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2008) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alternanthera philoxeroides </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Mart.) Griseb. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8782690c08f6473ba" w:history="1">
+      <w:hyperlink r:id="rId11336927eb4f6e957" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plants.usda.gov/core/profile?symbol=ALPH</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 March 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7168,51 +7168,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alternanthera philoxeroides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6701690c08f647655" w:history="1">
+      <w:hyperlink r:id="rId13876927eb4f6ebd3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7288,51 +7288,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 8-13.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId9591690c08f64771d" w:history="1">
+      <w:hyperlink r:id="rId97556927eb4f6ec98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12275 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -7419,137 +7419,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="59864252">
+  <w:abstractNum w:abstractNumId="23495864">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90031431">
+    <w:lvl w:ilvl="0" w:tplc="81961902">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="90031431" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="81961902" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="90031431" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="81961902" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="90031431" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="81961902" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="90031431" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="81961902" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="90031431" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="81961902" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="90031431" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="81961902" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="90031431" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="81961902" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="90031431" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="81961902" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="59864251">
+  <w:abstractNum w:abstractNumId="23495863">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13240687">
+    <w:lvl w:ilvl="0" w:tplc="24817469">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8301,55 +8301,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="59864251">
-    <w:abstractNumId w:val="59864251"/>
+  <w:num w:numId="23495863">
+    <w:abstractNumId w:val="23495863"/>
   </w:num>
-  <w:num w:numId="59864252">
-    <w:abstractNumId w:val="59864252"/>
+  <w:num w:numId="23495864">
+    <w:abstractNumId w:val="23495864"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19899,51 +19899,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId962055013" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId391225223" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4850690c08f6445c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALRPH/" TargetMode="External"/><Relationship Id="rId6423690c08f64462b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALRPH/categorization" TargetMode="External"/><Relationship Id="rId7383690c08f644865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALRPH/photos" TargetMode="External"/><Relationship Id="rId4699690c08f645ae2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.dpi.nsw.gov.au/Weeds/Details/7#TOC" TargetMode="External"/><Relationship Id="rId9856690c08f6460b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.%20gov.au/biodiversity/invasive/weeds/publications/guidelines/wons/pubs/aphiloxeroides.pdf" TargetMode="External"/><Relationship Id="rId2338690c08f646311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc" TargetMode="External"/><Relationship Id="rId9649690c08f64651e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/WoNS/alligatorweed/docs/alistrat.pdf" TargetMode="External"/><Relationship Id="rId9463690c08f64669e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20www.gt-ibma.eu/a-surveiller-de-pres" TargetMode="External"/><Relationship Id="rId7400690c08f6466fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%20www.eppo.int/INVASIVE_PLANTS/iap_list/%20Alternanthera_philoxeroides.htm" TargetMode="External"/><Relationship Id="rId6798690c08f6468aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://issg.org/database/species/impact_info.asp?%20si=763&amp;fr=1&amp;sts=&amp;lang=EN" TargetMode="External"/><Relationship Id="rId6126690c08f64690a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pir.sa.gov.au/__data/assets/pdf_file/0007/137293/alligator_weed_policy.pdf" TargetMode="External"/><Relationship Id="rId3112690c08f646aee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://figshare.com/articles/TaxonomicrevisionofthegenusAlternantheraAmaranthaceaeinItaly/1309904" TargetMode="External"/><Relationship Id="rId3304690c08f646b2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sundaytimes.lk/080504/News/news0013.%20html" TargetMode="External"/><Relationship Id="rId2459690c08f646f3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.q-bank.eu/Plants/" TargetMode="External"/><Relationship Id="rId6875690c08f646f9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.daff.qld.gov.au/%20plants/weeds-pest-animals-ants/weeds/a-z-listing-of-weeds/photo-guideto-weeds/alligator-weed" TargetMode="External"/><Relationship Id="rId8782690c08f6473ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/core/profile?symbol=ALPH" TargetMode="External"/><Relationship Id="rId6701690c08f647655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9591690c08f64771d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12275" TargetMode="External"/><Relationship Id="rId9897690c08f64471b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9897690c08f64471b.jpg"/><Relationship Id="rId4291690c08f644da1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4291690c08f644da1.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId670939789" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId556816216" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId97786927eb4f6ab15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALRPH/" TargetMode="External"/><Relationship Id="rId86116927eb4f6ab80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALRPH/categorization" TargetMode="External"/><Relationship Id="rId69766927eb4f6ad5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALRPH/photos" TargetMode="External"/><Relationship Id="rId12746927eb4f6cf60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.dpi.nsw.gov.au/Weeds/Details/7#TOC" TargetMode="External"/><Relationship Id="rId37016927eb4f6d6a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.%20gov.au/biodiversity/invasive/weeds/publications/guidelines/wons/pubs/aphiloxeroides.pdf" TargetMode="External"/><Relationship Id="rId24746927eb4f6d8f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc" TargetMode="External"/><Relationship Id="rId42386927eb4f6dad7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/WoNS/alligatorweed/docs/alistrat.pdf" TargetMode="External"/><Relationship Id="rId74096927eb4f6dc4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20www.gt-ibma.eu/a-surveiller-de-pres" TargetMode="External"/><Relationship Id="rId98936927eb4f6dca7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%20www.eppo.int/INVASIVE_PLANTS/iap_list/%20Alternanthera_philoxeroides.htm" TargetMode="External"/><Relationship Id="rId67306927eb4f6de5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://issg.org/database/species/impact_info.asp?%20si=763&amp;fr=1&amp;sts=&amp;lang=EN" TargetMode="External"/><Relationship Id="rId32496927eb4f6debd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pir.sa.gov.au/__data/assets/pdf_file/0007/137293/alligator_weed_policy.pdf" TargetMode="External"/><Relationship Id="rId71836927eb4f6e0ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://figshare.com/articles/TaxonomicrevisionofthegenusAlternantheraAmaranthaceaeinItaly/1309904" TargetMode="External"/><Relationship Id="rId70626927eb4f6e0ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sundaytimes.lk/080504/News/news0013.%20html" TargetMode="External"/><Relationship Id="rId23836927eb4f6e4e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.q-bank.eu/Plants/" TargetMode="External"/><Relationship Id="rId74336927eb4f6e545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.daff.qld.gov.au/%20plants/weeds-pest-animals-ants/weeds/a-z-listing-of-weeds/photo-guideto-weeds/alligator-weed" TargetMode="External"/><Relationship Id="rId11336927eb4f6e957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/core/profile?symbol=ALPH" TargetMode="External"/><Relationship Id="rId13876927eb4f6ebd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId97556927eb4f6ec98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12275" TargetMode="External"/><Relationship Id="rId18426927eb4f6ac7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId18426927eb4f6ac7c.jpg"/><Relationship Id="rId50256927eb4f6c242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId50256927eb4f6c242.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>