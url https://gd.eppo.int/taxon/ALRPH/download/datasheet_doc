--- v1 (2025-11-27)
+++ v2 (2025-12-17)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> (von Martius) Moquin-Tandon</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> alligator weed (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97786927eb4f6ab15" w:history="1">
+            <w:hyperlink r:id="rId148169426d88754dd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86116927eb4f6ab80" w:history="1">
+            <w:hyperlink r:id="rId710069426d887554d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ALRPH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="52926911" name="name13406927eb4f6ac7d" descr="35.jpg"/>
+                  <wp:docPr id="82482042" name="name796869426d887561d" descr="35.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="35.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId18426927eb4f6ac7c" cstate="print"/>
+                          <a:blip r:embed="rId664369426d887561c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId69766927eb4f6ad5b" w:history="1">
+            <w:hyperlink r:id="rId455669426d887576d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1098,63 +1098,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. philoxeroides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been updated and it is now considered invasive (Iamonico &amp; Iberite, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="74077256" name="name17366927eb4f6c245" descr="ALRPH_distribution_map.jpg"/>
+            <wp:docPr id="60940318" name="name871269426d8876b38" descr="ALRPH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ALRPH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId50256927eb4f6c242" cstate="print"/>
+                    <a:blip r:embed="rId519769426d8876b35" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2920,51 +2920,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2005; Van Oosterhout, 2007). Impacts on agriculture have been recorded throughout the invasive range including North Carolina, USA, where </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. philoxeroides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was infesting over 4000 ha of agriculture land (Van Oosterhout, 2007). Additionally the species is reported to invade orchards, tea plantations and berry fields and cause losses of soybean, cotton and peanuts (Commonwealth of Australia, 2012). The species also presents a risk for the vegetable industry valued at AUD 150 million annually in the Hawkesbury– Nepean catchment (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId12746927eb4f6cf60" w:history="1">
+      <w:hyperlink r:id="rId527269426d887788e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://weeds.dpi.nsw.gov.au/Weeds/Details/7#TOC</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Sri Lanka </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3772,51 +3772,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Government (2003) Alligator weed (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alternanthera philoxeroides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) Weed management guide. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37016927eb4f6d6a1" w:history="1">
+      <w:hyperlink r:id="rId648469426d88780a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.environment. gov.au/biodiversity/invasive/weeds/publications/guidelines/wons/pubs/aphiloxeroides.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 3 February 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4143,51 +4143,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2015)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Invasive Species Compendium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CAB International, Wallingford (GB). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24746927eb4f6d8f2" w:history="1">
+      <w:hyperlink r:id="rId891269426d88783ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4454,51 +4454,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Strategic Plan.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> National Weeds Strategy Executive Committee, Launceston (AU). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42386927eb4f6dad7" w:history="1">
+      <w:hyperlink r:id="rId201169426d88785dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weeds.org.au/WoNS/alligatorweed/docs/alistrat.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 February 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4689,51 +4689,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 27–28. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fried G, Magoga E &amp; Terrin E (2014) L’herbe a alligator. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74096927eb4f6dc4c" w:history="1">
+      <w:hyperlink r:id="rId146669426d8878753" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http:// www.gt-ibma.eu/a-surveiller-de-pres</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 19 February 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4748,51 +4748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2012) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alternanthera philoxeroides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Amaranthaceae). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98936927eb4f6dca7" w:history="1">
+      <w:hyperlink r:id="rId681269426d88787af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https:// www.eppo.int/INVASIVE_PLANTS/iap_list/Alternanthera_philoxeroides.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 February 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5014,51 +5014,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Global Invasive Species Database (2010) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alternanthera philoxeroides. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67306927eb4f6de5e" w:history="1">
+      <w:hyperlink r:id="rId904069426d8878954" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://issg.org/database/species/impact_info.asp? si=763&amp;fr=1&amp;sts=&amp;lang=EN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 February 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5073,51 +5073,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Government of South Australia (2010) Alligator weed </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Alternanthera philoxeroides).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32496927eb4f6debd" w:history="1">
+      <w:hyperlink r:id="rId761769426d88789b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.pir.sa.gov.au/__data/assets/pdf_file/0007/137293/alligator_weed_policy.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 April 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5377,90 +5377,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Iamonico D &amp; Pino S (2015) Taxonomic revision of the genus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alternanthera </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Amaranthaceae) in Italy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71836927eb4f6e0ac" w:history="1">
+      <w:hyperlink r:id="rId911469426d8878b9f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://figshare.com/articles/TaxonomicrevisionofthegenusAlternantheraAmaranthaceaeinItaly/1309904</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 June 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jayasinghe H (2008) Please don’t eat mallung leaf lookalike. Sundaytimes. lk. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70626927eb4f6e0ec" w:history="1">
+      <w:hyperlink r:id="rId356069426d8878be1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.sundaytimes.lk/080504/News/news0013. html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 March 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6066,51 +6066,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 285–286. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Q-bank (2015) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23836927eb4f6e4e9" w:history="1">
+      <w:hyperlink r:id="rId942969426d8878fee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.q-bank.eu/Plants/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 12th March 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6125,51 +6125,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Queensland Government (2015) Alligator weed (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alternanthera philoxeroides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). Queensland, Australia. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74336927eb4f6e545" w:history="1">
+      <w:hyperlink r:id="rId912469426d887904c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.daff.qld.gov.au/ plants/weeds-pest-animals-ants/weeds/a-z-listing-of-weeds/photo-guideto-weeds/alligator-weed</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 March 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6777,51 +6777,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2008) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alternanthera philoxeroides </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Mart.) Griseb. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11336927eb4f6e957" w:history="1">
+      <w:hyperlink r:id="rId448269426d8879469" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plants.usda.gov/core/profile?symbol=ALPH</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 March 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7168,51 +7168,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alternanthera philoxeroides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13876927eb4f6ebd3" w:history="1">
+      <w:hyperlink r:id="rId759769426d88796df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7288,51 +7288,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 8-13.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId97556927eb4f6ec98" w:history="1">
+      <w:hyperlink r:id="rId797469426d88797b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12275 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -7419,137 +7419,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="23495864">
+  <w:abstractNum w:abstractNumId="62650848">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81961902">
+    <w:lvl w:ilvl="0" w:tplc="59982887">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="81961902" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="59982887" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="81961902" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="59982887" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="81961902" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="59982887" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="81961902" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="59982887" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="81961902" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="59982887" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="81961902" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="59982887" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="81961902" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="59982887" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="81961902" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="59982887" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23495863">
+  <w:abstractNum w:abstractNumId="62650847">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24817469">
+    <w:lvl w:ilvl="0" w:tplc="72973938">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8301,55 +8301,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="23495863">
-    <w:abstractNumId w:val="23495863"/>
+  <w:num w:numId="62650847">
+    <w:abstractNumId w:val="62650847"/>
   </w:num>
-  <w:num w:numId="23495864">
-    <w:abstractNumId w:val="23495864"/>
+  <w:num w:numId="62650848">
+    <w:abstractNumId w:val="62650848"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19899,51 +19899,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId670939789" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId556816216" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId97786927eb4f6ab15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALRPH/" TargetMode="External"/><Relationship Id="rId86116927eb4f6ab80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALRPH/categorization" TargetMode="External"/><Relationship Id="rId69766927eb4f6ad5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALRPH/photos" TargetMode="External"/><Relationship Id="rId12746927eb4f6cf60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.dpi.nsw.gov.au/Weeds/Details/7#TOC" TargetMode="External"/><Relationship Id="rId37016927eb4f6d6a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.%20gov.au/biodiversity/invasive/weeds/publications/guidelines/wons/pubs/aphiloxeroides.pdf" TargetMode="External"/><Relationship Id="rId24746927eb4f6d8f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc" TargetMode="External"/><Relationship Id="rId42386927eb4f6dad7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/WoNS/alligatorweed/docs/alistrat.pdf" TargetMode="External"/><Relationship Id="rId74096927eb4f6dc4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20www.gt-ibma.eu/a-surveiller-de-pres" TargetMode="External"/><Relationship Id="rId98936927eb4f6dca7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%20www.eppo.int/INVASIVE_PLANTS/iap_list/%20Alternanthera_philoxeroides.htm" TargetMode="External"/><Relationship Id="rId67306927eb4f6de5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://issg.org/database/species/impact_info.asp?%20si=763&amp;fr=1&amp;sts=&amp;lang=EN" TargetMode="External"/><Relationship Id="rId32496927eb4f6debd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pir.sa.gov.au/__data/assets/pdf_file/0007/137293/alligator_weed_policy.pdf" TargetMode="External"/><Relationship Id="rId71836927eb4f6e0ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://figshare.com/articles/TaxonomicrevisionofthegenusAlternantheraAmaranthaceaeinItaly/1309904" TargetMode="External"/><Relationship Id="rId70626927eb4f6e0ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sundaytimes.lk/080504/News/news0013.%20html" TargetMode="External"/><Relationship Id="rId23836927eb4f6e4e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.q-bank.eu/Plants/" TargetMode="External"/><Relationship Id="rId74336927eb4f6e545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.daff.qld.gov.au/%20plants/weeds-pest-animals-ants/weeds/a-z-listing-of-weeds/photo-guideto-weeds/alligator-weed" TargetMode="External"/><Relationship Id="rId11336927eb4f6e957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/core/profile?symbol=ALPH" TargetMode="External"/><Relationship Id="rId13876927eb4f6ebd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId97556927eb4f6ec98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12275" TargetMode="External"/><Relationship Id="rId18426927eb4f6ac7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId18426927eb4f6ac7c.jpg"/><Relationship Id="rId50256927eb4f6c242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId50256927eb4f6c242.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId670646062" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId321079442" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId148169426d88754dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALRPH/" TargetMode="External"/><Relationship Id="rId710069426d887554d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALRPH/categorization" TargetMode="External"/><Relationship Id="rId455669426d887576d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALRPH/photos" TargetMode="External"/><Relationship Id="rId527269426d887788e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.dpi.nsw.gov.au/Weeds/Details/7#TOC" TargetMode="External"/><Relationship Id="rId648469426d88780a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.%20gov.au/biodiversity/invasive/weeds/publications/guidelines/wons/pubs/aphiloxeroides.pdf" TargetMode="External"/><Relationship Id="rId891269426d88783ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc" TargetMode="External"/><Relationship Id="rId201169426d88785dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/WoNS/alligatorweed/docs/alistrat.pdf" TargetMode="External"/><Relationship Id="rId146669426d8878753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20www.gt-ibma.eu/a-surveiller-de-pres" TargetMode="External"/><Relationship Id="rId681269426d88787af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%20www.eppo.int/INVASIVE_PLANTS/iap_list/%20Alternanthera_philoxeroides.htm" TargetMode="External"/><Relationship Id="rId904069426d8878954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://issg.org/database/species/impact_info.asp?%20si=763&amp;fr=1&amp;sts=&amp;lang=EN" TargetMode="External"/><Relationship Id="rId761769426d88789b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pir.sa.gov.au/__data/assets/pdf_file/0007/137293/alligator_weed_policy.pdf" TargetMode="External"/><Relationship Id="rId911469426d8878b9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://figshare.com/articles/TaxonomicrevisionofthegenusAlternantheraAmaranthaceaeinItaly/1309904" TargetMode="External"/><Relationship Id="rId356069426d8878be1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sundaytimes.lk/080504/News/news0013.%20html" TargetMode="External"/><Relationship Id="rId942969426d8878fee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.q-bank.eu/Plants/" TargetMode="External"/><Relationship Id="rId912469426d887904c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.daff.qld.gov.au/%20plants/weeds-pest-animals-ants/weeds/a-z-listing-of-weeds/photo-guideto-weeds/alligator-weed" TargetMode="External"/><Relationship Id="rId448269426d8879469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/core/profile?symbol=ALPH" TargetMode="External"/><Relationship Id="rId759769426d88796df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId797469426d88797b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12275" TargetMode="External"/><Relationship Id="rId664369426d887561c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId664369426d887561c.jpg"/><Relationship Id="rId519769426d8876b35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId519769426d8876b35.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>