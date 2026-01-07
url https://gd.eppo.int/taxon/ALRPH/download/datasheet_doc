--- v2 (2025-12-17)
+++ v3 (2026-01-07)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> (von Martius) Moquin-Tandon</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> alligator weed (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148169426d88754dd" w:history="1">
+            <w:hyperlink r:id="rId4482695dcc86b7690" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId710069426d887554d" w:history="1">
+            <w:hyperlink r:id="rId5642695dcc86b76f6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ALRPH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="82482042" name="name796869426d887561d" descr="35.jpg"/>
+                  <wp:docPr id="44157568" name="name7399695dcc86b77ae" descr="35.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="35.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId664369426d887561c" cstate="print"/>
+                          <a:blip r:embed="rId4354695dcc86b77ad" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId455669426d887576d" w:history="1">
+            <w:hyperlink r:id="rId8048695dcc86b7890" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1098,63 +1098,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. philoxeroides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been updated and it is now considered invasive (Iamonico &amp; Iberite, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="60940318" name="name871269426d8876b38" descr="ALRPH_distribution_map.jpg"/>
+            <wp:docPr id="97328524" name="name5998695dcc86b883a" descr="ALRPH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ALRPH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId519769426d8876b35" cstate="print"/>
+                    <a:blip r:embed="rId3211695dcc86b8837" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2920,51 +2920,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2005; Van Oosterhout, 2007). Impacts on agriculture have been recorded throughout the invasive range including North Carolina, USA, where </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. philoxeroides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was infesting over 4000 ha of agriculture land (Van Oosterhout, 2007). Additionally the species is reported to invade orchards, tea plantations and berry fields and cause losses of soybean, cotton and peanuts (Commonwealth of Australia, 2012). The species also presents a risk for the vegetable industry valued at AUD 150 million annually in the Hawkesbury– Nepean catchment (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId527269426d887788e" w:history="1">
+      <w:hyperlink r:id="rId9863695dcc86b9a36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://weeds.dpi.nsw.gov.au/Weeds/Details/7#TOC</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Sri Lanka </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3772,51 +3772,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Government (2003) Alligator weed (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alternanthera philoxeroides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) Weed management guide. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId648469426d88780a9" w:history="1">
+      <w:hyperlink r:id="rId9826695dcc86ba54d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.environment. gov.au/biodiversity/invasive/weeds/publications/guidelines/wons/pubs/aphiloxeroides.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 3 February 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4143,51 +4143,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2015)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Invasive Species Compendium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CAB International, Wallingford (GB). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId891269426d88783ed" w:history="1">
+      <w:hyperlink r:id="rId6273695dcc86ba903" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4454,51 +4454,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Strategic Plan.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> National Weeds Strategy Executive Committee, Launceston (AU). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId201169426d88785dd" w:history="1">
+      <w:hyperlink r:id="rId6731695dcc86bab2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weeds.org.au/WoNS/alligatorweed/docs/alistrat.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 February 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4689,51 +4689,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 27–28. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fried G, Magoga E &amp; Terrin E (2014) L’herbe a alligator. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId146669426d8878753" w:history="1">
+      <w:hyperlink r:id="rId7723695dcc86bacdf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http:// www.gt-ibma.eu/a-surveiller-de-pres</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 19 February 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4748,51 +4748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2012) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alternanthera philoxeroides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Amaranthaceae). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId681269426d88787af" w:history="1">
+      <w:hyperlink r:id="rId7357695dcc86bad4d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https:// www.eppo.int/INVASIVE_PLANTS/iap_list/Alternanthera_philoxeroides.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 February 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5014,51 +5014,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Global Invasive Species Database (2010) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alternanthera philoxeroides. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId904069426d8878954" w:history="1">
+      <w:hyperlink r:id="rId2809695dcc86baf17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://issg.org/database/species/impact_info.asp? si=763&amp;fr=1&amp;sts=&amp;lang=EN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 February 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5073,51 +5073,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Government of South Australia (2010) Alligator weed </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Alternanthera philoxeroides).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId761769426d88789b1" w:history="1">
+      <w:hyperlink r:id="rId1017695dcc86baf83" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.pir.sa.gov.au/__data/assets/pdf_file/0007/137293/alligator_weed_policy.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 April 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5377,90 +5377,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Iamonico D &amp; Pino S (2015) Taxonomic revision of the genus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alternanthera </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Amaranthaceae) in Italy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId911469426d8878b9f" w:history="1">
+      <w:hyperlink r:id="rId9971695dcc86bb19b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://figshare.com/articles/TaxonomicrevisionofthegenusAlternantheraAmaranthaceaeinItaly/1309904</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 June 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jayasinghe H (2008) Please don’t eat mallung leaf lookalike. Sundaytimes. lk. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId356069426d8878be1" w:history="1">
+      <w:hyperlink r:id="rId5156695dcc86bb1df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.sundaytimes.lk/080504/News/news0013. html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 March 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6066,51 +6066,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 285–286. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Q-bank (2015) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId942969426d8878fee" w:history="1">
+      <w:hyperlink r:id="rId2810695dcc86bb61b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.q-bank.eu/Plants/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 12th March 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6125,51 +6125,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Queensland Government (2015) Alligator weed (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alternanthera philoxeroides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). Queensland, Australia. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId912469426d887904c" w:history="1">
+      <w:hyperlink r:id="rId6109695dcc86bb67c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.daff.qld.gov.au/ plants/weeds-pest-animals-ants/weeds/a-z-listing-of-weeds/photo-guideto-weeds/alligator-weed</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 March 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6777,51 +6777,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2008) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alternanthera philoxeroides </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Mart.) Griseb. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId448269426d8879469" w:history="1">
+      <w:hyperlink r:id="rId4666695dcc86bbad6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plants.usda.gov/core/profile?symbol=ALPH</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 March 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7146,73 +7146,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alternanthera philoxeroides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId759769426d88796df" w:history="1">
+      <w:hyperlink r:id="rId3472695dcc86bbd8f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7288,51 +7288,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 8-13.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId797469426d88797b2" w:history="1">
+      <w:hyperlink r:id="rId4256695dcc86bbe62" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12275 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -7419,137 +7419,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="62650848">
+  <w:abstractNum w:abstractNumId="45967080">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59982887">
+    <w:lvl w:ilvl="0" w:tplc="35485731">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="59982887" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="35485731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="59982887" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="35485731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="59982887" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="35485731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="59982887" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="35485731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="59982887" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="35485731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="59982887" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="35485731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="59982887" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="35485731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="59982887" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="35485731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="62650847">
+  <w:abstractNum w:abstractNumId="45967079">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72973938">
+    <w:lvl w:ilvl="0" w:tplc="37920444">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8301,55 +8301,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="62650847">
-    <w:abstractNumId w:val="62650847"/>
+  <w:num w:numId="45967079">
+    <w:abstractNumId w:val="45967079"/>
   </w:num>
-  <w:num w:numId="62650848">
-    <w:abstractNumId w:val="62650848"/>
+  <w:num w:numId="45967080">
+    <w:abstractNumId w:val="45967080"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19899,51 +19899,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId670646062" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId321079442" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId148169426d88754dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALRPH/" TargetMode="External"/><Relationship Id="rId710069426d887554d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALRPH/categorization" TargetMode="External"/><Relationship Id="rId455669426d887576d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALRPH/photos" TargetMode="External"/><Relationship Id="rId527269426d887788e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.dpi.nsw.gov.au/Weeds/Details/7#TOC" TargetMode="External"/><Relationship Id="rId648469426d88780a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.%20gov.au/biodiversity/invasive/weeds/publications/guidelines/wons/pubs/aphiloxeroides.pdf" TargetMode="External"/><Relationship Id="rId891269426d88783ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc" TargetMode="External"/><Relationship Id="rId201169426d88785dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/WoNS/alligatorweed/docs/alistrat.pdf" TargetMode="External"/><Relationship Id="rId146669426d8878753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20www.gt-ibma.eu/a-surveiller-de-pres" TargetMode="External"/><Relationship Id="rId681269426d88787af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%20www.eppo.int/INVASIVE_PLANTS/iap_list/%20Alternanthera_philoxeroides.htm" TargetMode="External"/><Relationship Id="rId904069426d8878954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://issg.org/database/species/impact_info.asp?%20si=763&amp;fr=1&amp;sts=&amp;lang=EN" TargetMode="External"/><Relationship Id="rId761769426d88789b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pir.sa.gov.au/__data/assets/pdf_file/0007/137293/alligator_weed_policy.pdf" TargetMode="External"/><Relationship Id="rId911469426d8878b9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://figshare.com/articles/TaxonomicrevisionofthegenusAlternantheraAmaranthaceaeinItaly/1309904" TargetMode="External"/><Relationship Id="rId356069426d8878be1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sundaytimes.lk/080504/News/news0013.%20html" TargetMode="External"/><Relationship Id="rId942969426d8878fee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.q-bank.eu/Plants/" TargetMode="External"/><Relationship Id="rId912469426d887904c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.daff.qld.gov.au/%20plants/weeds-pest-animals-ants/weeds/a-z-listing-of-weeds/photo-guideto-weeds/alligator-weed" TargetMode="External"/><Relationship Id="rId448269426d8879469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/core/profile?symbol=ALPH" TargetMode="External"/><Relationship Id="rId759769426d88796df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId797469426d88797b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12275" TargetMode="External"/><Relationship Id="rId664369426d887561c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId664369426d887561c.jpg"/><Relationship Id="rId519769426d8876b35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId519769426d8876b35.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId844708459" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId351973233" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4482695dcc86b7690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALRPH/" TargetMode="External"/><Relationship Id="rId5642695dcc86b76f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALRPH/categorization" TargetMode="External"/><Relationship Id="rId8048695dcc86b7890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALRPH/photos" TargetMode="External"/><Relationship Id="rId9863695dcc86b9a36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.dpi.nsw.gov.au/Weeds/Details/7#TOC" TargetMode="External"/><Relationship Id="rId9826695dcc86ba54d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.%20gov.au/biodiversity/invasive/weeds/publications/guidelines/wons/pubs/aphiloxeroides.pdf" TargetMode="External"/><Relationship Id="rId6273695dcc86ba903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc" TargetMode="External"/><Relationship Id="rId6731695dcc86bab2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/WoNS/alligatorweed/docs/alistrat.pdf" TargetMode="External"/><Relationship Id="rId7723695dcc86bacdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20www.gt-ibma.eu/a-surveiller-de-pres" TargetMode="External"/><Relationship Id="rId7357695dcc86bad4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%20www.eppo.int/INVASIVE_PLANTS/iap_list/%20Alternanthera_philoxeroides.htm" TargetMode="External"/><Relationship Id="rId2809695dcc86baf17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://issg.org/database/species/impact_info.asp?%20si=763&amp;fr=1&amp;sts=&amp;lang=EN" TargetMode="External"/><Relationship Id="rId1017695dcc86baf83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pir.sa.gov.au/__data/assets/pdf_file/0007/137293/alligator_weed_policy.pdf" TargetMode="External"/><Relationship Id="rId9971695dcc86bb19b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://figshare.com/articles/TaxonomicrevisionofthegenusAlternantheraAmaranthaceaeinItaly/1309904" TargetMode="External"/><Relationship Id="rId5156695dcc86bb1df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sundaytimes.lk/080504/News/news0013.%20html" TargetMode="External"/><Relationship Id="rId2810695dcc86bb61b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.q-bank.eu/Plants/" TargetMode="External"/><Relationship Id="rId6109695dcc86bb67c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.daff.qld.gov.au/%20plants/weeds-pest-animals-ants/weeds/a-z-listing-of-weeds/photo-guideto-weeds/alligator-weed" TargetMode="External"/><Relationship Id="rId4666695dcc86bbad6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/core/profile?symbol=ALPH" TargetMode="External"/><Relationship Id="rId3472695dcc86bbd8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4256695dcc86bbe62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12275" TargetMode="External"/><Relationship Id="rId4354695dcc86b77ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4354695dcc86b77ad.jpg"/><Relationship Id="rId3211695dcc86b8837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3211695dcc86b8837.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>