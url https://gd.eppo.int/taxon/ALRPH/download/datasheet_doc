--- v3 (2026-01-07)
+++ v4 (2026-02-16)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> (von Martius) Moquin-Tandon</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> alligator weed (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4482695dcc86b7690" w:history="1">
+            <w:hyperlink r:id="rId40126992885a8855d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5642695dcc86b76f6" w:history="1">
+            <w:hyperlink r:id="rId20476992885a885c6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ALRPH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="44157568" name="name7399695dcc86b77ae" descr="35.jpg"/>
+                  <wp:docPr id="29926705" name="name35596992885a88de8" descr="35.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="35.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4354695dcc86b77ad" cstate="print"/>
+                          <a:blip r:embed="rId87636992885a88de6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8048695dcc86b7890" w:history="1">
+            <w:hyperlink r:id="rId60036992885a88f46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1098,63 +1098,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. philoxeroides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been updated and it is now considered invasive (Iamonico &amp; Iberite, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="97328524" name="name5998695dcc86b883a" descr="ALRPH_distribution_map.jpg"/>
+            <wp:docPr id="98822965" name="name33396992885a8a436" descr="ALRPH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ALRPH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3211695dcc86b8837" cstate="print"/>
+                    <a:blip r:embed="rId83696992885a8a433" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2920,51 +2920,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2005; Van Oosterhout, 2007). Impacts on agriculture have been recorded throughout the invasive range including North Carolina, USA, where </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. philoxeroides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was infesting over 4000 ha of agriculture land (Van Oosterhout, 2007). Additionally the species is reported to invade orchards, tea plantations and berry fields and cause losses of soybean, cotton and peanuts (Commonwealth of Australia, 2012). The species also presents a risk for the vegetable industry valued at AUD 150 million annually in the Hawkesbury– Nepean catchment (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId9863695dcc86b9a36" w:history="1">
+      <w:hyperlink r:id="rId18806992885a8b180" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://weeds.dpi.nsw.gov.au/Weeds/Details/7#TOC</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Sri Lanka </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3772,51 +3772,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Government (2003) Alligator weed (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alternanthera philoxeroides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) Weed management guide. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9826695dcc86ba54d" w:history="1">
+      <w:hyperlink r:id="rId89166992885a8b95e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.environment. gov.au/biodiversity/invasive/weeds/publications/guidelines/wons/pubs/aphiloxeroides.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 3 February 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4143,51 +4143,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2015)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Invasive Species Compendium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CAB International, Wallingford (GB). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6273695dcc86ba903" w:history="1">
+      <w:hyperlink r:id="rId27736992885a8bbde" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4454,51 +4454,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Strategic Plan.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> National Weeds Strategy Executive Committee, Launceston (AU). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6731695dcc86bab2a" w:history="1">
+      <w:hyperlink r:id="rId18906992885a8bdc9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weeds.org.au/WoNS/alligatorweed/docs/alistrat.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 February 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4689,51 +4689,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 27–28. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fried G, Magoga E &amp; Terrin E (2014) L’herbe a alligator. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7723695dcc86bacdf" w:history="1">
+      <w:hyperlink r:id="rId60026992885a8bf3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http:// www.gt-ibma.eu/a-surveiller-de-pres</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 19 February 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4748,51 +4748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2012) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alternanthera philoxeroides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Amaranthaceae). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7357695dcc86bad4d" w:history="1">
+      <w:hyperlink r:id="rId68816992885a8bf9d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https:// www.eppo.int/INVASIVE_PLANTS/iap_list/Alternanthera_philoxeroides.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 February 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5014,51 +5014,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Global Invasive Species Database (2010) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alternanthera philoxeroides. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2809695dcc86baf17" w:history="1">
+      <w:hyperlink r:id="rId97186992885a8c145" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://issg.org/database/species/impact_info.asp? si=763&amp;fr=1&amp;sts=&amp;lang=EN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 February 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5073,51 +5073,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Government of South Australia (2010) Alligator weed </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Alternanthera philoxeroides).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1017695dcc86baf83" w:history="1">
+      <w:hyperlink r:id="rId77376992885a8c1a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.pir.sa.gov.au/__data/assets/pdf_file/0007/137293/alligator_weed_policy.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 April 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5377,90 +5377,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Iamonico D &amp; Pino S (2015) Taxonomic revision of the genus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alternanthera </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Amaranthaceae) in Italy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9971695dcc86bb19b" w:history="1">
+      <w:hyperlink r:id="rId84196992885a8c38c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://figshare.com/articles/TaxonomicrevisionofthegenusAlternantheraAmaranthaceaeinItaly/1309904</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 June 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jayasinghe H (2008) Please don’t eat mallung leaf lookalike. Sundaytimes. lk. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5156695dcc86bb1df" w:history="1">
+      <w:hyperlink r:id="rId60746992885a8c3cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.sundaytimes.lk/080504/News/news0013. html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 March 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6066,51 +6066,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 285–286. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Q-bank (2015) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2810695dcc86bb61b" w:history="1">
+      <w:hyperlink r:id="rId75686992885a8c7d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.q-bank.eu/Plants/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 12th March 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6125,51 +6125,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Queensland Government (2015) Alligator weed (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alternanthera philoxeroides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). Queensland, Australia. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6109695dcc86bb67c" w:history="1">
+      <w:hyperlink r:id="rId86286992885a8c834" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.daff.qld.gov.au/ plants/weeds-pest-animals-ants/weeds/a-z-listing-of-weeds/photo-guideto-weeds/alligator-weed</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 March 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6777,51 +6777,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2008) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alternanthera philoxeroides </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Mart.) Griseb. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4666695dcc86bbad6" w:history="1">
+      <w:hyperlink r:id="rId66756992885a8cd9b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plants.usda.gov/core/profile?symbol=ALPH</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 March 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7168,51 +7168,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alternanthera philoxeroides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3472695dcc86bbd8f" w:history="1">
+      <w:hyperlink r:id="rId69736992885a8d013" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7288,51 +7288,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 8-13.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId4256695dcc86bbe62" w:history="1">
+      <w:hyperlink r:id="rId89076992885a8d0da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12275 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -7419,137 +7419,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="45967080">
+  <w:abstractNum w:abstractNumId="59764107">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35485731">
+    <w:lvl w:ilvl="0" w:tplc="96540200">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="35485731" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="96540200" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="35485731" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="96540200" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="35485731" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="96540200" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="35485731" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="96540200" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="35485731" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="96540200" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="35485731" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="96540200" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="35485731" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="96540200" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="35485731" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="96540200" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45967079">
+  <w:abstractNum w:abstractNumId="59764106">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37920444">
+    <w:lvl w:ilvl="0" w:tplc="34228966">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8301,55 +8301,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="45967079">
-    <w:abstractNumId w:val="45967079"/>
+  <w:num w:numId="59764106">
+    <w:abstractNumId w:val="59764106"/>
   </w:num>
-  <w:num w:numId="45967080">
-    <w:abstractNumId w:val="45967080"/>
+  <w:num w:numId="59764107">
+    <w:abstractNumId w:val="59764107"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19899,51 +19899,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId844708459" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId351973233" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4482695dcc86b7690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALRPH/" TargetMode="External"/><Relationship Id="rId5642695dcc86b76f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALRPH/categorization" TargetMode="External"/><Relationship Id="rId8048695dcc86b7890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALRPH/photos" TargetMode="External"/><Relationship Id="rId9863695dcc86b9a36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.dpi.nsw.gov.au/Weeds/Details/7#TOC" TargetMode="External"/><Relationship Id="rId9826695dcc86ba54d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.%20gov.au/biodiversity/invasive/weeds/publications/guidelines/wons/pubs/aphiloxeroides.pdf" TargetMode="External"/><Relationship Id="rId6273695dcc86ba903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc" TargetMode="External"/><Relationship Id="rId6731695dcc86bab2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/WoNS/alligatorweed/docs/alistrat.pdf" TargetMode="External"/><Relationship Id="rId7723695dcc86bacdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20www.gt-ibma.eu/a-surveiller-de-pres" TargetMode="External"/><Relationship Id="rId7357695dcc86bad4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%20www.eppo.int/INVASIVE_PLANTS/iap_list/%20Alternanthera_philoxeroides.htm" TargetMode="External"/><Relationship Id="rId2809695dcc86baf17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://issg.org/database/species/impact_info.asp?%20si=763&amp;fr=1&amp;sts=&amp;lang=EN" TargetMode="External"/><Relationship Id="rId1017695dcc86baf83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pir.sa.gov.au/__data/assets/pdf_file/0007/137293/alligator_weed_policy.pdf" TargetMode="External"/><Relationship Id="rId9971695dcc86bb19b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://figshare.com/articles/TaxonomicrevisionofthegenusAlternantheraAmaranthaceaeinItaly/1309904" TargetMode="External"/><Relationship Id="rId5156695dcc86bb1df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sundaytimes.lk/080504/News/news0013.%20html" TargetMode="External"/><Relationship Id="rId2810695dcc86bb61b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.q-bank.eu/Plants/" TargetMode="External"/><Relationship Id="rId6109695dcc86bb67c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.daff.qld.gov.au/%20plants/weeds-pest-animals-ants/weeds/a-z-listing-of-weeds/photo-guideto-weeds/alligator-weed" TargetMode="External"/><Relationship Id="rId4666695dcc86bbad6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/core/profile?symbol=ALPH" TargetMode="External"/><Relationship Id="rId3472695dcc86bbd8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4256695dcc86bbe62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12275" TargetMode="External"/><Relationship Id="rId4354695dcc86b77ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4354695dcc86b77ad.jpg"/><Relationship Id="rId3211695dcc86b8837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3211695dcc86b8837.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId697779976" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId727559877" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId40126992885a8855d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALRPH/" TargetMode="External"/><Relationship Id="rId20476992885a885c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALRPH/categorization" TargetMode="External"/><Relationship Id="rId60036992885a88f46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALRPH/photos" TargetMode="External"/><Relationship Id="rId18806992885a8b180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.dpi.nsw.gov.au/Weeds/Details/7#TOC" TargetMode="External"/><Relationship Id="rId89166992885a8b95e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.%20gov.au/biodiversity/invasive/weeds/publications/guidelines/wons/pubs/aphiloxeroides.pdf" TargetMode="External"/><Relationship Id="rId27736992885a8bbde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc" TargetMode="External"/><Relationship Id="rId18906992885a8bdc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/WoNS/alligatorweed/docs/alistrat.pdf" TargetMode="External"/><Relationship Id="rId60026992885a8bf3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20www.gt-ibma.eu/a-surveiller-de-pres" TargetMode="External"/><Relationship Id="rId68816992885a8bf9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%20www.eppo.int/INVASIVE_PLANTS/iap_list/%20Alternanthera_philoxeroides.htm" TargetMode="External"/><Relationship Id="rId97186992885a8c145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://issg.org/database/species/impact_info.asp?%20si=763&amp;fr=1&amp;sts=&amp;lang=EN" TargetMode="External"/><Relationship Id="rId77376992885a8c1a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pir.sa.gov.au/__data/assets/pdf_file/0007/137293/alligator_weed_policy.pdf" TargetMode="External"/><Relationship Id="rId84196992885a8c38c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://figshare.com/articles/TaxonomicrevisionofthegenusAlternantheraAmaranthaceaeinItaly/1309904" TargetMode="External"/><Relationship Id="rId60746992885a8c3cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sundaytimes.lk/080504/News/news0013.%20html" TargetMode="External"/><Relationship Id="rId75686992885a8c7d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.q-bank.eu/Plants/" TargetMode="External"/><Relationship Id="rId86286992885a8c834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.daff.qld.gov.au/%20plants/weeds-pest-animals-ants/weeds/a-z-listing-of-weeds/photo-guideto-weeds/alligator-weed" TargetMode="External"/><Relationship Id="rId66756992885a8cd9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/core/profile?symbol=ALPH" TargetMode="External"/><Relationship Id="rId69736992885a8d013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId89076992885a8d0da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12275" TargetMode="External"/><Relationship Id="rId87636992885a88de6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId87636992885a88de6.jpg"/><Relationship Id="rId83696992885a8a433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId83696992885a8a433.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>