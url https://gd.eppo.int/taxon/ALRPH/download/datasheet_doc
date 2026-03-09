--- v4 (2026-02-16)
+++ v5 (2026-03-09)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> (von Martius) Moquin-Tandon</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> alligator weed (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40126992885a8855d" w:history="1">
+            <w:hyperlink r:id="rId778969ae2f05a4f72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> IAS of Union concern</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20476992885a885c6" w:history="1">
+            <w:hyperlink r:id="rId416869ae2f05a4fe5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ALRPH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="29926705" name="name35596992885a88de8" descr="35.jpg"/>
+                  <wp:docPr id="28748762" name="name232169ae2f05a5660" descr="35.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="35.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId87636992885a88de6" cstate="print"/>
+                          <a:blip r:embed="rId868169ae2f05a565f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId60036992885a88f46" w:history="1">
+            <w:hyperlink r:id="rId336869ae2f05a57a3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1098,63 +1098,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. philoxeroides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been updated and it is now considered invasive (Iamonico &amp; Iberite, 2014).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="98822965" name="name33396992885a8a436" descr="ALRPH_distribution_map.jpg"/>
+            <wp:docPr id="5158897" name="name551969ae2f05a6c22" descr="ALRPH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ALRPH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId83696992885a8a433" cstate="print"/>
+                    <a:blip r:embed="rId882269ae2f05a6c1f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2920,51 +2920,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2005; Van Oosterhout, 2007). Impacts on agriculture have been recorded throughout the invasive range including North Carolina, USA, where </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. philoxeroides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was infesting over 4000 ha of agriculture land (Van Oosterhout, 2007). Additionally the species is reported to invade orchards, tea plantations and berry fields and cause losses of soybean, cotton and peanuts (Commonwealth of Australia, 2012). The species also presents a risk for the vegetable industry valued at AUD 150 million annually in the Hawkesbury– Nepean catchment (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId18806992885a8b180" w:history="1">
+      <w:hyperlink r:id="rId656469ae2f05a79b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://weeds.dpi.nsw.gov.au/Weeds/Details/7#TOC</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). In Sri Lanka </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3772,51 +3772,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Government (2003) Alligator weed (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alternanthera philoxeroides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) Weed management guide. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89166992885a8b95e" w:history="1">
+      <w:hyperlink r:id="rId238369ae2f05a81af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.environment. gov.au/biodiversity/invasive/weeds/publications/guidelines/wons/pubs/aphiloxeroides.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 3 February 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4143,51 +4143,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2015)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Invasive Species Compendium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CAB International, Wallingford (GB). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27736992885a8bbde" w:history="1">
+      <w:hyperlink r:id="rId787269ae2f05a840b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4454,51 +4454,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Strategic Plan.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> National Weeds Strategy Executive Committee, Launceston (AU). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18906992885a8bdc9" w:history="1">
+      <w:hyperlink r:id="rId429269ae2f05a85f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.weeds.org.au/WoNS/alligatorweed/docs/alistrat.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 February 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4689,51 +4689,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 27–28. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fried G, Magoga E &amp; Terrin E (2014) L’herbe a alligator. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60026992885a8bf3f" w:history="1">
+      <w:hyperlink r:id="rId162369ae2f05a876e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http:// www.gt-ibma.eu/a-surveiller-de-pres</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 19 February 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4748,51 +4748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2012) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alternanthera philoxeroides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Amaranthaceae). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68816992885a8bf9d" w:history="1">
+      <w:hyperlink r:id="rId304069ae2f05a87cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https:// www.eppo.int/INVASIVE_PLANTS/iap_list/Alternanthera_philoxeroides.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 February 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5014,51 +5014,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Global Invasive Species Database (2010) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alternanthera philoxeroides. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97186992885a8c145" w:history="1">
+      <w:hyperlink r:id="rId520269ae2f05a8974" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://issg.org/database/species/impact_info.asp? si=763&amp;fr=1&amp;sts=&amp;lang=EN</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 February 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5073,51 +5073,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Government of South Australia (2010) Alligator weed </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Alternanthera philoxeroides).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77376992885a8c1a2" w:history="1">
+      <w:hyperlink r:id="rId343269ae2f05a89d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.pir.sa.gov.au/__data/assets/pdf_file/0007/137293/alligator_weed_policy.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 15 April 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5377,90 +5377,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Iamonico D &amp; Pino S (2015) Taxonomic revision of the genus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alternanthera </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Amaranthaceae) in Italy. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84196992885a8c38c" w:history="1">
+      <w:hyperlink r:id="rId114769ae2f05a8bb4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://figshare.com/articles/TaxonomicrevisionofthegenusAlternantheraAmaranthaceaeinItaly/1309904</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 24 June 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Jayasinghe H (2008) Please don’t eat mallung leaf lookalike. Sundaytimes. lk. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60746992885a8c3cc" w:history="1">
+      <w:hyperlink r:id="rId464169ae2f05a8bf2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.sundaytimes.lk/080504/News/news0013. html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 18 March 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6066,51 +6066,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 285–286. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Q-bank (2015) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75686992885a8c7d5" w:history="1">
+      <w:hyperlink r:id="rId851269ae2f05a9010" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.q-bank.eu/Plants/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 12th March 2015]. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6125,51 +6125,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Queensland Government (2015) Alligator weed (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alternanthera philoxeroides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). Queensland, Australia. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86286992885a8c834" w:history="1">
+      <w:hyperlink r:id="rId184769ae2f05a906f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.daff.qld.gov.au/ plants/weeds-pest-animals-ants/weeds/a-z-listing-of-weeds/photo-guideto-weeds/alligator-weed</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 March 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6777,51 +6777,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2008) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alternanthera philoxeroides </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Mart.) Griseb. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66756992885a8cd9b" w:history="1">
+      <w:hyperlink r:id="rId702169ae2f05a9491" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plants.usda.gov/core/profile?symbol=ALPH</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 12 March 2015] </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7168,51 +7168,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alternanthera philoxeroides</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69736992885a8d013" w:history="1">
+      <w:hyperlink r:id="rId710669ae2f05a9707" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7288,51 +7288,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 8-13.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId89076992885a8d0da" w:history="1">
+      <w:hyperlink r:id="rId911769ae2f05a97ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12275 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -7419,137 +7419,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="59764107">
+  <w:abstractNum w:abstractNumId="38746518">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96540200">
+    <w:lvl w:ilvl="0" w:tplc="48161925">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="96540200" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="48161925" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="96540200" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="48161925" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="96540200" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="48161925" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="96540200" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="48161925" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="96540200" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="48161925" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="96540200" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="48161925" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="96540200" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="48161925" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="96540200" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="48161925" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="59764106">
+  <w:abstractNum w:abstractNumId="38746517">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34228966">
+    <w:lvl w:ilvl="0" w:tplc="48257244">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8301,55 +8301,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="59764106">
-    <w:abstractNumId w:val="59764106"/>
+  <w:num w:numId="38746517">
+    <w:abstractNumId w:val="38746517"/>
   </w:num>
-  <w:num w:numId="59764107">
-    <w:abstractNumId w:val="59764107"/>
+  <w:num w:numId="38746518">
+    <w:abstractNumId w:val="38746518"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19899,51 +19899,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId697779976" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId727559877" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId40126992885a8855d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALRPH/" TargetMode="External"/><Relationship Id="rId20476992885a885c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALRPH/categorization" TargetMode="External"/><Relationship Id="rId60036992885a88f46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALRPH/photos" TargetMode="External"/><Relationship Id="rId18806992885a8b180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.dpi.nsw.gov.au/Weeds/Details/7#TOC" TargetMode="External"/><Relationship Id="rId89166992885a8b95e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.%20gov.au/biodiversity/invasive/weeds/publications/guidelines/wons/pubs/aphiloxeroides.pdf" TargetMode="External"/><Relationship Id="rId27736992885a8bbde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc" TargetMode="External"/><Relationship Id="rId18906992885a8bdc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/WoNS/alligatorweed/docs/alistrat.pdf" TargetMode="External"/><Relationship Id="rId60026992885a8bf3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20www.gt-ibma.eu/a-surveiller-de-pres" TargetMode="External"/><Relationship Id="rId68816992885a8bf9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%20www.eppo.int/INVASIVE_PLANTS/iap_list/%20Alternanthera_philoxeroides.htm" TargetMode="External"/><Relationship Id="rId97186992885a8c145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://issg.org/database/species/impact_info.asp?%20si=763&amp;fr=1&amp;sts=&amp;lang=EN" TargetMode="External"/><Relationship Id="rId77376992885a8c1a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pir.sa.gov.au/__data/assets/pdf_file/0007/137293/alligator_weed_policy.pdf" TargetMode="External"/><Relationship Id="rId84196992885a8c38c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://figshare.com/articles/TaxonomicrevisionofthegenusAlternantheraAmaranthaceaeinItaly/1309904" TargetMode="External"/><Relationship Id="rId60746992885a8c3cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sundaytimes.lk/080504/News/news0013.%20html" TargetMode="External"/><Relationship Id="rId75686992885a8c7d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.q-bank.eu/Plants/" TargetMode="External"/><Relationship Id="rId86286992885a8c834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.daff.qld.gov.au/%20plants/weeds-pest-animals-ants/weeds/a-z-listing-of-weeds/photo-guideto-weeds/alligator-weed" TargetMode="External"/><Relationship Id="rId66756992885a8cd9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/core/profile?symbol=ALPH" TargetMode="External"/><Relationship Id="rId69736992885a8d013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId89076992885a8d0da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12275" TargetMode="External"/><Relationship Id="rId87636992885a88de6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId87636992885a88de6.jpg"/><Relationship Id="rId83696992885a8a433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId83696992885a8a433.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId896349013" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId294439052" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId778969ae2f05a4f72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALRPH/" TargetMode="External"/><Relationship Id="rId416869ae2f05a4fe5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALRPH/categorization" TargetMode="External"/><Relationship Id="rId336869ae2f05a57a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALRPH/photos" TargetMode="External"/><Relationship Id="rId656469ae2f05a79b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://weeds.dpi.nsw.gov.au/Weeds/Details/7#TOC" TargetMode="External"/><Relationship Id="rId238369ae2f05a81af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.%20gov.au/biodiversity/invasive/weeds/publications/guidelines/wons/pubs/aphiloxeroides.pdf" TargetMode="External"/><Relationship Id="rId787269ae2f05a840b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc" TargetMode="External"/><Relationship Id="rId429269ae2f05a85f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.weeds.org.au/WoNS/alligatorweed/docs/alistrat.pdf" TargetMode="External"/><Relationship Id="rId162369ae2f05a876e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://%20www.gt-ibma.eu/a-surveiller-de-pres" TargetMode="External"/><Relationship Id="rId304069ae2f05a87cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://%20www.eppo.int/INVASIVE_PLANTS/iap_list/%20Alternanthera_philoxeroides.htm" TargetMode="External"/><Relationship Id="rId520269ae2f05a8974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://issg.org/database/species/impact_info.asp?%20si=763&amp;fr=1&amp;sts=&amp;lang=EN" TargetMode="External"/><Relationship Id="rId343269ae2f05a89d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pir.sa.gov.au/__data/assets/pdf_file/0007/137293/alligator_weed_policy.pdf" TargetMode="External"/><Relationship Id="rId114769ae2f05a8bb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://figshare.com/articles/TaxonomicrevisionofthegenusAlternantheraAmaranthaceaeinItaly/1309904" TargetMode="External"/><Relationship Id="rId464169ae2f05a8bf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sundaytimes.lk/080504/News/news0013.%20html" TargetMode="External"/><Relationship Id="rId851269ae2f05a9010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.q-bank.eu/Plants/" TargetMode="External"/><Relationship Id="rId184769ae2f05a906f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.daff.qld.gov.au/%20plants/weeds-pest-animals-ants/weeds/a-z-listing-of-weeds/photo-guideto-weeds/alligator-weed" TargetMode="External"/><Relationship Id="rId702169ae2f05a9491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov/core/profile?symbol=ALPH" TargetMode="External"/><Relationship Id="rId710669ae2f05a9707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId911769ae2f05a97ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12275" TargetMode="External"/><Relationship Id="rId868169ae2f05a565f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId868169ae2f05a565f.jpg"/><Relationship Id="rId882269ae2f05a6c1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId882269ae2f05a6c1f.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>