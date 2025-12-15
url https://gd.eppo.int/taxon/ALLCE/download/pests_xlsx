--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -256,51 +256,53 @@
     <t>* O’Bannon JH, Santo GS, Nyczepir AP (1982) Host range of the Columbia root-knot nematode. Plant Disease 66, 1045-1048.</t>
   </si>
   <si>
     <t>MELGMY</t>
   </si>
   <si>
     <t>Meloidogyne enterolobii</t>
   </si>
   <si>
     <t xml:space="preserve">* Poudel N, Davis RF, McAvoy T, Dutta B, Chowdhury IA (2025) Reproduction of Meloidogyne enterolobii on onion and potential yield suppression. Journal of Nematology 57(1), 20250005. https://doi.org/10.2478/jofnem-2025-0005
 ------- confirmed host. </t>
   </si>
   <si>
     <t>MELGEX</t>
   </si>
   <si>
     <t>Meloidogyne exigua</t>
   </si>
   <si>
     <t>MELGGC</t>
   </si>
   <si>
     <t>Meloidogyne graminicola</t>
   </si>
   <si>
-    <t>* Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163</t>
+    <t>* Nguyen TH, Masson AS, Moulin L, Trinh QP, Ha VC, Bellafiore S (2020) Root knot nematode infections promoted by agricultural practice modifications in Vietnam and the impacts on rice production. Academia Journal of Biology, 42, 31-42. 
+------- confirmed host (reproduction factor = 3.96)
+* Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163</t>
   </si>
   <si>
     <t>MELGLC</t>
   </si>
   <si>
     <t>Meloidogyne luci</t>
   </si>
   <si>
     <t>* Sen F, Aydinli (2021) Host status of cultivated crops to Meloidogyne luci. European Journal of Plant Pathology 161(3), 607-618.
 ------- In experiments, cv. Bt Depocu was found to be a poor host.
 * Strajnar P, Širca S, Geric Stare B &amp; Urek G (2009) Characterization of the root-knot nematode, Meloidogyne ethiopica Whitehead, 1968, from Slovenia. Russian Journal of Nematology 17, 135-142.
 -------As Allium cepa var. cepa.</t>
   </si>
   <si>
     <t>MELGNA</t>
   </si>
   <si>
     <t>Meloidogyne naasi</t>
   </si>
   <si>
     <t>GRAGLE</t>
   </si>
   <si>
     <t>Naupactus leucoloma</t>
   </si>