--- v1 (2025-12-15)
+++ v2 (2026-03-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ALLCE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="170">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="174">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>APLOFR</t>
   </si>
   <si>
     <t>Aphelenchoides fragariae</t>
   </si>
   <si>
     <t>The only reference mentionning Allium cepa association with A. fragariae is:
 Peroche NB, Villaneuva LM, Waele DD (2013) Plant-parasitic nematodes associated with semi-temperate vegetables in the highlands of Benguet Province, Philippines. Archives of phytopathology and plant protection (3), 278-294.
 However, they mention that A. fragariae was detected in low frequencies in the rhizosphere of onion and attribute this finding to the previous cultivation of the host plant strawberry.</t>
@@ -108,50 +108,59 @@
     <t>Atherigona orientalis</t>
   </si>
   <si>
     <t>* Sabra IM (2012) Effect of some practices on onion bulb pests in Fayoum governorate. Egyptian Journal of Agricultural Research 90(2), 597-604.</t>
   </si>
   <si>
     <t>SCLESQ</t>
   </si>
   <si>
     <t>Botryotinia squamosa</t>
   </si>
   <si>
     <t>Botryotinia squamosa (as Allium)</t>
   </si>
   <si>
     <t>BOTRBY</t>
   </si>
   <si>
     <t>Ciborinia allii (as Allium)</t>
   </si>
   <si>
     <t>HYLEAN</t>
   </si>
   <si>
     <t>Delia antiqua (as Allium)</t>
+  </si>
+  <si>
+    <t>HYLEFG</t>
+  </si>
+  <si>
+    <t>Delia florilega</t>
+  </si>
+  <si>
+    <t>* Salgado LD, Hesler N, Vetrovec O, Grundberg E, Wilson RG, McDonald MR, Waters TD, Reitz S, Nault BA (2026) Composition and relative abundance of Delia spp. (Diptera: Anthomyiidae) infesting onions in selected onion-producing regions. Environmental Entomology 55(2), nvag015.</t>
   </si>
   <si>
     <t>DELIHI</t>
   </si>
   <si>
     <t>Delia hirticrura (as Allium)</t>
   </si>
   <si>
     <t>HYLEPL</t>
   </si>
   <si>
     <t>Delia platura (as Allium)</t>
   </si>
   <si>
     <t>DITYDI</t>
   </si>
   <si>
     <t>Ditylenchus dipsaci</t>
   </si>
   <si>
     <t>* Andaloussi FA, Bachikh J (2001) Studies on the host range of Ditylenchus dipsaci in Morocco. Nematologia Mediterranea 29, 51-57.
 * Hooper D.J (1972) Ditylenchus dipsaci. CIH Descriptions of Plant-parasitic Nematodes Set 1, No. 14.
 * Poirier S, Dauphinais N, Van Der Heyden H, Véronneau PY, Bélair G, Gravel V, Mimee B (2019) Host range and genetic characterization of Ditylenchus dipsaci populations from eastern Canada. Plant Disease 103(3), 456-460.
 * Yavuzaslanoglu E, Ates Sonmezoglu O, Genc N, Akar Z, Terzi B (2018) Molecular characterization of Ditylenchus dipsaci on onion in Turkey. European Journal of Plant Pathology 151(1), 195-200.
 * Goodey JB, Franklin MT, Hooper DJ (1965) T. Goodey's: The Nematode Parasites of Plants Catalogued Under Their Hosts. Commonwealth Agricultural Bureaux, Farnham Royal, Bucks, England. Third edition, 214 pp.</t>
@@ -545,50 +554,53 @@
     <t>Aphelenchoides besseyi</t>
   </si>
   <si>
     <t>* Bridge J, Plowright RA, Peng D (2005) Nematode parasites of rice. In: Plant parasitic nematodes in subtropical and tropical agriculture (eds Luc M, Sikora RA, Bridge J), pp. 87-130.</t>
   </si>
   <si>
     <t>TRIZTE</t>
   </si>
   <si>
     <t>Bactericera tremblayi</t>
   </si>
   <si>
     <t>* Kazemi MH, Jafarloo MM (2008) Laboratory investigation of the biology of Bactericera tremblayi Wag. (Homoptera: Triozidae) a new pest in onion ﬁelds of Iran. American Journal of Agricultural and Biological Sciences 3, 686–688.</t>
   </si>
   <si>
     <t>BRCCAB</t>
   </si>
   <si>
     <t>Brachycerus albidentatus</t>
   </si>
   <si>
     <t>Ciborinia allii</t>
   </si>
   <si>
     <t>Delia antiqua</t>
+  </si>
+  <si>
+    <t>Delia platura</t>
   </si>
   <si>
     <t>NEOTFO</t>
   </si>
   <si>
     <t>Neotoxoptera formosana</t>
   </si>
   <si>
     <t>IYSV00</t>
   </si>
   <si>
     <t>Orthotospovirus iridimaculaflavi</t>
   </si>
   <si>
     <t>* Gent DH, Mohan SK, du Toit LJ, Pappu HR, Fichtner SF, Schwartz HF (2006) Iris Yellow Spot Virus: an emerging threat to onion bulb and seed production. Plant Disease 90, 1468–1480. 
 * Mansouri F, Krahulec F, Duchoslav M, Ryšánek P (2021) Newly identified host range of viruses infecting species of the genus Allium and their distribution in six habitats in the Czech Republic. Plant Pathology 70(6), 1496-1507.
 ------- Confirmed host. 
 * Pozzer L, Bezerra IC, Kormelink R, Prins M, Peters D, de Resende RO, de Avila AC (1999) Characterization of a tospovirus isolate of Iris yellow spot virus associated with a disease in onion fields, in Brasil. Plant Disease 83(4), 345-350.</t>
   </si>
   <si>
     <t>Stromatinia cepivora</t>
   </si>
   <si>
     <t>Urocystis magica</t>
   </si>
@@ -922,51 +934,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D68"/>
+  <dimension ref="A1:D70"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="417.47" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1090,193 +1102,193 @@
       </c>
       <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
         <v>29</v>
       </c>
       <c r="C11" t="s">
         <v>30</v>
       </c>
       <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
         <v>31</v>
       </c>
       <c r="C12" t="s">
         <v>32</v>
       </c>
-      <c r="D12"/>
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="D14" t="s">
         <v>37</v>
       </c>
+      <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
         <v>38</v>
       </c>
       <c r="C15" t="s">
         <v>39</v>
       </c>
-      <c r="D15"/>
+      <c r="D15" t="s">
+        <v>40</v>
+      </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="D17" t="s">
         <v>44</v>
       </c>
+      <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" t="s">
         <v>45</v>
       </c>
       <c r="C18" t="s">
         <v>46</v>
       </c>
-      <c r="D18"/>
+      <c r="D18" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>18</v>
       </c>
       <c r="B20" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C20" t="s">
         <v>50</v>
       </c>
       <c r="D20" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>18</v>
       </c>
       <c r="B21" t="s">
         <v>52</v>
       </c>
       <c r="C21" t="s">
         <v>53</v>
       </c>
-      <c r="D21"/>
+      <c r="D21" t="s">
+        <v>54</v>
+      </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>18</v>
       </c>
       <c r="B22" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C22" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>18</v>
       </c>
       <c r="B23" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C23" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="D23" t="s">
         <v>58</v>
       </c>
+      <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>18</v>
       </c>
       <c r="B24" t="s">
         <v>59</v>
       </c>
       <c r="C24" t="s">
         <v>60</v>
       </c>
       <c r="D24" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>18</v>
       </c>
       <c r="B25" t="s">
         <v>62</v>
       </c>
       <c r="C25" t="s">
         <v>63</v>
       </c>
@@ -1286,293 +1298,293 @@
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>18</v>
       </c>
       <c r="B26" t="s">
         <v>65</v>
       </c>
       <c r="C26" t="s">
         <v>66</v>
       </c>
       <c r="D26" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" t="s">
         <v>68</v>
       </c>
       <c r="C27" t="s">
         <v>69</v>
       </c>
-      <c r="D27"/>
+      <c r="D27" t="s">
+        <v>70</v>
+      </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>18</v>
       </c>
       <c r="B28" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C28" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="D28" t="s">
         <v>72</v>
       </c>
+      <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
         <v>73</v>
       </c>
       <c r="C29" t="s">
         <v>74</v>
       </c>
       <c r="D29" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
         <v>76</v>
       </c>
       <c r="C30" t="s">
         <v>77</v>
       </c>
-      <c r="D30"/>
+      <c r="D30" t="s">
+        <v>78</v>
+      </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C31" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="D31" t="s">
         <v>80</v>
       </c>
+      <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
         <v>81</v>
       </c>
       <c r="C32" t="s">
         <v>82</v>
       </c>
-      <c r="D32"/>
+      <c r="D32" t="s">
+        <v>83</v>
+      </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>18</v>
       </c>
       <c r="B33" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C33" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="D33" t="s">
         <v>85</v>
       </c>
+      <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
         <v>86</v>
       </c>
       <c r="C34" t="s">
         <v>87</v>
       </c>
       <c r="D34" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>18</v>
       </c>
       <c r="B35" t="s">
         <v>89</v>
       </c>
       <c r="C35" t="s">
         <v>90</v>
       </c>
       <c r="D35" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>18</v>
       </c>
       <c r="B36" t="s">
         <v>92</v>
       </c>
       <c r="C36" t="s">
         <v>93</v>
       </c>
-      <c r="D36"/>
+      <c r="D36" t="s">
+        <v>94</v>
+      </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>18</v>
       </c>
       <c r="B37" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C37" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="D37" t="s">
         <v>96</v>
       </c>
+      <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>18</v>
       </c>
       <c r="B38" t="s">
         <v>97</v>
       </c>
       <c r="C38" t="s">
         <v>98</v>
       </c>
       <c r="D38" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>18</v>
       </c>
       <c r="B39" t="s">
         <v>100</v>
       </c>
       <c r="C39" t="s">
         <v>101</v>
       </c>
       <c r="D39" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>18</v>
       </c>
       <c r="B40" t="s">
         <v>103</v>
       </c>
       <c r="C40" t="s">
         <v>104</v>
       </c>
       <c r="D40" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>18</v>
       </c>
       <c r="B41" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="C41" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D41" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>18</v>
       </c>
       <c r="B42" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C42" t="s">
         <v>109</v>
       </c>
       <c r="D42" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>18</v>
       </c>
       <c r="B43" t="s">
         <v>111</v>
       </c>
       <c r="C43" t="s">
         <v>112</v>
       </c>
-      <c r="D43"/>
+      <c r="D43" t="s">
+        <v>113</v>
+      </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>18</v>
       </c>
       <c r="B44" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="C44" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="D44"/>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>18</v>
       </c>
       <c r="B45" t="s">
         <v>114</v>
       </c>
       <c r="C45" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="D45" t="s">
         <v>116</v>
       </c>
+      <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>18</v>
       </c>
       <c r="B46" t="s">
         <v>117</v>
       </c>
       <c r="C46" t="s">
         <v>118</v>
       </c>
       <c r="D46" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>18</v>
       </c>
       <c r="B47" t="s">
         <v>120</v>
       </c>
       <c r="C47" t="s">
         <v>121</v>
       </c>
@@ -1624,254 +1636,284 @@
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>18</v>
       </c>
       <c r="B51" t="s">
         <v>132</v>
       </c>
       <c r="C51" t="s">
         <v>133</v>
       </c>
       <c r="D51" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>18</v>
       </c>
       <c r="B52" t="s">
         <v>135</v>
       </c>
       <c r="C52" t="s">
         <v>136</v>
       </c>
-      <c r="D52"/>
+      <c r="D52" t="s">
+        <v>137</v>
+      </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>18</v>
       </c>
       <c r="B53" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C53" t="s">
-        <v>138</v>
-[...1 lines deleted...]
-      <c r="D53" t="s">
         <v>139</v>
       </c>
+      <c r="D53"/>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>18</v>
       </c>
       <c r="B54" t="s">
         <v>140</v>
       </c>
       <c r="C54" t="s">
         <v>141</v>
       </c>
       <c r="D54" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>18</v>
       </c>
       <c r="B55" t="s">
         <v>143</v>
       </c>
       <c r="C55" t="s">
         <v>144</v>
       </c>
-      <c r="D55"/>
+      <c r="D55" t="s">
+        <v>145</v>
+      </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>18</v>
       </c>
       <c r="B56" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C56" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D56"/>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>18</v>
       </c>
       <c r="B57" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C57" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D57"/>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>149</v>
+        <v>18</v>
       </c>
       <c r="B58" t="s">
-        <v>19</v>
+        <v>150</v>
       </c>
       <c r="C58" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D58"/>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B59" t="s">
-        <v>151</v>
+        <v>19</v>
       </c>
       <c r="C59" t="s">
-        <v>152</v>
-[...1 lines deleted...]
-      <c r="D59" t="s">
         <v>153</v>
       </c>
+      <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B60" t="s">
         <v>154</v>
       </c>
       <c r="C60" t="s">
         <v>155</v>
       </c>
       <c r="D60" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B61" t="s">
         <v>157</v>
       </c>
       <c r="C61" t="s">
         <v>158</v>
       </c>
-      <c r="D61"/>
+      <c r="D61" t="s">
+        <v>159</v>
+      </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B62" t="s">
-        <v>27</v>
+        <v>160</v>
       </c>
       <c r="C62" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="D62"/>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B63" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C63" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="D63"/>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B64" t="s">
-        <v>161</v>
+        <v>29</v>
       </c>
       <c r="C64" t="s">
-        <v>162</v>
-[...1 lines deleted...]
-      <c r="D64"/>
+        <v>163</v>
+      </c>
+      <c r="D64" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B65" t="s">
-        <v>163</v>
+        <v>36</v>
       </c>
       <c r="C65" t="s">
         <v>164</v>
       </c>
       <c r="D65" t="s">
-        <v>165</v>
+        <v>33</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B66" t="s">
-        <v>135</v>
+        <v>165</v>
       </c>
       <c r="C66" t="s">
         <v>166</v>
       </c>
       <c r="D66"/>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B67" t="s">
-        <v>143</v>
+        <v>167</v>
       </c>
       <c r="C67" t="s">
-        <v>167</v>
-[...1 lines deleted...]
-      <c r="D67"/>
+        <v>168</v>
+      </c>
+      <c r="D67" t="s">
+        <v>169</v>
+      </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B68" t="s">
-        <v>147</v>
+        <v>138</v>
       </c>
       <c r="C68" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-        <v>169</v>
+        <v>170</v>
+      </c>
+      <c r="D68"/>
+    </row>
+    <row r="69" spans="1:4">
+      <c r="A69" t="s">
+        <v>152</v>
+      </c>
+      <c r="B69" t="s">
+        <v>146</v>
+      </c>
+      <c r="C69" t="s">
+        <v>171</v>
+      </c>
+      <c r="D69"/>
+    </row>
+    <row r="70" spans="1:4">
+      <c r="A70" t="s">
+        <v>152</v>
+      </c>
+      <c r="B70" t="s">
+        <v>150</v>
+      </c>
+      <c r="C70" t="s">
+        <v>172</v>
+      </c>
+      <c r="D70" t="s">
+        <v>173</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">