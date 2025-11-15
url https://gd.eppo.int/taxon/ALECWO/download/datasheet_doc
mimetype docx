--- v0 (2025-10-08)
+++ v1 (2025-11-15)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Ashby)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blue grey fly, citrus blackfly, citrus spring whitefly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113568e625fce3baa" w:history="1">
+            <w:hyperlink r:id="rId97606918613bcca6e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId688168e625fce3c14" w:history="1">
+            <w:hyperlink r:id="rId60936918613bccadc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ALECWO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="52288306" name="name535268e625fce44a6" descr="34.jpg"/>
+                  <wp:docPr id="37566016" name="name71116918613bcd49e" descr="34.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="34.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId402668e625fce44a3" cstate="print"/>
+                          <a:blip r:embed="rId49086918613bcd49a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId487168e625fce45d2" w:history="1">
+            <w:hyperlink r:id="rId26316918613bcd60d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3797,63 +3797,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. woglumi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was also, discovered near Durban, South Africa in January 1959, and is established in and around Durban on the Natal coast (Bedford and Thomas, 1965).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="58805741" name="name131668e625fce6a28" descr="ALECWO_distribution_map.jpg"/>
+            <wp:docPr id="9331954" name="name52036918613bcfcb7" descr="ALECWO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ALECWO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId510768e625fce6a24" cstate="print"/>
+                    <a:blip r:embed="rId89636918613bcfcb4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4986,51 +4986,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1998) &amp; Dubey and Ko (2012). Moreover, a revised EPPO diagnostic protocol is in press. One GenBank accession is available for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. woglumi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> mitochondrial COI gene for cytochrome oxidase subunit I: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId958168e625fce78d9" w:history="1">
+      <w:hyperlink r:id="rId35336918613bd0685" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/JX281760.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7236,51 +7236,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12) e0261626. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId513168e625fce8826" w:history="1">
+      <w:hyperlink r:id="rId99856918613bd15be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0261626</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7326,51 +7326,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1891–1897. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId741468e625fce88ba" w:history="1">
+      <w:hyperlink r:id="rId57746918613bd1659" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/0103-8478cr20151101</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7766,51 +7766,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 117-132. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bell H, Wakefield M, Macarthur R, Stein J, Collins D, Hart A, Roques A, Augustin S, Yart A, Péré C, Schrader G, Wendt C, Battisti A, Faccoli M, Marini L &amp; Toffolo EPZ (2014) A Review of the Literature Relevant to the Monitoring of Regulated Plant Health Pests in Europe. Appendix C to the final report on: Plant health surveys for the EU territory: an analysis of data quality and methodologies and the resulting uncertainties for pest risk assessment (PERSEUS) CFP/EFSA/PLH/2010/01. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId798368e625fce8b73" w:history="1">
+      <w:hyperlink r:id="rId83926918613bd1923" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2014.EN-676</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10255,51 +10255,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aleurocanthus woglumi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId398268e625fce9b1c" w:history="1">
+      <w:hyperlink r:id="rId40636918613bd28f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/4137</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 02 March 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10334,51 +10334,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aleurocanthus woglumi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 2019: EN-1565. 17 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId804968e625fce9ba5" w:history="1">
+      <w:hyperlink r:id="rId24846918613bd297b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1565</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10453,51 +10453,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aleurocanthus woglumi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId306068e625fce9c66" w:history="1">
+      <w:hyperlink r:id="rId75636918613bd2a44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10688,90 +10688,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId592568e625fce9deb" w:history="1">
+      <w:hyperlink r:id="rId65116918613bd2bcc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01737.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="14340890" name="name120168e625fce9e65" descr="eu_funding_250.png"/>
+            <wp:docPr id="44342159" name="name92186918613bd2c40" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId510668e625fce9e64" cstate="print"/>
+                    <a:blip r:embed="rId43756918613bd2c3f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10869,137 +10869,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="87620434">
+  <w:abstractNum w:abstractNumId="72086081">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76302981">
+    <w:lvl w:ilvl="0" w:tplc="42867928">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="76302981" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="42867928" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="76302981" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="42867928" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="76302981" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="42867928" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="76302981" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="42867928" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="76302981" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="42867928" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="76302981" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="42867928" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="76302981" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="42867928" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="76302981" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="42867928" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="87620433">
+  <w:abstractNum w:abstractNumId="72086080">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10828103">
+    <w:lvl w:ilvl="0" w:tplc="57636185">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11751,55 +11751,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="87620433">
-    <w:abstractNumId w:val="87620433"/>
+  <w:num w:numId="72086080">
+    <w:abstractNumId w:val="72086080"/>
   </w:num>
-  <w:num w:numId="87620434">
-    <w:abstractNumId w:val="87620434"/>
+  <w:num w:numId="72086081">
+    <w:abstractNumId w:val="72086081"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23349,51 +23349,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId719994490" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId544989728" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId113568e625fce3baa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECWO/" TargetMode="External"/><Relationship Id="rId688168e625fce3c14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECWO/categorization" TargetMode="External"/><Relationship Id="rId487168e625fce45d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECWO/photos" TargetMode="External"/><Relationship Id="rId958168e625fce78d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/JX281760.1" TargetMode="External"/><Relationship Id="rId513168e625fce8826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0261626" TargetMode="External"/><Relationship Id="rId741468e625fce88ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/0103-8478cr20151101" TargetMode="External"/><Relationship Id="rId798368e625fce8b73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2014.EN-676" TargetMode="External"/><Relationship Id="rId398268e625fce9b1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/4137" TargetMode="External"/><Relationship Id="rId804968e625fce9ba5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1565" TargetMode="External"/><Relationship Id="rId306068e625fce9c66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId592568e625fce9deb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01737.x" TargetMode="External"/><Relationship Id="rId402668e625fce44a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId402668e625fce44a3.jpg"/><Relationship Id="rId510768e625fce6a24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId510768e625fce6a24.jpg"/><Relationship Id="rId510668e625fce9e64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId510668e625fce9e64.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId916674973" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId712829502" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId97606918613bcca6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECWO/" TargetMode="External"/><Relationship Id="rId60936918613bccadc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECWO/categorization" TargetMode="External"/><Relationship Id="rId26316918613bcd60d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECWO/photos" TargetMode="External"/><Relationship Id="rId35336918613bd0685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/JX281760.1" TargetMode="External"/><Relationship Id="rId99856918613bd15be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0261626" TargetMode="External"/><Relationship Id="rId57746918613bd1659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/0103-8478cr20151101" TargetMode="External"/><Relationship Id="rId83926918613bd1923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2014.EN-676" TargetMode="External"/><Relationship Id="rId40636918613bd28f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/4137" TargetMode="External"/><Relationship Id="rId24846918613bd297b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1565" TargetMode="External"/><Relationship Id="rId75636918613bd2a44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId65116918613bd2bcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01737.x" TargetMode="External"/><Relationship Id="rId49086918613bcd49a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId49086918613bcd49a.jpg"/><Relationship Id="rId89636918613bcfcb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId89636918613bcfcb4.jpg"/><Relationship Id="rId43756918613bd2c3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId43756918613bd2c3f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>