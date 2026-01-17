--- v1 (2025-11-15)
+++ v2 (2026-01-17)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Ashby)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blue grey fly, citrus blackfly, citrus spring whitefly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97606918613bcca6e" w:history="1">
+            <w:hyperlink r:id="rId8539696bfba177e6a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60936918613bccadc" w:history="1">
+            <w:hyperlink r:id="rId1355696bfba177ed6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ALECWO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="37566016" name="name71116918613bcd49e" descr="34.jpg"/>
+                  <wp:docPr id="69352131" name="name2524696bfba1784b7" descr="34.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="34.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId49086918613bcd49a" cstate="print"/>
+                          <a:blip r:embed="rId2695696bfba1784b4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId26316918613bcd60d" w:history="1">
+            <w:hyperlink r:id="rId3121696bfba178660" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3797,63 +3797,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. woglumi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was also, discovered near Durban, South Africa in January 1959, and is established in and around Durban on the Natal coast (Bedford and Thomas, 1965).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="9331954" name="name52036918613bcfcb7" descr="ALECWO_distribution_map.jpg"/>
+            <wp:docPr id="57087521" name="name2121696bfba17afcc" descr="ALECWO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ALECWO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId89636918613bcfcb4" cstate="print"/>
+                    <a:blip r:embed="rId1830696bfba17afc9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4986,51 +4986,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1998) &amp; Dubey and Ko (2012). Moreover, a revised EPPO diagnostic protocol is in press. One GenBank accession is available for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. woglumi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> mitochondrial COI gene for cytochrome oxidase subunit I: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35336918613bd0685" w:history="1">
+      <w:hyperlink r:id="rId8041696bfba17bc00" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/JX281760.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7236,51 +7236,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12) e0261626. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99856918613bd15be" w:history="1">
+      <w:hyperlink r:id="rId5574696bfba17e54a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0261626</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7326,51 +7326,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1891–1897. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57746918613bd1659" w:history="1">
+      <w:hyperlink r:id="rId8327696bfba17ee51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/0103-8478cr20151101</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7766,51 +7766,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 117-132. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bell H, Wakefield M, Macarthur R, Stein J, Collins D, Hart A, Roques A, Augustin S, Yart A, Péré C, Schrader G, Wendt C, Battisti A, Faccoli M, Marini L &amp; Toffolo EPZ (2014) A Review of the Literature Relevant to the Monitoring of Regulated Plant Health Pests in Europe. Appendix C to the final report on: Plant health surveys for the EU territory: an analysis of data quality and methodologies and the resulting uncertainties for pest risk assessment (PERSEUS) CFP/EFSA/PLH/2010/01. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83926918613bd1923" w:history="1">
+      <w:hyperlink r:id="rId8252696bfba17f1c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2014.EN-676</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10255,51 +10255,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aleurocanthus woglumi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40636918613bd28f3" w:history="1">
+      <w:hyperlink r:id="rId8940696bfba18063c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/4137</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 02 March 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10334,51 +10334,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aleurocanthus woglumi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 2019: EN-1565. 17 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24846918613bd297b" w:history="1">
+      <w:hyperlink r:id="rId6735696bfba1806d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1565</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10431,73 +10431,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aleurocanthus woglumi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75636918613bd2a44" w:history="1">
+      <w:hyperlink r:id="rId1542696bfba1807a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10688,90 +10688,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65116918613bd2bcc" w:history="1">
+      <w:hyperlink r:id="rId1642696bfba180932" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01737.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="44342159" name="name92186918613bd2c40" descr="eu_funding_250.png"/>
+            <wp:docPr id="80394346" name="name2342696bfba1809eb" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId43756918613bd2c3f" cstate="print"/>
+                    <a:blip r:embed="rId1309696bfba1809ea" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10869,137 +10869,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="72086081">
+  <w:abstractNum w:abstractNumId="23280401">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42867928">
+    <w:lvl w:ilvl="0" w:tplc="43859147">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="42867928" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="43859147" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="42867928" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="43859147" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="42867928" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="43859147" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="42867928" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="43859147" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="42867928" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="43859147" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="42867928" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="43859147" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="42867928" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="43859147" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="42867928" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="43859147" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="72086080">
+  <w:abstractNum w:abstractNumId="23280400">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57636185">
+    <w:lvl w:ilvl="0" w:tplc="70989272">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11751,55 +11751,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="72086080">
-    <w:abstractNumId w:val="72086080"/>
+  <w:num w:numId="23280400">
+    <w:abstractNumId w:val="23280400"/>
   </w:num>
-  <w:num w:numId="72086081">
-    <w:abstractNumId w:val="72086081"/>
+  <w:num w:numId="23280401">
+    <w:abstractNumId w:val="23280401"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23349,51 +23349,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId916674973" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId712829502" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId97606918613bcca6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECWO/" TargetMode="External"/><Relationship Id="rId60936918613bccadc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECWO/categorization" TargetMode="External"/><Relationship Id="rId26316918613bcd60d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECWO/photos" TargetMode="External"/><Relationship Id="rId35336918613bd0685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/JX281760.1" TargetMode="External"/><Relationship Id="rId99856918613bd15be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0261626" TargetMode="External"/><Relationship Id="rId57746918613bd1659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/0103-8478cr20151101" TargetMode="External"/><Relationship Id="rId83926918613bd1923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2014.EN-676" TargetMode="External"/><Relationship Id="rId40636918613bd28f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/4137" TargetMode="External"/><Relationship Id="rId24846918613bd297b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1565" TargetMode="External"/><Relationship Id="rId75636918613bd2a44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId65116918613bd2bcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01737.x" TargetMode="External"/><Relationship Id="rId49086918613bcd49a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId49086918613bcd49a.jpg"/><Relationship Id="rId89636918613bcfcb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId89636918613bcfcb4.jpg"/><Relationship Id="rId43756918613bd2c3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId43756918613bd2c3f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId967715643" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId244164549" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8539696bfba177e6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECWO/" TargetMode="External"/><Relationship Id="rId1355696bfba177ed6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECWO/categorization" TargetMode="External"/><Relationship Id="rId3121696bfba178660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECWO/photos" TargetMode="External"/><Relationship Id="rId8041696bfba17bc00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/JX281760.1" TargetMode="External"/><Relationship Id="rId5574696bfba17e54a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0261626" TargetMode="External"/><Relationship Id="rId8327696bfba17ee51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/0103-8478cr20151101" TargetMode="External"/><Relationship Id="rId8252696bfba17f1c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2014.EN-676" TargetMode="External"/><Relationship Id="rId8940696bfba18063c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/4137" TargetMode="External"/><Relationship Id="rId6735696bfba1806d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1565" TargetMode="External"/><Relationship Id="rId1542696bfba1807a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1642696bfba180932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01737.x" TargetMode="External"/><Relationship Id="rId2695696bfba1784b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2695696bfba1784b4.jpg"/><Relationship Id="rId1830696bfba17afc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1830696bfba17afc9.jpg"/><Relationship Id="rId1309696bfba1809ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1309696bfba1809ea.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>