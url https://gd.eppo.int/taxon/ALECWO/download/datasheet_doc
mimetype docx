--- v2 (2026-01-17)
+++ v3 (2026-02-09)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Ashby)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blue grey fly, citrus blackfly, citrus spring whitefly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8539696bfba177e6a" w:history="1">
+            <w:hyperlink r:id="rId98076989d8f240be7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -372,53 +372,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1355696bfba177ed6" w:history="1">
+            <w:hyperlink r:id="rId94196989d8f240c50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ALECWO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="69352131" name="name2524696bfba1784b7" descr="34.jpg"/>
+                  <wp:docPr id="43068052" name="name11616989d8f241254" descr="34.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="34.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2695696bfba1784b4" cstate="print"/>
+                          <a:blip r:embed="rId30056989d8f241252" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3121696bfba178660" w:history="1">
+            <w:hyperlink r:id="rId24886989d8f24137e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3797,63 +3797,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. woglumi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was also, discovered near Durban, South Africa in January 1959, and is established in and around Durban on the Natal coast (Bedford and Thomas, 1965).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="57087521" name="name2121696bfba17afcc" descr="ALECWO_distribution_map.jpg"/>
+            <wp:docPr id="17125051" name="name14556989d8f243946" descr="ALECWO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ALECWO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1830696bfba17afc9" cstate="print"/>
+                    <a:blip r:embed="rId56026989d8f243943" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4986,51 +4986,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1998) &amp; Dubey and Ko (2012). Moreover, a revised EPPO diagnostic protocol is in press. One GenBank accession is available for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. woglumi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> mitochondrial COI gene for cytochrome oxidase subunit I: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8041696bfba17bc00" w:history="1">
+      <w:hyperlink r:id="rId19826989d8f24429f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/JX281760.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7236,51 +7236,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12) e0261626. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5574696bfba17e54a" w:history="1">
+      <w:hyperlink r:id="rId19846989d8f245102" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0261626</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7326,51 +7326,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1891–1897. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8327696bfba17ee51" w:history="1">
+      <w:hyperlink r:id="rId85866989d8f245195" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/0103-8478cr20151101</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7766,51 +7766,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 117-132. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bell H, Wakefield M, Macarthur R, Stein J, Collins D, Hart A, Roques A, Augustin S, Yart A, Péré C, Schrader G, Wendt C, Battisti A, Faccoli M, Marini L &amp; Toffolo EPZ (2014) A Review of the Literature Relevant to the Monitoring of Regulated Plant Health Pests in Europe. Appendix C to the final report on: Plant health surveys for the EU territory: an analysis of data quality and methodologies and the resulting uncertainties for pest risk assessment (PERSEUS) CFP/EFSA/PLH/2010/01. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8252696bfba17f1c4" w:history="1">
+      <w:hyperlink r:id="rId11146989d8f245452" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2014.EN-676</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10255,51 +10255,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aleurocanthus woglumi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8940696bfba18063c" w:history="1">
+      <w:hyperlink r:id="rId73616989d8f2465e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/4137</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 02 March 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10334,51 +10334,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aleurocanthus woglumi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 2019: EN-1565. 17 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6735696bfba1806d4" w:history="1">
+      <w:hyperlink r:id="rId12046989d8f246667" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1565</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10453,51 +10453,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aleurocanthus woglumi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1542696bfba1807a4" w:history="1">
+      <w:hyperlink r:id="rId50096989d8f24672c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10688,90 +10688,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1642696bfba180932" w:history="1">
+      <w:hyperlink r:id="rId29276989d8f2468b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01737.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="80394346" name="name2342696bfba1809eb" descr="eu_funding_250.png"/>
+            <wp:docPr id="89705229" name="name84306989d8f246925" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1309696bfba1809ea" cstate="print"/>
+                    <a:blip r:embed="rId42746989d8f246924" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10869,137 +10869,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="23280401">
+  <w:abstractNum w:abstractNumId="66183809">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43859147">
+    <w:lvl w:ilvl="0" w:tplc="14327295">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="43859147" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="14327295" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="43859147" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="14327295" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="43859147" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="14327295" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="43859147" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="14327295" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="43859147" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="14327295" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="43859147" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="14327295" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="43859147" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="14327295" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="43859147" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="14327295" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23280400">
+  <w:abstractNum w:abstractNumId="66183808">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70989272">
+    <w:lvl w:ilvl="0" w:tplc="45045012">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11751,55 +11751,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="23280400">
-    <w:abstractNumId w:val="23280400"/>
+  <w:num w:numId="66183808">
+    <w:abstractNumId w:val="66183808"/>
   </w:num>
-  <w:num w:numId="23280401">
-    <w:abstractNumId w:val="23280401"/>
+  <w:num w:numId="66183809">
+    <w:abstractNumId w:val="66183809"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23349,51 +23349,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId967715643" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId244164549" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8539696bfba177e6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECWO/" TargetMode="External"/><Relationship Id="rId1355696bfba177ed6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECWO/categorization" TargetMode="External"/><Relationship Id="rId3121696bfba178660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECWO/photos" TargetMode="External"/><Relationship Id="rId8041696bfba17bc00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/JX281760.1" TargetMode="External"/><Relationship Id="rId5574696bfba17e54a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0261626" TargetMode="External"/><Relationship Id="rId8327696bfba17ee51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/0103-8478cr20151101" TargetMode="External"/><Relationship Id="rId8252696bfba17f1c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2014.EN-676" TargetMode="External"/><Relationship Id="rId8940696bfba18063c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/4137" TargetMode="External"/><Relationship Id="rId6735696bfba1806d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1565" TargetMode="External"/><Relationship Id="rId1542696bfba1807a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1642696bfba180932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01737.x" TargetMode="External"/><Relationship Id="rId2695696bfba1784b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2695696bfba1784b4.jpg"/><Relationship Id="rId1830696bfba17afc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1830696bfba17afc9.jpg"/><Relationship Id="rId1309696bfba1809ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1309696bfba1809ea.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId450869191" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId857735626" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId98076989d8f240be7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECWO/" TargetMode="External"/><Relationship Id="rId94196989d8f240c50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECWO/categorization" TargetMode="External"/><Relationship Id="rId24886989d8f24137e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECWO/photos" TargetMode="External"/><Relationship Id="rId19826989d8f24429f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/JX281760.1" TargetMode="External"/><Relationship Id="rId19846989d8f245102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0261626" TargetMode="External"/><Relationship Id="rId85866989d8f245195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/0103-8478cr20151101" TargetMode="External"/><Relationship Id="rId11146989d8f245452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2014.EN-676" TargetMode="External"/><Relationship Id="rId73616989d8f2465e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/4137" TargetMode="External"/><Relationship Id="rId12046989d8f246667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1565" TargetMode="External"/><Relationship Id="rId50096989d8f24672c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId29276989d8f2468b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01737.x" TargetMode="External"/><Relationship Id="rId30056989d8f241252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId30056989d8f241252.jpg"/><Relationship Id="rId56026989d8f243943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId56026989d8f243943.jpg"/><Relationship Id="rId42746989d8f246924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId42746989d8f246924.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>