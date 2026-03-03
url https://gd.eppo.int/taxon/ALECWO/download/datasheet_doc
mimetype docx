--- v3 (2026-02-09)
+++ v4 (2026-03-03)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Ashby)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blue grey fly, citrus blackfly, citrus spring whitefly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98076989d8f240be7" w:history="1">
+            <w:hyperlink r:id="rId783269a66e54e5130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94196989d8f240c50" w:history="1">
+            <w:hyperlink r:id="rId456269a66e54e5199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ALECWO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="43068052" name="name11616989d8f241254" descr="34.jpg"/>
+                  <wp:docPr id="32799853" name="name918169a66e54e57af" descr="34.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="34.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId30056989d8f241252" cstate="print"/>
+                          <a:blip r:embed="rId737169a66e54e57ad" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId24886989d8f24137e" w:history="1">
+            <w:hyperlink r:id="rId597469a66e54e58db" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3797,63 +3797,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. woglumi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was also, discovered near Durban, South Africa in January 1959, and is established in and around Durban on the Natal coast (Bedford and Thomas, 1965).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="17125051" name="name14556989d8f243946" descr="ALECWO_distribution_map.jpg"/>
+            <wp:docPr id="88727529" name="name953869a66e54e7c74" descr="ALECWO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ALECWO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId56026989d8f243943" cstate="print"/>
+                    <a:blip r:embed="rId552669a66e54e7c70" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4986,51 +4986,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1998) &amp; Dubey and Ko (2012). Moreover, a revised EPPO diagnostic protocol is in press. One GenBank accession is available for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. woglumi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> mitochondrial COI gene for cytochrome oxidase subunit I: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19826989d8f24429f" w:history="1">
+      <w:hyperlink r:id="rId275769a66e54e85d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/JX281760.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7236,51 +7236,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12) e0261626. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19846989d8f245102" w:history="1">
+      <w:hyperlink r:id="rId830769a66e54e9420" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0261626</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7326,51 +7326,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1891–1897. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85866989d8f245195" w:history="1">
+      <w:hyperlink r:id="rId784569a66e54e94b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/0103-8478cr20151101</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7766,51 +7766,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 117-132. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bell H, Wakefield M, Macarthur R, Stein J, Collins D, Hart A, Roques A, Augustin S, Yart A, Péré C, Schrader G, Wendt C, Battisti A, Faccoli M, Marini L &amp; Toffolo EPZ (2014) A Review of the Literature Relevant to the Monitoring of Regulated Plant Health Pests in Europe. Appendix C to the final report on: Plant health surveys for the EU territory: an analysis of data quality and methodologies and the resulting uncertainties for pest risk assessment (PERSEUS) CFP/EFSA/PLH/2010/01. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11146989d8f245452" w:history="1">
+      <w:hyperlink r:id="rId629769a66e54e9790" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2014.EN-676</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10255,51 +10255,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aleurocanthus woglumi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73616989d8f2465e7" w:history="1">
+      <w:hyperlink r:id="rId728969a66e54ea765" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/4137</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 02 March 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10334,51 +10334,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aleurocanthus woglumi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 2019: EN-1565. 17 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12046989d8f246667" w:history="1">
+      <w:hyperlink r:id="rId571169a66e54ea7e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1565</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10453,51 +10453,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aleurocanthus woglumi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50096989d8f24672c" w:history="1">
+      <w:hyperlink r:id="rId802269a66e54ea8a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10688,90 +10688,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29276989d8f2468b1" w:history="1">
+      <w:hyperlink r:id="rId447569a66e54eab9a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01737.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="89705229" name="name84306989d8f246925" descr="eu_funding_250.png"/>
+            <wp:docPr id="28646616" name="name849469a66e54ead39" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId42746989d8f246924" cstate="print"/>
+                    <a:blip r:embed="rId358169a66e54ead38" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10869,137 +10869,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="66183809">
+  <w:abstractNum w:abstractNumId="13491111">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14327295">
+    <w:lvl w:ilvl="0" w:tplc="39285239">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="14327295" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="39285239" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="14327295" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="39285239" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="14327295" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="39285239" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="14327295" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="39285239" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="14327295" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="39285239" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="14327295" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="39285239" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="14327295" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="39285239" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="14327295" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="39285239" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="66183808">
+  <w:abstractNum w:abstractNumId="13491110">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45045012">
+    <w:lvl w:ilvl="0" w:tplc="51473560">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11751,55 +11751,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="66183808">
-    <w:abstractNumId w:val="66183808"/>
+  <w:num w:numId="13491110">
+    <w:abstractNumId w:val="13491110"/>
   </w:num>
-  <w:num w:numId="66183809">
-    <w:abstractNumId w:val="66183809"/>
+  <w:num w:numId="13491111">
+    <w:abstractNumId w:val="13491111"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23349,51 +23349,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId450869191" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId857735626" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId98076989d8f240be7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECWO/" TargetMode="External"/><Relationship Id="rId94196989d8f240c50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECWO/categorization" TargetMode="External"/><Relationship Id="rId24886989d8f24137e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECWO/photos" TargetMode="External"/><Relationship Id="rId19826989d8f24429f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/JX281760.1" TargetMode="External"/><Relationship Id="rId19846989d8f245102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0261626" TargetMode="External"/><Relationship Id="rId85866989d8f245195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/0103-8478cr20151101" TargetMode="External"/><Relationship Id="rId11146989d8f245452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2014.EN-676" TargetMode="External"/><Relationship Id="rId73616989d8f2465e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/4137" TargetMode="External"/><Relationship Id="rId12046989d8f246667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1565" TargetMode="External"/><Relationship Id="rId50096989d8f24672c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId29276989d8f2468b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01737.x" TargetMode="External"/><Relationship Id="rId30056989d8f241252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId30056989d8f241252.jpg"/><Relationship Id="rId56026989d8f243943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId56026989d8f243943.jpg"/><Relationship Id="rId42746989d8f246924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId42746989d8f246924.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId423067943" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId535012065" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId783269a66e54e5130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECWO/" TargetMode="External"/><Relationship Id="rId456269a66e54e5199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECWO/categorization" TargetMode="External"/><Relationship Id="rId597469a66e54e58db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECWO/photos" TargetMode="External"/><Relationship Id="rId275769a66e54e85d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/JX281760.1" TargetMode="External"/><Relationship Id="rId830769a66e54e9420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0261626" TargetMode="External"/><Relationship Id="rId784569a66e54e94b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/0103-8478cr20151101" TargetMode="External"/><Relationship Id="rId629769a66e54e9790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2014.EN-676" TargetMode="External"/><Relationship Id="rId728969a66e54ea765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/4137" TargetMode="External"/><Relationship Id="rId571169a66e54ea7e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1565" TargetMode="External"/><Relationship Id="rId802269a66e54ea8a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId447569a66e54eab9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01737.x" TargetMode="External"/><Relationship Id="rId737169a66e54e57ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId737169a66e54e57ad.jpg"/><Relationship Id="rId552669a66e54e7c70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId552669a66e54e7c70.jpg"/><Relationship Id="rId358169a66e54ead38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId358169a66e54ead38.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>