--- v4 (2026-03-03)
+++ v5 (2026-03-23)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Ashby)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> blue grey fly, citrus blackfly, citrus spring whitefly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId783269a66e54e5130" w:history="1">
+            <w:hyperlink r:id="rId458069c117f96aa1f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId456269a66e54e5199" w:history="1">
+            <w:hyperlink r:id="rId302169c117f96aa8e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ALECWO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="32799853" name="name918169a66e54e57af" descr="34.jpg"/>
+                  <wp:docPr id="71400338" name="name893369c117f96b232" descr="34.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="34.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId737169a66e54e57ad" cstate="print"/>
+                          <a:blip r:embed="rId631969c117f96b230" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId597469a66e54e58db" w:history="1">
+            <w:hyperlink r:id="rId568469c117f96b38d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3797,63 +3797,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. woglumi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> was also, discovered near Durban, South Africa in January 1959, and is established in and around Durban on the Natal coast (Bedford and Thomas, 1965).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="88727529" name="name953869a66e54e7c74" descr="ALECWO_distribution_map.jpg"/>
+            <wp:docPr id="91204950" name="name232869c117f96da9d" descr="ALECWO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ALECWO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId552669a66e54e7c70" cstate="print"/>
+                    <a:blip r:embed="rId820169c117f96da99" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4986,51 +4986,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1998) &amp; Dubey and Ko (2012). Moreover, a revised EPPO diagnostic protocol is in press. One GenBank accession is available for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. woglumi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> mitochondrial COI gene for cytochrome oxidase subunit I: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId275769a66e54e85d3" w:history="1">
+      <w:hyperlink r:id="rId877469c117f96e472" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ncbi.nlm.nih.gov/nuccore/JX281760.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7236,51 +7236,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12) e0261626. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId830769a66e54e9420" w:history="1">
+      <w:hyperlink r:id="rId807269c117f96f31c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0261626</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7326,51 +7326,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 1891–1897. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId784569a66e54e94b5" w:history="1">
+      <w:hyperlink r:id="rId401169c117f96f3b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/0103-8478cr20151101</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7766,51 +7766,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 117-132. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bell H, Wakefield M, Macarthur R, Stein J, Collins D, Hart A, Roques A, Augustin S, Yart A, Péré C, Schrader G, Wendt C, Battisti A, Faccoli M, Marini L &amp; Toffolo EPZ (2014) A Review of the Literature Relevant to the Monitoring of Regulated Plant Health Pests in Europe. Appendix C to the final report on: Plant health surveys for the EU territory: an analysis of data quality and methodologies and the resulting uncertainties for pest risk assessment (PERSEUS) CFP/EFSA/PLH/2010/01. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId629769a66e54e9790" w:history="1">
+      <w:hyperlink r:id="rId501569c117f96f699" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2014.EN-676</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10255,51 +10255,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on Pest </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aleurocanthus woglumi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId728969a66e54ea765" w:history="1">
+      <w:hyperlink r:id="rId414869c117f9706af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/4137</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 02 March 2022]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10334,51 +10334,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aleurocanthus woglumi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA supporting publication 2019: EN-1565. 17 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId571169a66e54ea7e5" w:history="1">
+      <w:hyperlink r:id="rId832169c117f970730" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1565</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10453,51 +10453,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aleurocanthus woglumi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId802269a66e54ea8a9" w:history="1">
+      <w:hyperlink r:id="rId804969c117f970802" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10688,90 +10688,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 4 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId447569a66e54eab9a" w:history="1">
+      <w:hyperlink r:id="rId851269c117f97099a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1981.tb01737.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="28646616" name="name849469a66e54ead39" descr="eu_funding_250.png"/>
+            <wp:docPr id="5066587" name="name645269c117f970a12" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId358169a66e54ead38" cstate="print"/>
+                    <a:blip r:embed="rId459669c117f970a11" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10869,137 +10869,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="13491111">
+  <w:abstractNum w:abstractNumId="76935322">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39285239">
+    <w:lvl w:ilvl="0" w:tplc="42668418">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="39285239" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="42668418" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="39285239" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="42668418" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="39285239" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="42668418" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="39285239" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="42668418" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="39285239" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="42668418" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="39285239" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="42668418" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="39285239" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="42668418" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="39285239" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="42668418" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13491110">
+  <w:abstractNum w:abstractNumId="76935321">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51473560">
+    <w:lvl w:ilvl="0" w:tplc="63775164">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11751,55 +11751,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="13491110">
-    <w:abstractNumId w:val="13491110"/>
+  <w:num w:numId="76935321">
+    <w:abstractNumId w:val="76935321"/>
   </w:num>
-  <w:num w:numId="13491111">
-    <w:abstractNumId w:val="13491111"/>
+  <w:num w:numId="76935322">
+    <w:abstractNumId w:val="76935322"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23349,51 +23349,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId423067943" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId535012065" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId783269a66e54e5130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECWO/" TargetMode="External"/><Relationship Id="rId456269a66e54e5199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECWO/categorization" TargetMode="External"/><Relationship Id="rId597469a66e54e58db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECWO/photos" TargetMode="External"/><Relationship Id="rId275769a66e54e85d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/JX281760.1" TargetMode="External"/><Relationship Id="rId830769a66e54e9420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0261626" TargetMode="External"/><Relationship Id="rId784569a66e54e94b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/0103-8478cr20151101" TargetMode="External"/><Relationship Id="rId629769a66e54e9790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2014.EN-676" TargetMode="External"/><Relationship Id="rId728969a66e54ea765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/4137" TargetMode="External"/><Relationship Id="rId571169a66e54ea7e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1565" TargetMode="External"/><Relationship Id="rId802269a66e54ea8a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId447569a66e54eab9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01737.x" TargetMode="External"/><Relationship Id="rId737169a66e54e57ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId737169a66e54e57ad.jpg"/><Relationship Id="rId552669a66e54e7c70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId552669a66e54e7c70.jpg"/><Relationship Id="rId358169a66e54ead38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId358169a66e54ead38.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId675253406" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId170769547" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId458069c117f96aa1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECWO/" TargetMode="External"/><Relationship Id="rId302169c117f96aa8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECWO/categorization" TargetMode="External"/><Relationship Id="rId568469c117f96b38d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECWO/photos" TargetMode="External"/><Relationship Id="rId877469c117f96e472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ncbi.nlm.nih.gov/nuccore/JX281760.1" TargetMode="External"/><Relationship Id="rId807269c117f96f31c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0261626" TargetMode="External"/><Relationship Id="rId401169c117f96f3b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/0103-8478cr20151101" TargetMode="External"/><Relationship Id="rId501569c117f96f699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2014.EN-676" TargetMode="External"/><Relationship Id="rId414869c117f9706af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/4137" TargetMode="External"/><Relationship Id="rId832169c117f970730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1565" TargetMode="External"/><Relationship Id="rId804969c117f970802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId851269c117f97099a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1981.tb01737.x" TargetMode="External"/><Relationship Id="rId631969c117f96b230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId631969c117f96b230.jpg"/><Relationship Id="rId820169c117f96da99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId820169c117f96da99.jpg"/><Relationship Id="rId459669c117f970a11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId459669c117f970a11.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>