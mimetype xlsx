--- v0 (2025-10-02)
+++ v1 (2025-11-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ALECSN" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="197">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="196">
   <si>
     <t>continent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>state</t>
   </si>
   <si>
     <t>country code</t>
   </si>
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Eswatini</t>
   </si>
   <si>
@@ -461,60 +461,57 @@
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Vietnam</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Albania</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
-    <t>Transient</t>
+    <t>Absent, pest eradicated</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>BE</t>
-  </si>
-[...1 lines deleted...]
-    <t>Absent, pest eradicated</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Czechia</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Corse</t>
   </si>
   <si>
     <t>cc</t>
   </si>
@@ -2207,399 +2204,399 @@
       <c r="B68" t="s">
         <v>147</v>
       </c>
       <c r="C68"/>
       <c r="D68" t="s">
         <v>148</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
         <v>144</v>
       </c>
       <c r="B69" t="s">
         <v>150</v>
       </c>
       <c r="C69"/>
       <c r="D69" t="s">
         <v>151</v>
       </c>
       <c r="E69"/>
       <c r="F69" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
         <v>144</v>
       </c>
       <c r="B70" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="C70"/>
       <c r="D70" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
         <v>144</v>
       </c>
       <c r="B71" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="C71"/>
       <c r="D71" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
         <v>144</v>
       </c>
       <c r="B72" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="C72"/>
       <c r="D72" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
         <v>144</v>
       </c>
       <c r="B73" t="s">
+        <v>156</v>
+      </c>
+      <c r="C73" t="s">
+        <v>158</v>
+      </c>
+      <c r="D73" t="s">
         <v>157</v>
       </c>
-      <c r="C73" t="s">
+      <c r="E73" t="s">
         <v>159</v>
-      </c>
-[...4 lines deleted...]
-        <v>160</v>
       </c>
       <c r="F73" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
         <v>144</v>
       </c>
       <c r="B74" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C74"/>
       <c r="D74" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="E74"/>
       <c r="F74" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
         <v>144</v>
       </c>
       <c r="B75" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="C75"/>
       <c r="D75" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
         <v>144</v>
       </c>
       <c r="B76" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="C76"/>
       <c r="D76" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
         <v>144</v>
       </c>
       <c r="B77" t="s">
+        <v>164</v>
+      </c>
+      <c r="C77" t="s">
+        <v>166</v>
+      </c>
+      <c r="D77" t="s">
         <v>165</v>
-      </c>
-[...4 lines deleted...]
-        <v>166</v>
       </c>
       <c r="E77" t="s">
         <v>72</v>
       </c>
       <c r="F77" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
         <v>144</v>
       </c>
       <c r="B78" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="C78"/>
       <c r="D78" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
         <v>144</v>
       </c>
       <c r="B79" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="C79"/>
       <c r="D79" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="E79"/>
       <c r="F79" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
         <v>144</v>
       </c>
       <c r="B80" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C80"/>
       <c r="D80" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="E80"/>
       <c r="F80" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
         <v>144</v>
       </c>
       <c r="B81" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C81"/>
       <c r="D81" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="E81"/>
       <c r="F81" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
         <v>144</v>
       </c>
       <c r="B82" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="C82"/>
       <c r="D82" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
+        <v>179</v>
+      </c>
+      <c r="B83" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="C83"/>
       <c r="D83" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
+        <v>179</v>
+      </c>
+      <c r="B84" t="s">
         <v>180</v>
       </c>
-      <c r="B84" t="s">
+      <c r="C84" t="s">
+        <v>182</v>
+      </c>
+      <c r="D84" t="s">
         <v>181</v>
       </c>
-      <c r="C84" t="s">
+      <c r="E84" t="s">
         <v>183</v>
-      </c>
-[...4 lines deleted...]
-        <v>184</v>
       </c>
       <c r="F84" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
+        <v>179</v>
+      </c>
+      <c r="B85" t="s">
         <v>180</v>
       </c>
-      <c r="B85" t="s">
+      <c r="C85" t="s">
+        <v>184</v>
+      </c>
+      <c r="D85" t="s">
         <v>181</v>
       </c>
-      <c r="C85" t="s">
+      <c r="E85" t="s">
         <v>185</v>
-      </c>
-[...4 lines deleted...]
-        <v>186</v>
       </c>
       <c r="F85" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B86" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="C86"/>
       <c r="D86" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="E86"/>
       <c r="F86" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B87" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="C87"/>
       <c r="D87" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="E87"/>
       <c r="F87" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B88" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="C88"/>
       <c r="D88" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="E88"/>
       <c r="F88" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B89" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="C89"/>
       <c r="D89" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="E89"/>
       <c r="F89" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B90" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="C90"/>
       <c r="D90" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="E90"/>
       <c r="F90" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>