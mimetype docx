--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> Quaintance</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> citrus mealywing, citrus spiny whitefly, orange spiny whitefly, spiny blackfly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId366168e74b01a10ab" w:history="1">
+            <w:hyperlink r:id="rId4099690230fbecd3f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId788168e74b01a1112" w:history="1">
+            <w:hyperlink r:id="rId1004690230fbecda9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ALECSN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="56387888" name="name253768e74b01a17a1" descr="11769.jpg"/>
+                  <wp:docPr id="99486421" name="name6518690230fbece70" descr="11769.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11769.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId961268e74b01a179f" cstate="print"/>
+                          <a:blip r:embed="rId8496690230fbece6f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId380968e74b01a1871" w:history="1">
+            <w:hyperlink r:id="rId6291690230fbecfa2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3214,63 +3214,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="5036703" name="name389468e74b01a34f6" descr="ALECSN_distribution_map.jpg"/>
+            <wp:docPr id="72091241" name="name9334690230fbeeded" descr="ALECSN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ALECSN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId226868e74b01a34f4" cstate="print"/>
+                    <a:blip r:embed="rId1933690230fbeedea" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5254,101 +5254,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 431–457. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId499168e74b01a43ff" w:history="1">
+      <w:hyperlink r:id="rId1215690230fbefd51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev.ento.36.1.431</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2018) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aleurocanthus woglumi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In: Invasive Species Compendium. Wallingford, UK: CAB International. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId396568e74b01a4456" w:history="1">
+      <w:hyperlink r:id="rId9912690230fbefda9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/ISC/datasheet/4137</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 26 August 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5588,51 +5588,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10): 5436, 31 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId560468e74b01a461b" w:history="1">
+      <w:hyperlink r:id="rId4752690230fbeff75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5436</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5687,51 +5687,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 346–361.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) EPPO Global Database. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId941468e74b01a46bb" w:history="1">
+      <w:hyperlink r:id="rId8532690230fbf0018" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -6183,51 +6183,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2797</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 25-44. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId951968e74b01a49d2" w:history="1">
+      <w:hyperlink r:id="rId6349690230fbf0333" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.2797.1.3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7026,51 +7026,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aleurocanthus woglumi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId521568e74b01a4ef7" w:history="1">
+      <w:hyperlink r:id="rId3375690230fbf08e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.EN-1565</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7087,51 +7087,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Natura Croatica, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">24 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 111-125. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId120268e74b01a4f5a" w:history="1">
+      <w:hyperlink r:id="rId1604690230fbf094b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.20302/NC.2015.24.6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7177,51 +7177,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 155-161. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId763168e74b01a4fea" w:history="1">
+      <w:hyperlink r:id="rId2025690230fbf09df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1303/jjaez.2011.155</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7510,51 +7510,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aleurocanthus spiniferus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId539468e74b01a5217" w:history="1">
+      <w:hyperlink r:id="rId1540690230fbf0c0d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7649,63 +7649,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="11434898" name="name813068e74b01a533d" descr="eu_funding_250.png"/>
+            <wp:docPr id="26332268" name="name1779690230fbf0d4d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId535468e74b01a5339" cstate="print"/>
+                    <a:blip r:embed="rId7261690230fbf0d4c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7803,137 +7803,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="15866543">
+  <w:abstractNum w:abstractNumId="42201218">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51901684">
+    <w:lvl w:ilvl="0" w:tplc="65599613">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="51901684" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="65599613" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="51901684" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="65599613" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="51901684" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="65599613" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="51901684" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="65599613" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="51901684" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="65599613" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="51901684" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="65599613" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="51901684" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="65599613" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="51901684" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="65599613" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15866542">
+  <w:abstractNum w:abstractNumId="42201217">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49948550">
+    <w:lvl w:ilvl="0" w:tplc="74782987">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8685,55 +8685,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="15866542">
-    <w:abstractNumId w:val="15866542"/>
+  <w:num w:numId="42201217">
+    <w:abstractNumId w:val="42201217"/>
   </w:num>
-  <w:num w:numId="15866543">
-    <w:abstractNumId w:val="15866543"/>
+  <w:num w:numId="42201218">
+    <w:abstractNumId w:val="42201218"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20283,51 +20283,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId156710969" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId404817502" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId366168e74b01a10ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECSN/" TargetMode="External"/><Relationship Id="rId788168e74b01a1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECSN/categorization" TargetMode="External"/><Relationship Id="rId380968e74b01a1871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECSN/photos" TargetMode="External"/><Relationship Id="rId499168e74b01a43ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev.ento.36.1.431" TargetMode="External"/><Relationship Id="rId396568e74b01a4456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/ISC/datasheet/4137" TargetMode="External"/><Relationship Id="rId560468e74b01a461b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5436" TargetMode="External"/><Relationship Id="rId941468e74b01a46bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId951968e74b01a49d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.2797.1.3" TargetMode="External"/><Relationship Id="rId521568e74b01a4ef7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.EN-1565" TargetMode="External"/><Relationship Id="rId120268e74b01a4f5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20302/NC.2015.24.6" TargetMode="External"/><Relationship Id="rId763168e74b01a4fea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1303/jjaez.2011.155" TargetMode="External"/><Relationship Id="rId539468e74b01a5217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId961268e74b01a179f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId961268e74b01a179f.jpg"/><Relationship Id="rId226868e74b01a34f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId226868e74b01a34f4.jpg"/><Relationship Id="rId535468e74b01a5339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId535468e74b01a5339.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId912426614" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId999958681" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4099690230fbecd3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECSN/" TargetMode="External"/><Relationship Id="rId1004690230fbecda9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECSN/categorization" TargetMode="External"/><Relationship Id="rId6291690230fbecfa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECSN/photos" TargetMode="External"/><Relationship Id="rId1215690230fbefd51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev.ento.36.1.431" TargetMode="External"/><Relationship Id="rId9912690230fbefda9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/ISC/datasheet/4137" TargetMode="External"/><Relationship Id="rId4752690230fbeff75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5436" TargetMode="External"/><Relationship Id="rId8532690230fbf0018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId6349690230fbf0333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.2797.1.3" TargetMode="External"/><Relationship Id="rId3375690230fbf08e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.EN-1565" TargetMode="External"/><Relationship Id="rId1604690230fbf094b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20302/NC.2015.24.6" TargetMode="External"/><Relationship Id="rId2025690230fbf09df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1303/jjaez.2011.155" TargetMode="External"/><Relationship Id="rId1540690230fbf0c0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8496690230fbece6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8496690230fbece6f.jpg"/><Relationship Id="rId1933690230fbeedea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1933690230fbeedea.jpg"/><Relationship Id="rId7261690230fbf0d4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7261690230fbf0d4c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>