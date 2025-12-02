--- v1 (2025-10-29)
+++ v2 (2025-12-02)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> Quaintance</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> citrus mealywing, citrus spiny whitefly, orange spiny whitefly, spiny blackfly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4099690230fbecd3f" w:history="1">
+            <w:hyperlink r:id="rId6640692e9d4cd3a15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1004690230fbecda9" w:history="1">
+            <w:hyperlink r:id="rId8271692e9d4cd3a81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ALECSN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="99486421" name="name6518690230fbece70" descr="11769.jpg"/>
+                  <wp:docPr id="55974541" name="name9635692e9d4cd3b47" descr="11769.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11769.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8496690230fbece6f" cstate="print"/>
+                          <a:blip r:embed="rId9370692e9d4cd3b45" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6291690230fbecfa2" w:history="1">
+            <w:hyperlink r:id="rId7522692e9d4cd3c5d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3214,105 +3214,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="72091241" name="name9334690230fbeeded" descr="ALECSN_distribution_map.jpg"/>
+            <wp:docPr id="50328136" name="name1188692e9d4cd5853" descr="ALECSN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ALECSN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1933690230fbeedea" cstate="print"/>
+                    <a:blip r:embed="rId9809692e9d4cd5850" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Albania, Austria, Croatia, France (mainland, Corse), Georgia, Greece (mainland), Italy (mainland, Sicilia), Montenegro</w:t>
+        <w:t xml:space="preserve"> Albania, Croatia, France (mainland, Corse), Georgia, Greece (mainland), Italy (mainland, Sicilia), Montenegro</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Eswatini, Kenya, Mauritius, Nigeria, Reunion, South Africa, Tanzania, United Republic of, Uganda</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5254,101 +5254,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 431–457. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1215690230fbefd51" w:history="1">
+      <w:hyperlink r:id="rId6278692e9d4cd697c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev.ento.36.1.431</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2018) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aleurocanthus woglumi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In: Invasive Species Compendium. Wallingford, UK: CAB International. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9912690230fbefda9" w:history="1">
+      <w:hyperlink r:id="rId1961692e9d4cd69da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/ISC/datasheet/4137</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 26 August 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5588,51 +5588,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10): 5436, 31 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4752690230fbeff75" w:history="1">
+      <w:hyperlink r:id="rId5139692e9d4cd6bd9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5436</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5687,51 +5687,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 346–361.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) EPPO Global Database. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8532690230fbf0018" w:history="1">
+      <w:hyperlink r:id="rId6306692e9d4cd6c83" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -6183,51 +6183,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2797</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 25-44. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6349690230fbf0333" w:history="1">
+      <w:hyperlink r:id="rId2197692e9d4cd6fd4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.2797.1.3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7026,51 +7026,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aleurocanthus woglumi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3375690230fbf08e3" w:history="1">
+      <w:hyperlink r:id="rId7090692e9d4cd7571" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.EN-1565</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7087,51 +7087,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Natura Croatica, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">24 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 111-125. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1604690230fbf094b" w:history="1">
+      <w:hyperlink r:id="rId3613692e9d4cd75dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.20302/NC.2015.24.6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7177,51 +7177,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 155-161. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2025690230fbf09df" w:history="1">
+      <w:hyperlink r:id="rId6730692e9d4cd7685" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1303/jjaez.2011.155</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7510,51 +7510,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aleurocanthus spiniferus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1540690230fbf0c0d" w:history="1">
+      <w:hyperlink r:id="rId3776692e9d4cd78c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7649,63 +7649,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="26332268" name="name1779690230fbf0d4d" descr="eu_funding_250.png"/>
+            <wp:docPr id="72280041" name="name3539692e9d4cd7a25" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7261690230fbf0d4c" cstate="print"/>
+                    <a:blip r:embed="rId5238692e9d4cd7a24" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7803,137 +7803,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="42201218">
+  <w:abstractNum w:abstractNumId="42308098">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65599613">
+    <w:lvl w:ilvl="0" w:tplc="58288413">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="65599613" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="58288413" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="65599613" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="58288413" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="65599613" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="58288413" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="65599613" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="58288413" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="65599613" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="58288413" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="65599613" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="58288413" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="65599613" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="58288413" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="65599613" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="58288413" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42201217">
+  <w:abstractNum w:abstractNumId="42308097">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74782987">
+    <w:lvl w:ilvl="0" w:tplc="86859281">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8685,55 +8685,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="42201217">
-    <w:abstractNumId w:val="42201217"/>
+  <w:num w:numId="42308097">
+    <w:abstractNumId w:val="42308097"/>
   </w:num>
-  <w:num w:numId="42201218">
-    <w:abstractNumId w:val="42201218"/>
+  <w:num w:numId="42308098">
+    <w:abstractNumId w:val="42308098"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20283,51 +20283,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId912426614" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId999958681" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4099690230fbecd3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECSN/" TargetMode="External"/><Relationship Id="rId1004690230fbecda9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECSN/categorization" TargetMode="External"/><Relationship Id="rId6291690230fbecfa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECSN/photos" TargetMode="External"/><Relationship Id="rId1215690230fbefd51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev.ento.36.1.431" TargetMode="External"/><Relationship Id="rId9912690230fbefda9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/ISC/datasheet/4137" TargetMode="External"/><Relationship Id="rId4752690230fbeff75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5436" TargetMode="External"/><Relationship Id="rId8532690230fbf0018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId6349690230fbf0333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.2797.1.3" TargetMode="External"/><Relationship Id="rId3375690230fbf08e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.EN-1565" TargetMode="External"/><Relationship Id="rId1604690230fbf094b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20302/NC.2015.24.6" TargetMode="External"/><Relationship Id="rId2025690230fbf09df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1303/jjaez.2011.155" TargetMode="External"/><Relationship Id="rId1540690230fbf0c0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8496690230fbece6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8496690230fbece6f.jpg"/><Relationship Id="rId1933690230fbeedea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1933690230fbeedea.jpg"/><Relationship Id="rId7261690230fbf0d4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7261690230fbf0d4c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId998791730" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId608636633" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6640692e9d4cd3a15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECSN/" TargetMode="External"/><Relationship Id="rId8271692e9d4cd3a81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECSN/categorization" TargetMode="External"/><Relationship Id="rId7522692e9d4cd3c5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECSN/photos" TargetMode="External"/><Relationship Id="rId6278692e9d4cd697c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev.ento.36.1.431" TargetMode="External"/><Relationship Id="rId1961692e9d4cd69da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/ISC/datasheet/4137" TargetMode="External"/><Relationship Id="rId5139692e9d4cd6bd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5436" TargetMode="External"/><Relationship Id="rId6306692e9d4cd6c83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId2197692e9d4cd6fd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.2797.1.3" TargetMode="External"/><Relationship Id="rId7090692e9d4cd7571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.EN-1565" TargetMode="External"/><Relationship Id="rId3613692e9d4cd75dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20302/NC.2015.24.6" TargetMode="External"/><Relationship Id="rId6730692e9d4cd7685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1303/jjaez.2011.155" TargetMode="External"/><Relationship Id="rId3776692e9d4cd78c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9370692e9d4cd3b45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9370692e9d4cd3b45.jpg"/><Relationship Id="rId9809692e9d4cd5850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9809692e9d4cd5850.jpg"/><Relationship Id="rId5238692e9d4cd7a24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5238692e9d4cd7a24.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>