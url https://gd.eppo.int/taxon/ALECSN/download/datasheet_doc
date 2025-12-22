--- v2 (2025-12-02)
+++ v3 (2025-12-22)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> Quaintance</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> citrus mealywing, citrus spiny whitefly, orange spiny whitefly, spiny blackfly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6640692e9d4cd3a15" w:history="1">
+            <w:hyperlink r:id="rId68836949292d38872" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8271692e9d4cd3a81" w:history="1">
+            <w:hyperlink r:id="rId27846949292d388e7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ALECSN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="55974541" name="name9635692e9d4cd3b47" descr="11769.jpg"/>
+                  <wp:docPr id="31039639" name="name73916949292d39170" descr="11769.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11769.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9370692e9d4cd3b45" cstate="print"/>
+                          <a:blip r:embed="rId85656949292d3916f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7522692e9d4cd3c5d" w:history="1">
+            <w:hyperlink r:id="rId14476949292d392cb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3214,63 +3214,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="50328136" name="name1188692e9d4cd5853" descr="ALECSN_distribution_map.jpg"/>
+            <wp:docPr id="49202774" name="name48246949292d3b209" descr="ALECSN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ALECSN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9809692e9d4cd5850" cstate="print"/>
+                    <a:blip r:embed="rId56226949292d3b205" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5254,101 +5254,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 431–457. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6278692e9d4cd697c" w:history="1">
+      <w:hyperlink r:id="rId49606949292d3c123" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev.ento.36.1.431</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2018) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aleurocanthus woglumi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In: Invasive Species Compendium. Wallingford, UK: CAB International. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1961692e9d4cd69da" w:history="1">
+      <w:hyperlink r:id="rId62436949292d3c17b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/ISC/datasheet/4137</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 26 August 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5588,51 +5588,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10): 5436, 31 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5139692e9d4cd6bd9" w:history="1">
+      <w:hyperlink r:id="rId35536949292d3c343" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5436</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5687,51 +5687,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 346–361.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) EPPO Global Database. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6306692e9d4cd6c83" w:history="1">
+      <w:hyperlink r:id="rId70796949292d3c3e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -6183,51 +6183,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2797</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 25-44. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2197692e9d4cd6fd4" w:history="1">
+      <w:hyperlink r:id="rId13196949292d3c6fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.2797.1.3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7026,51 +7026,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aleurocanthus woglumi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7090692e9d4cd7571" w:history="1">
+      <w:hyperlink r:id="rId46856949292d3cdbf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.EN-1565</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7087,51 +7087,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Natura Croatica, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">24 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 111-125. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3613692e9d4cd75dd" w:history="1">
+      <w:hyperlink r:id="rId87676949292d3ce26" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.20302/NC.2015.24.6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7177,51 +7177,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 155-161. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6730692e9d4cd7685" w:history="1">
+      <w:hyperlink r:id="rId36546949292d3ceba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1303/jjaez.2011.155</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7510,51 +7510,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aleurocanthus spiniferus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3776692e9d4cd78c6" w:history="1">
+      <w:hyperlink r:id="rId38346949292d3d0e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7649,63 +7649,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="72280041" name="name3539692e9d4cd7a25" descr="eu_funding_250.png"/>
+            <wp:docPr id="63002354" name="name94646949292d3d235" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5238692e9d4cd7a24" cstate="print"/>
+                    <a:blip r:embed="rId26456949292d3d234" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7803,137 +7803,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="42308098">
+  <w:abstractNum w:abstractNumId="82960397">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58288413">
+    <w:lvl w:ilvl="0" w:tplc="67597582">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="58288413" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="67597582" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="58288413" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="67597582" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="58288413" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="67597582" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="58288413" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="67597582" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="58288413" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="67597582" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="58288413" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="67597582" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="58288413" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="67597582" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="58288413" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="67597582" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42308097">
+  <w:abstractNum w:abstractNumId="82960396">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86859281">
+    <w:lvl w:ilvl="0" w:tplc="84564175">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8685,55 +8685,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="42308097">
-    <w:abstractNumId w:val="42308097"/>
+  <w:num w:numId="82960396">
+    <w:abstractNumId w:val="82960396"/>
   </w:num>
-  <w:num w:numId="42308098">
-    <w:abstractNumId w:val="42308098"/>
+  <w:num w:numId="82960397">
+    <w:abstractNumId w:val="82960397"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20283,51 +20283,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId998791730" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId608636633" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6640692e9d4cd3a15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECSN/" TargetMode="External"/><Relationship Id="rId8271692e9d4cd3a81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECSN/categorization" TargetMode="External"/><Relationship Id="rId7522692e9d4cd3c5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECSN/photos" TargetMode="External"/><Relationship Id="rId6278692e9d4cd697c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev.ento.36.1.431" TargetMode="External"/><Relationship Id="rId1961692e9d4cd69da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/ISC/datasheet/4137" TargetMode="External"/><Relationship Id="rId5139692e9d4cd6bd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5436" TargetMode="External"/><Relationship Id="rId6306692e9d4cd6c83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId2197692e9d4cd6fd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.2797.1.3" TargetMode="External"/><Relationship Id="rId7090692e9d4cd7571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.EN-1565" TargetMode="External"/><Relationship Id="rId3613692e9d4cd75dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20302/NC.2015.24.6" TargetMode="External"/><Relationship Id="rId6730692e9d4cd7685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1303/jjaez.2011.155" TargetMode="External"/><Relationship Id="rId3776692e9d4cd78c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9370692e9d4cd3b45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9370692e9d4cd3b45.jpg"/><Relationship Id="rId9809692e9d4cd5850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9809692e9d4cd5850.jpg"/><Relationship Id="rId5238692e9d4cd7a24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5238692e9d4cd7a24.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId121974535" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId136974676" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId68836949292d38872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECSN/" TargetMode="External"/><Relationship Id="rId27846949292d388e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECSN/categorization" TargetMode="External"/><Relationship Id="rId14476949292d392cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECSN/photos" TargetMode="External"/><Relationship Id="rId49606949292d3c123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev.ento.36.1.431" TargetMode="External"/><Relationship Id="rId62436949292d3c17b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/ISC/datasheet/4137" TargetMode="External"/><Relationship Id="rId35536949292d3c343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5436" TargetMode="External"/><Relationship Id="rId70796949292d3c3e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId13196949292d3c6fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.2797.1.3" TargetMode="External"/><Relationship Id="rId46856949292d3cdbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.EN-1565" TargetMode="External"/><Relationship Id="rId87676949292d3ce26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20302/NC.2015.24.6" TargetMode="External"/><Relationship Id="rId36546949292d3ceba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1303/jjaez.2011.155" TargetMode="External"/><Relationship Id="rId38346949292d3d0e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId85656949292d3916f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId85656949292d3916f.jpg"/><Relationship Id="rId56226949292d3b205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId56226949292d3b205.jpg"/><Relationship Id="rId26456949292d3d234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26456949292d3d234.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>