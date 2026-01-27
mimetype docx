--- v3 (2025-12-22)
+++ v4 (2026-01-27)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> Quaintance</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> citrus mealywing, citrus spiny whitefly, orange spiny whitefly, spiny blackfly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68836949292d38872" w:history="1">
+            <w:hyperlink r:id="rId42346978facae6bdf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27846949292d388e7" w:history="1">
+            <w:hyperlink r:id="rId67126978facae6c49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ALECSN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="31039639" name="name73916949292d39170" descr="11769.jpg"/>
+                  <wp:docPr id="2900095" name="name44596978facae72d2" descr="11769.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11769.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId85656949292d3916f" cstate="print"/>
+                          <a:blip r:embed="rId37196978facae72d0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId14476949292d392cb" w:history="1">
+            <w:hyperlink r:id="rId28106978facae73ef" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3214,63 +3214,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="49202774" name="name48246949292d3b209" descr="ALECSN_distribution_map.jpg"/>
+            <wp:docPr id="75218501" name="name51556978facae96de" descr="ALECSN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ALECSN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId56226949292d3b205" cstate="print"/>
+                    <a:blip r:embed="rId25926978facae96da" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5254,101 +5254,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 431–457. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49606949292d3c123" w:history="1">
+      <w:hyperlink r:id="rId13786978facaea784" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev.ento.36.1.431</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2018) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aleurocanthus woglumi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In: Invasive Species Compendium. Wallingford, UK: CAB International. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62436949292d3c17b" w:history="1">
+      <w:hyperlink r:id="rId96656978facaea7dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/ISC/datasheet/4137</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 26 August 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5588,51 +5588,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10): 5436, 31 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35536949292d3c343" w:history="1">
+      <w:hyperlink r:id="rId31576978facaea9a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5436</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5687,51 +5687,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 346–361.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) EPPO Global Database. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70796949292d3c3e6" w:history="1">
+      <w:hyperlink r:id="rId43476978facaeaa44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -6183,51 +6183,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2797</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 25-44. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13196949292d3c6fa" w:history="1">
+      <w:hyperlink r:id="rId52566978facaead70" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.2797.1.3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7026,51 +7026,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aleurocanthus woglumi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46856949292d3cdbf" w:history="1">
+      <w:hyperlink r:id="rId46596978facaeb299" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.EN-1565</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7087,51 +7087,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Natura Croatica, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">24 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 111-125. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87676949292d3ce26" w:history="1">
+      <w:hyperlink r:id="rId52806978facaeb2fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.20302/NC.2015.24.6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7177,51 +7177,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 155-161. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36546949292d3ceba" w:history="1">
+      <w:hyperlink r:id="rId77146978facaeb38b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1303/jjaez.2011.155</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7488,73 +7488,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aleurocanthus spiniferus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38346949292d3d0e4" w:history="1">
+      <w:hyperlink r:id="rId96086978facaeb5b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7649,63 +7649,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="63002354" name="name94646949292d3d235" descr="eu_funding_250.png"/>
+            <wp:docPr id="4913973" name="name78956978facaeb707" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId26456949292d3d234" cstate="print"/>
+                    <a:blip r:embed="rId62976978facaeb706" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7803,137 +7803,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="82960397">
+  <w:abstractNum w:abstractNumId="50038793">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67597582">
+    <w:lvl w:ilvl="0" w:tplc="49943092">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67597582" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="49943092" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67597582" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="49943092" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="67597582" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="49943092" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67597582" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="49943092" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="67597582" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="49943092" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="67597582" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="49943092" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="67597582" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="49943092" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67597582" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="49943092" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="82960396">
+  <w:abstractNum w:abstractNumId="50038792">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84564175">
+    <w:lvl w:ilvl="0" w:tplc="37387031">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8685,55 +8685,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="82960396">
-    <w:abstractNumId w:val="82960396"/>
+  <w:num w:numId="50038792">
+    <w:abstractNumId w:val="50038792"/>
   </w:num>
-  <w:num w:numId="82960397">
-    <w:abstractNumId w:val="82960397"/>
+  <w:num w:numId="50038793">
+    <w:abstractNumId w:val="50038793"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20283,51 +20283,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId121974535" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId136974676" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId68836949292d38872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECSN/" TargetMode="External"/><Relationship Id="rId27846949292d388e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECSN/categorization" TargetMode="External"/><Relationship Id="rId14476949292d392cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECSN/photos" TargetMode="External"/><Relationship Id="rId49606949292d3c123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev.ento.36.1.431" TargetMode="External"/><Relationship Id="rId62436949292d3c17b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/ISC/datasheet/4137" TargetMode="External"/><Relationship Id="rId35536949292d3c343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5436" TargetMode="External"/><Relationship Id="rId70796949292d3c3e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId13196949292d3c6fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.2797.1.3" TargetMode="External"/><Relationship Id="rId46856949292d3cdbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.EN-1565" TargetMode="External"/><Relationship Id="rId87676949292d3ce26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20302/NC.2015.24.6" TargetMode="External"/><Relationship Id="rId36546949292d3ceba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1303/jjaez.2011.155" TargetMode="External"/><Relationship Id="rId38346949292d3d0e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId85656949292d3916f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId85656949292d3916f.jpg"/><Relationship Id="rId56226949292d3b205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId56226949292d3b205.jpg"/><Relationship Id="rId26456949292d3d234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26456949292d3d234.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId651508022" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId703732415" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId42346978facae6bdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECSN/" TargetMode="External"/><Relationship Id="rId67126978facae6c49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECSN/categorization" TargetMode="External"/><Relationship Id="rId28106978facae73ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECSN/photos" TargetMode="External"/><Relationship Id="rId13786978facaea784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev.ento.36.1.431" TargetMode="External"/><Relationship Id="rId96656978facaea7dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/ISC/datasheet/4137" TargetMode="External"/><Relationship Id="rId31576978facaea9a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5436" TargetMode="External"/><Relationship Id="rId43476978facaeaa44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId52566978facaead70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.2797.1.3" TargetMode="External"/><Relationship Id="rId46596978facaeb299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.EN-1565" TargetMode="External"/><Relationship Id="rId52806978facaeb2fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20302/NC.2015.24.6" TargetMode="External"/><Relationship Id="rId77146978facaeb38b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1303/jjaez.2011.155" TargetMode="External"/><Relationship Id="rId96086978facaeb5b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId37196978facae72d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId37196978facae72d0.jpg"/><Relationship Id="rId25926978facae96da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId25926978facae96da.jpg"/><Relationship Id="rId62976978facaeb706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId62976978facaeb706.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>