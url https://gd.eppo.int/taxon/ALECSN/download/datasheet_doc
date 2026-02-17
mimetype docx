--- v4 (2026-01-27)
+++ v5 (2026-02-17)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> Quaintance</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> citrus mealywing, citrus spiny whitefly, orange spiny whitefly, spiny blackfly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42346978facae6bdf" w:history="1">
+            <w:hyperlink r:id="rId74856993afb9b394e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -416,53 +416,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A2 Quarantine pest (Annex II B)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67126978facae6c49" w:history="1">
+            <w:hyperlink r:id="rId28786993afb9b39ba" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ALECSN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="2900095" name="name44596978facae72d2" descr="11769.jpg"/>
+                  <wp:docPr id="22091708" name="name27936993afb9b3f65" descr="11769.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11769.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId37196978facae72d0" cstate="print"/>
+                          <a:blip r:embed="rId16516993afb9b3f62" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId28106978facae73ef" w:history="1">
+            <w:hyperlink r:id="rId39326993afb9b40a2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3214,63 +3214,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="75218501" name="name51556978facae96de" descr="ALECSN_distribution_map.jpg"/>
+            <wp:docPr id="80018210" name="name20596993afb9b5fad" descr="ALECSN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ALECSN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId25926978facae96da" cstate="print"/>
+                    <a:blip r:embed="rId61216993afb9b5fa9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5254,101 +5254,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 431–457. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13786978facaea784" w:history="1">
+      <w:hyperlink r:id="rId19966993afb9b6f44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev.ento.36.1.431</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2018) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aleurocanthus woglumi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In: Invasive Species Compendium. Wallingford, UK: CAB International. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96656978facaea7dd" w:history="1">
+      <w:hyperlink r:id="rId61466993afb9b6f9e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/ISC/datasheet/4137</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 26 August 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5588,51 +5588,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10): 5436, 31 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31576978facaea9a3" w:history="1">
+      <w:hyperlink r:id="rId63926993afb9b7168" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5436</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5687,51 +5687,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 346–361.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) EPPO Global Database. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43476978facaeaa44" w:history="1">
+      <w:hyperlink r:id="rId11806993afb9b720b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -6183,51 +6183,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2797</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 25-44. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52566978facaead70" w:history="1">
+      <w:hyperlink r:id="rId36606993afb9b7548" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.2797.1.3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7026,51 +7026,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aleurocanthus woglumi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46596978facaeb299" w:history="1">
+      <w:hyperlink r:id="rId69776993afb9b7aae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.EN-1565</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7087,51 +7087,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Natura Croatica, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">24 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 111-125. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52806978facaeb2fc" w:history="1">
+      <w:hyperlink r:id="rId92406993afb9b7b17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.20302/NC.2015.24.6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7177,51 +7177,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 155-161. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77146978facaeb38b" w:history="1">
+      <w:hyperlink r:id="rId84096993afb9b7bf2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1303/jjaez.2011.155</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7510,51 +7510,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aleurocanthus spiniferus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96086978facaeb5b8" w:history="1">
+      <w:hyperlink r:id="rId62256993afb9b7e3b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7649,63 +7649,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="4913973" name="name78956978facaeb707" descr="eu_funding_250.png"/>
+            <wp:docPr id="26156751" name="name46176993afb9b8101" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId62976978facaeb706" cstate="print"/>
+                    <a:blip r:embed="rId13476993afb9b80ff" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7803,137 +7803,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="50038793">
+  <w:abstractNum w:abstractNumId="97992838">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49943092">
+    <w:lvl w:ilvl="0" w:tplc="12238735">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="49943092" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="12238735" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="49943092" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="12238735" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="49943092" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="12238735" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="49943092" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="12238735" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="49943092" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="12238735" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="49943092" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="12238735" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="49943092" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="12238735" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="49943092" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="12238735" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="50038792">
+  <w:abstractNum w:abstractNumId="97992837">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37387031">
+    <w:lvl w:ilvl="0" w:tplc="86676630">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8685,55 +8685,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="50038792">
-    <w:abstractNumId w:val="50038792"/>
+  <w:num w:numId="97992837">
+    <w:abstractNumId w:val="97992837"/>
   </w:num>
-  <w:num w:numId="50038793">
-    <w:abstractNumId w:val="50038793"/>
+  <w:num w:numId="97992838">
+    <w:abstractNumId w:val="97992838"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20283,51 +20283,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId651508022" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId703732415" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId42346978facae6bdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECSN/" TargetMode="External"/><Relationship Id="rId67126978facae6c49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECSN/categorization" TargetMode="External"/><Relationship Id="rId28106978facae73ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECSN/photos" TargetMode="External"/><Relationship Id="rId13786978facaea784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev.ento.36.1.431" TargetMode="External"/><Relationship Id="rId96656978facaea7dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/ISC/datasheet/4137" TargetMode="External"/><Relationship Id="rId31576978facaea9a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5436" TargetMode="External"/><Relationship Id="rId43476978facaeaa44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId52566978facaead70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.2797.1.3" TargetMode="External"/><Relationship Id="rId46596978facaeb299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.EN-1565" TargetMode="External"/><Relationship Id="rId52806978facaeb2fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20302/NC.2015.24.6" TargetMode="External"/><Relationship Id="rId77146978facaeb38b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1303/jjaez.2011.155" TargetMode="External"/><Relationship Id="rId96086978facaeb5b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId37196978facae72d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId37196978facae72d0.jpg"/><Relationship Id="rId25926978facae96da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId25926978facae96da.jpg"/><Relationship Id="rId62976978facaeb706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId62976978facaeb706.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId749078038" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId344293834" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId74856993afb9b394e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECSN/" TargetMode="External"/><Relationship Id="rId28786993afb9b39ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECSN/categorization" TargetMode="External"/><Relationship Id="rId39326993afb9b40a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECSN/photos" TargetMode="External"/><Relationship Id="rId19966993afb9b6f44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev.ento.36.1.431" TargetMode="External"/><Relationship Id="rId61466993afb9b6f9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/ISC/datasheet/4137" TargetMode="External"/><Relationship Id="rId63926993afb9b7168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5436" TargetMode="External"/><Relationship Id="rId11806993afb9b720b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId36606993afb9b7548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.2797.1.3" TargetMode="External"/><Relationship Id="rId69776993afb9b7aae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.EN-1565" TargetMode="External"/><Relationship Id="rId92406993afb9b7b17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20302/NC.2015.24.6" TargetMode="External"/><Relationship Id="rId84096993afb9b7bf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1303/jjaez.2011.155" TargetMode="External"/><Relationship Id="rId62256993afb9b7e3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId16516993afb9b3f62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId16516993afb9b3f62.jpg"/><Relationship Id="rId61216993afb9b5fa9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId61216993afb9b5fa9.jpg"/><Relationship Id="rId13476993afb9b80ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId13476993afb9b80ff.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>