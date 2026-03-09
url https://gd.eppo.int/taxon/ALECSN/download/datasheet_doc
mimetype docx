--- v5 (2026-02-17)
+++ v6 (2026-03-09)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> Quaintance</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> citrus mealywing, citrus spiny whitefly, orange spiny whitefly, spiny blackfly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74856993afb9b394e" w:history="1">
+            <w:hyperlink r:id="rId697769aec2111a869" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28786993afb9b39ba" w:history="1">
+            <w:hyperlink r:id="rId759369aec2111a8d6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ALECSN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="22091708" name="name27936993afb9b3f65" descr="11769.jpg"/>
+                  <wp:docPr id="45950405" name="name328369aec2111af89" descr="11769.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11769.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId16516993afb9b3f62" cstate="print"/>
+                          <a:blip r:embed="rId906969aec2111af86" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId39326993afb9b40a2" w:history="1">
+            <w:hyperlink r:id="rId151269aec2111b0fa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3214,63 +3214,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="80018210" name="name20596993afb9b5fad" descr="ALECSN_distribution_map.jpg"/>
+            <wp:docPr id="68946285" name="name247469aec2111d62b" descr="ALECSN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ALECSN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId61216993afb9b5fa9" cstate="print"/>
+                    <a:blip r:embed="rId938669aec2111d627" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5254,101 +5254,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 431–457. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19966993afb9b6f44" w:history="1">
+      <w:hyperlink r:id="rId977069aec2111e78b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev.ento.36.1.431</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2018) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aleurocanthus woglumi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In: Invasive Species Compendium. Wallingford, UK: CAB International. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61466993afb9b6f9e" w:history="1">
+      <w:hyperlink r:id="rId873269aec2111e7e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/ISC/datasheet/4137</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 26 August 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5588,51 +5588,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10): 5436, 31 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63926993afb9b7168" w:history="1">
+      <w:hyperlink r:id="rId756569aec2111e9d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5436</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5687,51 +5687,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 346–361.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) EPPO Global Database. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11806993afb9b720b" w:history="1">
+      <w:hyperlink r:id="rId987569aec2111ea84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -6183,51 +6183,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2797</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 25-44. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36606993afb9b7548" w:history="1">
+      <w:hyperlink r:id="rId893269aec2111edba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.2797.1.3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7026,51 +7026,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aleurocanthus woglumi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69776993afb9b7aae" w:history="1">
+      <w:hyperlink r:id="rId959669aec2111f2ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.EN-1565</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7087,51 +7087,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Natura Croatica, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">24 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 111-125. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92406993afb9b7b17" w:history="1">
+      <w:hyperlink r:id="rId589669aec2111f365" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.20302/NC.2015.24.6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7177,51 +7177,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 155-161. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84096993afb9b7bf2" w:history="1">
+      <w:hyperlink r:id="rId554869aec2111f40a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1303/jjaez.2011.155</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7510,51 +7510,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aleurocanthus spiniferus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62256993afb9b7e3b" w:history="1">
+      <w:hyperlink r:id="rId461269aec2111f641" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7649,63 +7649,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="26156751" name="name46176993afb9b8101" descr="eu_funding_250.png"/>
+            <wp:docPr id="19819758" name="name320769aec2111f93c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13476993afb9b80ff" cstate="print"/>
+                    <a:blip r:embed="rId880969aec2111f93b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7803,137 +7803,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="97992838">
+  <w:abstractNum w:abstractNumId="58225726">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12238735">
+    <w:lvl w:ilvl="0" w:tplc="46389921">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="12238735" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="46389921" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="12238735" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="46389921" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="12238735" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="46389921" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="12238735" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="46389921" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="12238735" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="46389921" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="12238735" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="46389921" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="12238735" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="46389921" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="12238735" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="46389921" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="97992837">
+  <w:abstractNum w:abstractNumId="58225725">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86676630">
+    <w:lvl w:ilvl="0" w:tplc="46095816">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8685,55 +8685,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="97992837">
-    <w:abstractNumId w:val="97992837"/>
+  <w:num w:numId="58225725">
+    <w:abstractNumId w:val="58225725"/>
   </w:num>
-  <w:num w:numId="97992838">
-    <w:abstractNumId w:val="97992838"/>
+  <w:num w:numId="58225726">
+    <w:abstractNumId w:val="58225726"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20283,51 +20283,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId749078038" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId344293834" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId74856993afb9b394e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECSN/" TargetMode="External"/><Relationship Id="rId28786993afb9b39ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECSN/categorization" TargetMode="External"/><Relationship Id="rId39326993afb9b40a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECSN/photos" TargetMode="External"/><Relationship Id="rId19966993afb9b6f44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev.ento.36.1.431" TargetMode="External"/><Relationship Id="rId61466993afb9b6f9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/ISC/datasheet/4137" TargetMode="External"/><Relationship Id="rId63926993afb9b7168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5436" TargetMode="External"/><Relationship Id="rId11806993afb9b720b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId36606993afb9b7548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.2797.1.3" TargetMode="External"/><Relationship Id="rId69776993afb9b7aae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.EN-1565" TargetMode="External"/><Relationship Id="rId92406993afb9b7b17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20302/NC.2015.24.6" TargetMode="External"/><Relationship Id="rId84096993afb9b7bf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1303/jjaez.2011.155" TargetMode="External"/><Relationship Id="rId62256993afb9b7e3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId16516993afb9b3f62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId16516993afb9b3f62.jpg"/><Relationship Id="rId61216993afb9b5fa9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId61216993afb9b5fa9.jpg"/><Relationship Id="rId13476993afb9b80ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId13476993afb9b80ff.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId914554844" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId708335478" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId697769aec2111a869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECSN/" TargetMode="External"/><Relationship Id="rId759369aec2111a8d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECSN/categorization" TargetMode="External"/><Relationship Id="rId151269aec2111b0fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECSN/photos" TargetMode="External"/><Relationship Id="rId977069aec2111e78b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev.ento.36.1.431" TargetMode="External"/><Relationship Id="rId873269aec2111e7e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/ISC/datasheet/4137" TargetMode="External"/><Relationship Id="rId756569aec2111e9d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5436" TargetMode="External"/><Relationship Id="rId987569aec2111ea84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId893269aec2111edba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.2797.1.3" TargetMode="External"/><Relationship Id="rId959669aec2111f2ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.EN-1565" TargetMode="External"/><Relationship Id="rId589669aec2111f365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20302/NC.2015.24.6" TargetMode="External"/><Relationship Id="rId554869aec2111f40a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1303/jjaez.2011.155" TargetMode="External"/><Relationship Id="rId461269aec2111f641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId906969aec2111af86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId906969aec2111af86.jpg"/><Relationship Id="rId938669aec2111d627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId938669aec2111d627.jpg"/><Relationship Id="rId880969aec2111f93b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId880969aec2111f93b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>