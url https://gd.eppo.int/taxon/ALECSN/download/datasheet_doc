--- v6 (2026-03-09)
+++ v7 (2026-03-29)
@@ -358,51 +358,51 @@
               <w:t xml:space="preserve"> Quaintance</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> citrus mealywing, citrus spiny whitefly, orange spiny whitefly, spiny blackfly</w:t>
             </w:r>
-            <w:hyperlink r:id="rId697769aec2111a869" w:history="1">
+            <w:hyperlink r:id="rId921769c963abbd1cc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II B)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId759369aec2111a8d6" w:history="1">
+            <w:hyperlink r:id="rId537269c963abbd237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -476,86 +476,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ALECSN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="45950405" name="name328369aec2111af89" descr="11769.jpg"/>
+                  <wp:docPr id="18462795" name="name299869c963abbd9fc" descr="11769.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11769.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId906969aec2111af86" cstate="print"/>
+                          <a:blip r:embed="rId454269c963abbd9fa" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId151269aec2111b0fa" w:history="1">
+            <w:hyperlink r:id="rId260269c963abbdb6e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -3214,63 +3214,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2020).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="68946285" name="name247469aec2111d62b" descr="ALECSN_distribution_map.jpg"/>
+            <wp:docPr id="26907846" name="name718169c963abbfdd9" descr="ALECSN_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ALECSN_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId938669aec2111d627" cstate="print"/>
+                    <a:blip r:embed="rId152369c963abbfdd5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5254,101 +5254,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 431–457. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId977069aec2111e78b" w:history="1">
+      <w:hyperlink r:id="rId838269c963abc0cac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev.ento.36.1.431</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2018) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aleurocanthus woglumi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. In: Invasive Species Compendium. Wallingford, UK: CAB International. Available online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId873269aec2111e7e9" w:history="1">
+      <w:hyperlink r:id="rId307069c963abc0d1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/ISC/datasheet/4137</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 26 August 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5588,51 +5588,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10): 5436, 31 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId756569aec2111e9d8" w:history="1">
+      <w:hyperlink r:id="rId552869c963abc0f0e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5436</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5687,51 +5687,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 346–361.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2020) EPPO Global Database. Available at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId987569aec2111ea84" w:history="1">
+      <w:hyperlink r:id="rId625769c963abc0fb6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed 26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
@@ -6183,51 +6183,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2797</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 25-44. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId893269aec2111edba" w:history="1">
+      <w:hyperlink r:id="rId465669c963abc1301" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.2797.1.3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7026,51 +7026,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aleurocanthus woglumi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EFSA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId959669aec2111f2ff" w:history="1">
+      <w:hyperlink r:id="rId876869c963abc185a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.EN-1565</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7087,51 +7087,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Natura Croatica, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">24 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 111-125. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId589669aec2111f365" w:history="1">
+      <w:hyperlink r:id="rId194069c963abc18c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.20302/NC.2015.24.6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7177,51 +7177,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">55</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 155-161. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId554869aec2111f40a" w:history="1">
+      <w:hyperlink r:id="rId741269c963abc1953" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1303/jjaez.2011.155</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7510,51 +7510,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aleurocanthus spiniferus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId461269aec2111f641" w:history="1">
+      <w:hyperlink r:id="rId134569c963abc1b75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7649,63 +7649,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="19819758" name="name320769aec2111f93c" descr="eu_funding_250.png"/>
+            <wp:docPr id="90988758" name="name184369c963abc1cc8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId880969aec2111f93b" cstate="print"/>
+                    <a:blip r:embed="rId563169c963abc1cc6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7803,137 +7803,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="58225726">
+  <w:abstractNum w:abstractNumId="84440652">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46389921">
+    <w:lvl w:ilvl="0" w:tplc="80311813">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="46389921" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="80311813" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="46389921" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="80311813" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="46389921" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="80311813" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="46389921" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="80311813" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="46389921" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="80311813" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="46389921" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="80311813" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="46389921" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="80311813" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="46389921" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="80311813" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="58225725">
+  <w:abstractNum w:abstractNumId="84440651">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46095816">
+    <w:lvl w:ilvl="0" w:tplc="75182573">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8685,55 +8685,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="58225725">
-    <w:abstractNumId w:val="58225725"/>
+  <w:num w:numId="84440651">
+    <w:abstractNumId w:val="84440651"/>
   </w:num>
-  <w:num w:numId="58225726">
-    <w:abstractNumId w:val="58225726"/>
+  <w:num w:numId="84440652">
+    <w:abstractNumId w:val="84440652"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20283,51 +20283,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId914554844" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId708335478" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId697769aec2111a869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECSN/" TargetMode="External"/><Relationship Id="rId759369aec2111a8d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECSN/categorization" TargetMode="External"/><Relationship Id="rId151269aec2111b0fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECSN/photos" TargetMode="External"/><Relationship Id="rId977069aec2111e78b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev.ento.36.1.431" TargetMode="External"/><Relationship Id="rId873269aec2111e7e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/ISC/datasheet/4137" TargetMode="External"/><Relationship Id="rId756569aec2111e9d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5436" TargetMode="External"/><Relationship Id="rId987569aec2111ea84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId893269aec2111edba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.2797.1.3" TargetMode="External"/><Relationship Id="rId959669aec2111f2ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.EN-1565" TargetMode="External"/><Relationship Id="rId589669aec2111f365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20302/NC.2015.24.6" TargetMode="External"/><Relationship Id="rId554869aec2111f40a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1303/jjaez.2011.155" TargetMode="External"/><Relationship Id="rId461269aec2111f641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId906969aec2111af86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId906969aec2111af86.jpg"/><Relationship Id="rId938669aec2111d627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId938669aec2111d627.jpg"/><Relationship Id="rId880969aec2111f93b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId880969aec2111f93b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId199807525" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId494066089" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId921769c963abbd1cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECSN/" TargetMode="External"/><Relationship Id="rId537269c963abbd237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECSN/categorization" TargetMode="External"/><Relationship Id="rId260269c963abbdb6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ALECSN/photos" TargetMode="External"/><Relationship Id="rId838269c963abc0cac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev.ento.36.1.431" TargetMode="External"/><Relationship Id="rId307069c963abc0d1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/ISC/datasheet/4137" TargetMode="External"/><Relationship Id="rId552869c963abc0f0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5436" TargetMode="External"/><Relationship Id="rId625769c963abc0fb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId465669c963abc1301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.2797.1.3" TargetMode="External"/><Relationship Id="rId876869c963abc185a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.EN-1565" TargetMode="External"/><Relationship Id="rId194069c963abc18c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20302/NC.2015.24.6" TargetMode="External"/><Relationship Id="rId741269c963abc1953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1303/jjaez.2011.155" TargetMode="External"/><Relationship Id="rId134569c963abc1b75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId454269c963abbd9fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId454269c963abbd9fa.jpg"/><Relationship Id="rId152369c963abbfdd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId152369c963abbfdd5.jpg"/><Relationship Id="rId563169c963abc1cc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId563169c963abc1cc6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>