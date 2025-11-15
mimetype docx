--- v0 (2025-10-07)
+++ v1 (2025-11-15)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Obenberger</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> emerald ash borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId404468e46ca06d660" w:history="1">
+            <w:hyperlink r:id="rId5693691861372f342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId846368e46ca06d6fa" w:history="1">
+            <w:hyperlink r:id="rId3990691861372f3aa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AGRLPL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-89"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1202400"/>
-                  <wp:docPr id="90917055" name="name928468e46ca06de62" descr="17170.jpg"/>
+                  <wp:docPr id="91710507" name="name7746691861372f927" descr="17170.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17170.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId977068e46ca06de60" cstate="print"/>
+                          <a:blip r:embed="rId5515691861372f926" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1202400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId200268e46ca06e007" w:history="1">
+            <w:hyperlink r:id="rId4988691861372fa41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2335,63 +2335,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2015).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="18236984" name="name556968e46ca06fade" descr="AGRLPL_distribution_map.jpg"/>
+            <wp:docPr id="63679420" name="name3791691861373137f" descr="AGRLPL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AGRLPL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId355468e46ca06fadc" cstate="print"/>
+                    <a:blip r:embed="rId1821691861373137c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7369,101 +7369,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2121–2130.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EABINFO (2020) Emerald ash borer Information network. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId364368e46ca071f9f" w:history="1">
+      <w:hyperlink r:id="rId974869186137338e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.emeraldashborer.info/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 5 January 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority), Schans J, Schrader G, Delbianco A, Graziosi &amp; Vos S (2020) Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus planipennis. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId619168e46ca071ff9" w:history="1">
+      <w:hyperlink r:id="rId51006918613733941" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/pdfdirect/10.2903/sp.efsa.2020.EN-1945</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed on 5 Jan 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7478,51 +7478,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2013a) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus planipennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId528268e46ca07205a" w:history="1">
+      <w:hyperlink r:id="rId842869186137339c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AGRLPL/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 Jan 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8128,51 +8128,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 13-30.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Herms DA, McCullough DG, Clifford CS, Smitley DR, Miller FD, Cranshaw W (2019) Insecticide options for protecting ash trees from emerald ash borer. North Central IPM Center Bulletin. 3rd Edition. 16 pp. Online at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId981168e46ca07260c" w:history="1">
+      <w:hyperlink r:id="rId12336918613733e6f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.emeraldashborer.info/documents/Multistate_EAB_Insecticide_Fact_Sheet.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed on 5 January 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10030,51 +10030,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 273–279.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sugiura N (2008) Jewel beetles in Japan and Fukushima Prefecture. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId581368e46ca073401" w:history="1">
+      <w:hyperlink r:id="rId18736918613734ba7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://buprestidae.iinaa.net/index.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 5 January 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10918,51 +10918,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus planipennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId460768e46ca0739d9" w:history="1">
+      <w:hyperlink r:id="rId17766918613735144" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11047,90 +11047,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 436-438. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId216268e46ca073ab5" w:history="1">
+      <w:hyperlink r:id="rId96056918613735228" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00844.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="72000024" name="name787868e46ca073b1b" descr="eu_funding_250.png"/>
+            <wp:docPr id="80742241" name="name37196918613735290" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId702168e46ca073b1a" cstate="print"/>
+                    <a:blip r:embed="rId4785691861373528f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11228,137 +11228,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="81383074">
+  <w:abstractNum w:abstractNumId="78881410">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="88468872">
+    <w:lvl w:ilvl="0" w:tplc="12488872">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="88468872" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="12488872" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="88468872" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="12488872" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="88468872" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="12488872" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="88468872" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="12488872" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="88468872" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="12488872" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="88468872" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="12488872" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="88468872" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="12488872" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="88468872" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="12488872" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="81383073">
+  <w:abstractNum w:abstractNumId="78881409">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65878940">
+    <w:lvl w:ilvl="0" w:tplc="50607767">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12110,55 +12110,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="81383073">
-    <w:abstractNumId w:val="81383073"/>
+  <w:num w:numId="78881409">
+    <w:abstractNumId w:val="78881409"/>
   </w:num>
-  <w:num w:numId="81383074">
-    <w:abstractNumId w:val="81383074"/>
+  <w:num w:numId="78881410">
+    <w:abstractNumId w:val="78881410"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23708,51 +23708,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId559318462" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId170403213" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId404468e46ca06d660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLPL/" TargetMode="External"/><Relationship Id="rId846368e46ca06d6fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLPL/categorization" TargetMode="External"/><Relationship Id="rId200268e46ca06e007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLPL/photos" TargetMode="External"/><Relationship Id="rId364368e46ca071f9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/" TargetMode="External"/><Relationship Id="rId619168e46ca071ff9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/pdfdirect/10.2903/sp.efsa.2020.EN-1945" TargetMode="External"/><Relationship Id="rId528268e46ca07205a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLPL/documents" TargetMode="External"/><Relationship Id="rId981168e46ca07260c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/documents/Multistate_EAB_Insecticide_Fact_Sheet.pdf" TargetMode="External"/><Relationship Id="rId581368e46ca073401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://buprestidae.iinaa.net/index.html" TargetMode="External"/><Relationship Id="rId460768e46ca0739d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId216268e46ca073ab5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00844.x" TargetMode="External"/><Relationship Id="rId977068e46ca06de60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId977068e46ca06de60.jpg"/><Relationship Id="rId355468e46ca06fadc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId355468e46ca06fadc.jpg"/><Relationship Id="rId702168e46ca073b1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId702168e46ca073b1a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId193704932" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId456873776" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5693691861372f342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLPL/" TargetMode="External"/><Relationship Id="rId3990691861372f3aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLPL/categorization" TargetMode="External"/><Relationship Id="rId4988691861372fa41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLPL/photos" TargetMode="External"/><Relationship Id="rId974869186137338e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/" TargetMode="External"/><Relationship Id="rId51006918613733941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/pdfdirect/10.2903/sp.efsa.2020.EN-1945" TargetMode="External"/><Relationship Id="rId842869186137339c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLPL/documents" TargetMode="External"/><Relationship Id="rId12336918613733e6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/documents/Multistate_EAB_Insecticide_Fact_Sheet.pdf" TargetMode="External"/><Relationship Id="rId18736918613734ba7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://buprestidae.iinaa.net/index.html" TargetMode="External"/><Relationship Id="rId17766918613735144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId96056918613735228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00844.x" TargetMode="External"/><Relationship Id="rId5515691861372f926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5515691861372f926.jpg"/><Relationship Id="rId1821691861373137c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1821691861373137c.jpg"/><Relationship Id="rId4785691861373528f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4785691861373528f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>