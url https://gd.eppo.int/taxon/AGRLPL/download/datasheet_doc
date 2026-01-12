--- v1 (2025-11-15)
+++ v2 (2026-01-12)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Obenberger</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> emerald ash borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5693691861372f342" w:history="1">
+            <w:hyperlink r:id="rId88546964663fdaec6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3990691861372f3aa" w:history="1">
+            <w:hyperlink r:id="rId64936964663fdaf30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AGRLPL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-89"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1202400"/>
-                  <wp:docPr id="91710507" name="name7746691861372f927" descr="17170.jpg"/>
+                  <wp:docPr id="23124756" name="name66826964663fdb499" descr="17170.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17170.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5515691861372f926" cstate="print"/>
+                          <a:blip r:embed="rId95856964663fdb497" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1202400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4988691861372fa41" w:history="1">
+            <w:hyperlink r:id="rId76196964663fdb5a5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1989,91 +1989,91 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> specimens were present in Mongolia’s National University insect collection in Ulaanbaatar. Similarly, reports of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. planipennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> being native to Taiwan (Jendek, 1994) and Laos (Jendek &amp; Grebennikov, 2011), are now uncertain given that these specimens were recently reassigned to the species </w:t>
+        <w:t xml:space="preserve"> being native to Taiwan (Jendek, 1994) and Laos (Jendek &amp; Grebennikov, 2011), are now uncertain given that these specimens were recently reassigned to the species </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus tomentipennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Jendek &amp; Chamorro (Jendek &amp; Chamorro, 2012; Chamorro </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">., 2015), which is highly similar in appearance to </w:t>
+        <w:t xml:space="preserve">., 2015), which is highly similar in appearance to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. planipennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Clearly, more research is needed to define the true native range of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
@@ -2247,151 +2247,191 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2008; Haack </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">., 2015). As of 2020, </w:t>
+        <w:t xml:space="preserve">., 2015). As of 2025, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. planipennis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">has spread to several regions of European Russia and into Western Ukraine (Orlova-Bienkowskaja </w:t>
+        <w:t xml:space="preserve">has spread to several regions of European Russia and into Ukraine and Belarus (Davydenko </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">., 2020; Volkovitsh &amp; Suslov, 2020). The exact pathways by which </w:t>
+        <w:t xml:space="preserve">., 2022; Orlova-Bienkowskaja </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">et al</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., 2020; Volkovitsh &amp; Suslov, 2020; Zviagintsev </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">et al</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., 2025). The exact pathways by which </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. planipennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> first reached North America and European Russia are unknown. However, wood packaging is considered the likely original source in North America, and either nursery stock or wood packaging in Russia (Haack </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2015).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="63679420" name="name3791691861373137f" descr="AGRLPL_distribution_map.jpg"/>
+            <wp:docPr id="11621071" name="name62746964663fdd078" descr="AGRLPL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AGRLPL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1821691861373137c" cstate="print"/>
+                    <a:blip r:embed="rId10356964663fdd075" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2431,51 +2471,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Beijing, Hebei, Heilongjiang, Jilin, Liaoning, Shandong, Tianjin, Xinjiang), Japan (Hokkaido, Honshu, Kyushu, Shikoku), Korea, Democratic People's Republic of, Korea, Republic of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Canada (British Columbia, Manitoba, New Brunswick, Nova Scotia, Ontario, Québec), United States of America (Alabama, Arkansas, Colorado, Connecticut, Delaware, District of Columbia, Georgia, Illinois, Indiana, Iowa, Kansas, Kentucky, Louisiana, Maine, Maryland, Massachusetts, Michigan, Minnesota, Missouri, Nebraska, New Hampshire, New Jersey, New York, North Carolina, North Dakota, Ohio, Oklahoma, Oregon, Pennsylvania, Rhode Island, South Carolina, South Dakota, Tennessee, Texas, Vermont, Virginia, West Virginia, Wisconsin)</w:t>
+        <w:t xml:space="preserve"> Canada (British Columbia, Manitoba, New Brunswick, Nova Scotia, Ontario, Québec), United States of America (Alabama, Arkansas, Colorado, Connecticut, Delaware, District of Columbia, Georgia, Illinois, Indiana, Iowa, Kansas, Kentucky, Louisiana, Maine, Maryland, Massachusetts, Michigan, Minnesota, Mississippi, Missouri, Nebraska, New Hampshire, New Jersey, New York, North Carolina, North Dakota, Ohio, Oklahoma, Oregon, Pennsylvania, Rhode Island, South Carolina, South Dakota, Tennessee, Texas, Vermont, Virginia, West Virginia, Wisconsin)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">BIOLOGY</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7193,277 +7233,316 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Fairmaire (Coleoptera: Buprestidae). Journal of Insect Physiology 57, 166-173.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">DeGroot P, Biggs WD, Lyons DB, Scarr T, Czwerwinski E, Evans HJ, Ingram W &amp; Marchant K (2006) A visual guide to detecting emerald ash borer damage. Natural Resources Canada and Ontario Ministry of Natural Resources, Sault Ste. Marie, Ontario, Canada.</w:t>
+        <w:t xml:space="preserve">Davydenko K, Skrylnyk Y, Borysenko O, Menkis A, Vysotska N, Meshkova V, Olson Å, Elfstrand M, Vasaitis R (2022) Invasion of emerald ash borer Agrilus planipennis and ash dieback pathogen Hymenoscyphus fraxineus in Ukraine—a concerted action. Forests 13(5), 789. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId86726964663fdf0fe" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+            <w:color w:val="0000CC"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">https://doi.org/10.3390/f13050789</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Duan JJ, Schmude JM, Larson KM, Fuester RW, Gould JR &amp; Ulyshen MD (2019a) Field parasitism and host specificity of </w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> 44–50.</w:t>
+        <w:t xml:space="preserve">DeGroot P, Biggs WD, Lyons DB, Scarr T, Czwerwinski E, Evans HJ, Ingram W &amp; Marchant K (2006) A visual guide to detecting emerald ash borer damage. Natural Resources Canada and Ontario Ministry of Natural Resources, Sault Ste. Marie, Ontario, Canada.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Duan JJ, Van Driesche RG, Crandall RS, Schmude JM, Rutledge CE, Slager BH, Gould JR &amp; Elkinton JS (2019b) Establishment and early impact of </w:t>
-[...30 lines deleted...]
-        <w:t xml:space="preserve">Journal of Economic Entomology</w:t>
+        <w:t xml:space="preserve">Duan JJ, Schmude JM, Larson KM, Fuester RW, Gould JR &amp; Ulyshen MD (2019a) Field parasitism and host specificity of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Oobius primorskyensis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Hymenoptera: Encyrtidae), an egg parasitoid of the emerald ash borer (Coleoptera: Buprestidae) in the Russian Far East. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Biological Control</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">112</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">, 2121–2130.</w:t>
+        <w:t xml:space="preserve">130,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 44–50.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Duan JJ, Van Driesche RG, Crandall RS, Schmude JM, Rutledge CE, Slager BH, Gould JR &amp; Elkinton JS (2019b) Establishment and early impact of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spathius galinae</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Hymenoptera: Braconidae) on emerald ash borer (Coleoptera: Buprestidae) in the Northeastern United States. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Journal of Economic Entomology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">112</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2121–2130.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">EABINFO (2020) Emerald ash borer Information network. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId974869186137338e9" w:history="1">
+      <w:hyperlink r:id="rId87046964663fdf26b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.emeraldashborer.info/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 5 January 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority), Schans J, Schrader G, Delbianco A, Graziosi &amp; Vos S (2020) Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus planipennis. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51006918613733941" w:history="1">
+      <w:hyperlink r:id="rId56136964663fdf2bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/pdfdirect/10.2903/sp.efsa.2020.EN-1945</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed on 5 Jan 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7478,51 +7557,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2013a) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus planipennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId842869186137339c0" w:history="1">
+      <w:hyperlink r:id="rId41576964663fdf31f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AGRLPL/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 Jan 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8128,51 +8207,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 13-30.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Herms DA, McCullough DG, Clifford CS, Smitley DR, Miller FD, Cranshaw W (2019) Insecticide options for protecting ash trees from emerald ash borer. North Central IPM Center Bulletin. 3rd Edition. 16 pp. Online at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12336918613733e6f" w:history="1">
+      <w:hyperlink r:id="rId93026964663fdf72c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.emeraldashborer.info/documents/Multistate_EAB_Insecticide_Fact_Sheet.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed on 5 January 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10030,51 +10109,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 273–279.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sugiura N (2008) Jewel beetles in Japan and Fukushima Prefecture. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18736918613734ba7" w:history="1">
+      <w:hyperlink r:id="rId38206964663fe0376" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://buprestidae.iinaa.net/index.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 5 January 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10825,144 +10904,184 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 594–599.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
-        <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
-        <w:outlineLvl w:val="2"/>
-[...28 lines deleted...]
-        <w:t xml:space="preserve">This datasheet was extensively revised and updated in 2021 by Robert A. Haack, USDA Forest Service, Northern Research Station, Lansing, MI, USA (emeritus).  His valuable contribution is gratefully acknowledged.</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+Zviagintsev VB, Kirichenko NI, Chernik MI, Seraya LG, Baranchikov YN (2025) The Emerald ash borer Agrilus planipennis Fairmaire (Coleoptera: Buprestidae) invaded Belarus. Acta Biologica Sibirica 11, 847-861. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId62566964663fe0870" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+            <w:color w:val="0000CC"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.16744135</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">ACKNOWLEDGEMENTS</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This datasheet was extensively revised and updated in 2021 by Robert A. Haack, USDA Forest Service, Northern Research Station, Lansing, MI, USA (emeritus).  His valuable contribution is gratefully acknowledged.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus planipennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17766918613735144" w:history="1">
+      <w:hyperlink r:id="rId62916964663fe0933" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11047,90 +11166,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 436-438. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96056918613735228" w:history="1">
+      <w:hyperlink r:id="rId21916964663fe0a2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00844.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="80742241" name="name37196918613735290" descr="eu_funding_250.png"/>
+            <wp:docPr id="39871027" name="name88106964663fe0cf9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4785691861373528f" cstate="print"/>
+                    <a:blip r:embed="rId48436964663fe0cf7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11228,137 +11347,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="78881410">
+  <w:abstractNum w:abstractNumId="65455561">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12488872">
+    <w:lvl w:ilvl="0" w:tplc="84667449">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="12488872" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="84667449" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="12488872" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="84667449" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="12488872" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="84667449" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="12488872" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="84667449" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="12488872" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="84667449" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="12488872" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="84667449" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="12488872" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="84667449" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="12488872" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="84667449" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="78881409">
+  <w:abstractNum w:abstractNumId="65455560">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50607767">
+    <w:lvl w:ilvl="0" w:tplc="83384606">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12110,55 +12229,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="78881409">
-    <w:abstractNumId w:val="78881409"/>
+  <w:num w:numId="65455560">
+    <w:abstractNumId w:val="65455560"/>
   </w:num>
-  <w:num w:numId="78881410">
-    <w:abstractNumId w:val="78881410"/>
+  <w:num w:numId="65455561">
+    <w:abstractNumId w:val="65455561"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23708,51 +23827,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId193704932" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId456873776" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5693691861372f342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLPL/" TargetMode="External"/><Relationship Id="rId3990691861372f3aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLPL/categorization" TargetMode="External"/><Relationship Id="rId4988691861372fa41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLPL/photos" TargetMode="External"/><Relationship Id="rId974869186137338e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/" TargetMode="External"/><Relationship Id="rId51006918613733941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/pdfdirect/10.2903/sp.efsa.2020.EN-1945" TargetMode="External"/><Relationship Id="rId842869186137339c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLPL/documents" TargetMode="External"/><Relationship Id="rId12336918613733e6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/documents/Multistate_EAB_Insecticide_Fact_Sheet.pdf" TargetMode="External"/><Relationship Id="rId18736918613734ba7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://buprestidae.iinaa.net/index.html" TargetMode="External"/><Relationship Id="rId17766918613735144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId96056918613735228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00844.x" TargetMode="External"/><Relationship Id="rId5515691861372f926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5515691861372f926.jpg"/><Relationship Id="rId1821691861373137c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1821691861373137c.jpg"/><Relationship Id="rId4785691861373528f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4785691861373528f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId842291091" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId462755849" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId88546964663fdaec6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLPL/" TargetMode="External"/><Relationship Id="rId64936964663fdaf30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLPL/categorization" TargetMode="External"/><Relationship Id="rId76196964663fdb5a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLPL/photos" TargetMode="External"/><Relationship Id="rId86726964663fdf0fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f13050789" TargetMode="External"/><Relationship Id="rId87046964663fdf26b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/" TargetMode="External"/><Relationship Id="rId56136964663fdf2bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/pdfdirect/10.2903/sp.efsa.2020.EN-1945" TargetMode="External"/><Relationship Id="rId41576964663fdf31f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLPL/documents" TargetMode="External"/><Relationship Id="rId93026964663fdf72c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/documents/Multistate_EAB_Insecticide_Fact_Sheet.pdf" TargetMode="External"/><Relationship Id="rId38206964663fe0376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://buprestidae.iinaa.net/index.html" TargetMode="External"/><Relationship Id="rId62566964663fe0870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.16744135" TargetMode="External"/><Relationship Id="rId62916964663fe0933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId21916964663fe0a2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00844.x" TargetMode="External"/><Relationship Id="rId95856964663fdb497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId95856964663fdb497.jpg"/><Relationship Id="rId10356964663fdd075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId10356964663fdd075.jpg"/><Relationship Id="rId48436964663fe0cf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId48436964663fe0cf7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>