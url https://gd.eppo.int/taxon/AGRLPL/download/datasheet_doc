--- v2 (2026-01-12)
+++ v3 (2026-02-01)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Obenberger</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> emerald ash borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88546964663fdaec6" w:history="1">
+            <w:hyperlink r:id="rId9033697fc7ee38e6d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -350,53 +350,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Emergency measures (formerly), A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Emergency measures (formerly), Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64936964663fdaf30" w:history="1">
+            <w:hyperlink r:id="rId9642697fc7ee38f58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AGRLPL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-89"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1202400"/>
-                  <wp:docPr id="23124756" name="name66826964663fdb499" descr="17170.jpg"/>
+                  <wp:docPr id="67384607" name="name8563697fc7ee395ac" descr="17170.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17170.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId95856964663fdb497" cstate="print"/>
+                          <a:blip r:embed="rId2326697fc7ee395aa" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1202400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId76196964663fdb5a5" w:history="1">
+            <w:hyperlink r:id="rId1254697fc7ee3974a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2375,105 +2375,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2015).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="11621071" name="name62746964663fdd078" descr="AGRLPL_distribution_map.jpg"/>
+            <wp:docPr id="51792790" name="name7580697fc7ee3b32b" descr="AGRLPL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AGRLPL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10356964663fdd075" cstate="print"/>
+                    <a:blip r:embed="rId7444697fc7ee3b329" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Belarus, Russian Federation (the) (Central Russia, Far East, Southern Russia, Western Siberia), Ukraine</w:t>
+        <w:t xml:space="preserve"> Belarus, Russian Federation (Central Russia, Far East, Southern Russia, Western Siberia), Ukraine</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Beijing, Hebei, Heilongjiang, Jilin, Liaoning, Shandong, Tianjin, Xinjiang), Japan (Hokkaido, Honshu, Kyushu, Shikoku), Korea, Democratic People's Republic of, Korea, Republic of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7235,51 +7235,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Fairmaire (Coleoptera: Buprestidae). Journal of Insect Physiology 57, 166-173.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Davydenko K, Skrylnyk Y, Borysenko O, Menkis A, Vysotska N, Meshkova V, Olson Å, Elfstrand M, Vasaitis R (2022) Invasion of emerald ash borer Agrilus planipennis and ash dieback pathogen Hymenoscyphus fraxineus in Ukraine—a concerted action. Forests 13(5), 789. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86726964663fdf0fe" w:history="1">
+      <w:hyperlink r:id="rId6796697fc7ee3d856" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f13050789</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7448,101 +7448,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2121–2130.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EABINFO (2020) Emerald ash borer Information network. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87046964663fdf26b" w:history="1">
+      <w:hyperlink r:id="rId2713697fc7ee3d9b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.emeraldashborer.info/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 5 January 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority), Schans J, Schrader G, Delbianco A, Graziosi &amp; Vos S (2020) Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus planipennis. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56136964663fdf2bf" w:history="1">
+      <w:hyperlink r:id="rId2219697fc7ee3da07" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/pdfdirect/10.2903/sp.efsa.2020.EN-1945</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed on 5 Jan 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7557,51 +7557,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2013a) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus planipennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41576964663fdf31f" w:history="1">
+      <w:hyperlink r:id="rId1026697fc7ee3da66" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AGRLPL/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 Jan 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8207,51 +8207,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 13-30.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Herms DA, McCullough DG, Clifford CS, Smitley DR, Miller FD, Cranshaw W (2019) Insecticide options for protecting ash trees from emerald ash borer. North Central IPM Center Bulletin. 3rd Edition. 16 pp. Online at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93026964663fdf72c" w:history="1">
+      <w:hyperlink r:id="rId4445697fc7ee3de74" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.emeraldashborer.info/documents/Multistate_EAB_Insecticide_Fact_Sheet.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed on 5 January 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10109,51 +10109,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 273–279.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sugiura N (2008) Jewel beetles in Japan and Fukushima Prefecture. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38206964663fe0376" w:history="1">
+      <w:hyperlink r:id="rId4502697fc7ee3f062" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://buprestidae.iinaa.net/index.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 5 January 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10918,51 +10918,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 594–599.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">
 Zviagintsev VB, Kirichenko NI, Chernik MI, Seraya LG, Baranchikov YN (2025) The Emerald ash borer Agrilus planipennis Fairmaire (Coleoptera: Buprestidae) invaded Belarus. Acta Biologica Sibirica 11, 847-861. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62566964663fe0870" w:history="1">
+      <w:hyperlink r:id="rId7025697fc7ee3f742" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.16744135</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11037,51 +11037,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus planipennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62916964663fe0933" w:history="1">
+      <w:hyperlink r:id="rId2506697fc7ee3f867" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11166,90 +11166,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 436-438. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21916964663fe0a2a" w:history="1">
+      <w:hyperlink r:id="rId3478697fc7ee3f942" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00844.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="39871027" name="name88106964663fe0cf9" descr="eu_funding_250.png"/>
+            <wp:docPr id="20393912" name="name5167697fc7ee3f9f7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId48436964663fe0cf7" cstate="print"/>
+                    <a:blip r:embed="rId7634697fc7ee3f9f6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11347,137 +11347,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="65455561">
+  <w:abstractNum w:abstractNumId="94146481">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84667449">
+    <w:lvl w:ilvl="0" w:tplc="80921879">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="84667449" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="80921879" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="84667449" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="80921879" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="84667449" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="80921879" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="84667449" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="80921879" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="84667449" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="80921879" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="84667449" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="80921879" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="84667449" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="80921879" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="84667449" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="80921879" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="65455560">
+  <w:abstractNum w:abstractNumId="94146480">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83384606">
+    <w:lvl w:ilvl="0" w:tplc="20582321">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12229,55 +12229,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="65455560">
-    <w:abstractNumId w:val="65455560"/>
+  <w:num w:numId="94146480">
+    <w:abstractNumId w:val="94146480"/>
   </w:num>
-  <w:num w:numId="65455561">
-    <w:abstractNumId w:val="65455561"/>
+  <w:num w:numId="94146481">
+    <w:abstractNumId w:val="94146481"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23827,51 +23827,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId842291091" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId462755849" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId88546964663fdaec6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLPL/" TargetMode="External"/><Relationship Id="rId64936964663fdaf30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLPL/categorization" TargetMode="External"/><Relationship Id="rId76196964663fdb5a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLPL/photos" TargetMode="External"/><Relationship Id="rId86726964663fdf0fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f13050789" TargetMode="External"/><Relationship Id="rId87046964663fdf26b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/" TargetMode="External"/><Relationship Id="rId56136964663fdf2bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/pdfdirect/10.2903/sp.efsa.2020.EN-1945" TargetMode="External"/><Relationship Id="rId41576964663fdf31f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLPL/documents" TargetMode="External"/><Relationship Id="rId93026964663fdf72c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/documents/Multistate_EAB_Insecticide_Fact_Sheet.pdf" TargetMode="External"/><Relationship Id="rId38206964663fe0376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://buprestidae.iinaa.net/index.html" TargetMode="External"/><Relationship Id="rId62566964663fe0870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.16744135" TargetMode="External"/><Relationship Id="rId62916964663fe0933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId21916964663fe0a2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00844.x" TargetMode="External"/><Relationship Id="rId95856964663fdb497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId95856964663fdb497.jpg"/><Relationship Id="rId10356964663fdd075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId10356964663fdd075.jpg"/><Relationship Id="rId48436964663fe0cf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId48436964663fe0cf7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId394055407" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId123626375" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9033697fc7ee38e6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLPL/" TargetMode="External"/><Relationship Id="rId9642697fc7ee38f58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLPL/categorization" TargetMode="External"/><Relationship Id="rId1254697fc7ee3974a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLPL/photos" TargetMode="External"/><Relationship Id="rId6796697fc7ee3d856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f13050789" TargetMode="External"/><Relationship Id="rId2713697fc7ee3d9b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/" TargetMode="External"/><Relationship Id="rId2219697fc7ee3da07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/pdfdirect/10.2903/sp.efsa.2020.EN-1945" TargetMode="External"/><Relationship Id="rId1026697fc7ee3da66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLPL/documents" TargetMode="External"/><Relationship Id="rId4445697fc7ee3de74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/documents/Multistate_EAB_Insecticide_Fact_Sheet.pdf" TargetMode="External"/><Relationship Id="rId4502697fc7ee3f062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://buprestidae.iinaa.net/index.html" TargetMode="External"/><Relationship Id="rId7025697fc7ee3f742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.16744135" TargetMode="External"/><Relationship Id="rId2506697fc7ee3f867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3478697fc7ee3f942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00844.x" TargetMode="External"/><Relationship Id="rId2326697fc7ee395aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2326697fc7ee395aa.jpg"/><Relationship Id="rId7444697fc7ee3b329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7444697fc7ee3b329.jpg"/><Relationship Id="rId7634697fc7ee3f9f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7634697fc7ee3f9f6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>