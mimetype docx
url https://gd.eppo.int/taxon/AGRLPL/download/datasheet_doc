--- v3 (2026-02-01)
+++ v4 (2026-02-22)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Obenberger</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> emerald ash borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9033697fc7ee38e6d" w:history="1">
+            <w:hyperlink r:id="rId9792699b112aad80d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9642697fc7ee38f58" w:history="1">
+            <w:hyperlink r:id="rId4856699b112aad877" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AGRLPL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-89"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1202400"/>
-                  <wp:docPr id="67384607" name="name8563697fc7ee395ac" descr="17170.jpg"/>
+                  <wp:docPr id="54331641" name="name6381699b112aadd9d" descr="17170.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17170.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2326697fc7ee395aa" cstate="print"/>
+                          <a:blip r:embed="rId6989699b112aadd9c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1202400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1254697fc7ee3974a" w:history="1">
+            <w:hyperlink r:id="rId7462699b112aadec7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2375,63 +2375,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2015).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="51792790" name="name7580697fc7ee3b32b" descr="AGRLPL_distribution_map.jpg"/>
+            <wp:docPr id="49782062" name="name1608699b112aaf589" descr="AGRLPL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AGRLPL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7444697fc7ee3b329" cstate="print"/>
+                    <a:blip r:embed="rId8096699b112aaf587" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7235,51 +7235,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Fairmaire (Coleoptera: Buprestidae). Journal of Insect Physiology 57, 166-173.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Davydenko K, Skrylnyk Y, Borysenko O, Menkis A, Vysotska N, Meshkova V, Olson Å, Elfstrand M, Vasaitis R (2022) Invasion of emerald ash borer Agrilus planipennis and ash dieback pathogen Hymenoscyphus fraxineus in Ukraine—a concerted action. Forests 13(5), 789. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6796697fc7ee3d856" w:history="1">
+      <w:hyperlink r:id="rId1438699b112ab15f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f13050789</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7448,101 +7448,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2121–2130.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EABINFO (2020) Emerald ash borer Information network. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2713697fc7ee3d9b3" w:history="1">
+      <w:hyperlink r:id="rId6070699b112ab1760" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.emeraldashborer.info/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 5 January 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority), Schans J, Schrader G, Delbianco A, Graziosi &amp; Vos S (2020) Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus planipennis. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2219697fc7ee3da07" w:history="1">
+      <w:hyperlink r:id="rId9139699b112ab17b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/pdfdirect/10.2903/sp.efsa.2020.EN-1945</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed on 5 Jan 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7557,51 +7557,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2013a) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus planipennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1026697fc7ee3da66" w:history="1">
+      <w:hyperlink r:id="rId4124699b112ab1815" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AGRLPL/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 Jan 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8207,51 +8207,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 13-30.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Herms DA, McCullough DG, Clifford CS, Smitley DR, Miller FD, Cranshaw W (2019) Insecticide options for protecting ash trees from emerald ash borer. North Central IPM Center Bulletin. 3rd Edition. 16 pp. Online at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4445697fc7ee3de74" w:history="1">
+      <w:hyperlink r:id="rId9011699b112ab1c3e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.emeraldashborer.info/documents/Multistate_EAB_Insecticide_Fact_Sheet.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed on 5 January 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10109,51 +10109,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 273–279.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sugiura N (2008) Jewel beetles in Japan and Fukushima Prefecture. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4502697fc7ee3f062" w:history="1">
+      <w:hyperlink r:id="rId3763699b112ab2886" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://buprestidae.iinaa.net/index.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 5 January 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10918,51 +10918,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 594–599.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">
 Zviagintsev VB, Kirichenko NI, Chernik MI, Seraya LG, Baranchikov YN (2025) The Emerald ash borer Agrilus planipennis Fairmaire (Coleoptera: Buprestidae) invaded Belarus. Acta Biologica Sibirica 11, 847-861. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7025697fc7ee3f742" w:history="1">
+      <w:hyperlink r:id="rId2258699b112ab2dc4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.16744135</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11037,51 +11037,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus planipennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2506697fc7ee3f867" w:history="1">
+      <w:hyperlink r:id="rId8087699b112ab2e8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11166,90 +11166,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 436-438. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3478697fc7ee3f942" w:history="1">
+      <w:hyperlink r:id="rId7002699b112ab2f6f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00844.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="20393912" name="name5167697fc7ee3f9f7" descr="eu_funding_250.png"/>
+            <wp:docPr id="82836603" name="name7132699b112ab2fcc" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7634697fc7ee3f9f6" cstate="print"/>
+                    <a:blip r:embed="rId7236699b112ab2fcb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11347,137 +11347,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="94146481">
+  <w:abstractNum w:abstractNumId="96473314">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80921879">
+    <w:lvl w:ilvl="0" w:tplc="12788851">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="80921879" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="12788851" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="80921879" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="12788851" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="80921879" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="12788851" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="80921879" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="12788851" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="80921879" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="12788851" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="80921879" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="12788851" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="80921879" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="12788851" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="80921879" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="12788851" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="94146480">
+  <w:abstractNum w:abstractNumId="96473313">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20582321">
+    <w:lvl w:ilvl="0" w:tplc="66942055">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12229,55 +12229,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="94146480">
-    <w:abstractNumId w:val="94146480"/>
+  <w:num w:numId="96473313">
+    <w:abstractNumId w:val="96473313"/>
   </w:num>
-  <w:num w:numId="94146481">
-    <w:abstractNumId w:val="94146481"/>
+  <w:num w:numId="96473314">
+    <w:abstractNumId w:val="96473314"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23827,51 +23827,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId394055407" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId123626375" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9033697fc7ee38e6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLPL/" TargetMode="External"/><Relationship Id="rId9642697fc7ee38f58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLPL/categorization" TargetMode="External"/><Relationship Id="rId1254697fc7ee3974a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLPL/photos" TargetMode="External"/><Relationship Id="rId6796697fc7ee3d856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f13050789" TargetMode="External"/><Relationship Id="rId2713697fc7ee3d9b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/" TargetMode="External"/><Relationship Id="rId2219697fc7ee3da07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/pdfdirect/10.2903/sp.efsa.2020.EN-1945" TargetMode="External"/><Relationship Id="rId1026697fc7ee3da66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLPL/documents" TargetMode="External"/><Relationship Id="rId4445697fc7ee3de74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/documents/Multistate_EAB_Insecticide_Fact_Sheet.pdf" TargetMode="External"/><Relationship Id="rId4502697fc7ee3f062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://buprestidae.iinaa.net/index.html" TargetMode="External"/><Relationship Id="rId7025697fc7ee3f742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.16744135" TargetMode="External"/><Relationship Id="rId2506697fc7ee3f867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3478697fc7ee3f942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00844.x" TargetMode="External"/><Relationship Id="rId2326697fc7ee395aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2326697fc7ee395aa.jpg"/><Relationship Id="rId7444697fc7ee3b329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7444697fc7ee3b329.jpg"/><Relationship Id="rId7634697fc7ee3f9f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7634697fc7ee3f9f6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId110982273" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId167275754" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9792699b112aad80d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLPL/" TargetMode="External"/><Relationship Id="rId4856699b112aad877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLPL/categorization" TargetMode="External"/><Relationship Id="rId7462699b112aadec7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLPL/photos" TargetMode="External"/><Relationship Id="rId1438699b112ab15f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f13050789" TargetMode="External"/><Relationship Id="rId6070699b112ab1760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/" TargetMode="External"/><Relationship Id="rId9139699b112ab17b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/pdfdirect/10.2903/sp.efsa.2020.EN-1945" TargetMode="External"/><Relationship Id="rId4124699b112ab1815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLPL/documents" TargetMode="External"/><Relationship Id="rId9011699b112ab1c3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/documents/Multistate_EAB_Insecticide_Fact_Sheet.pdf" TargetMode="External"/><Relationship Id="rId3763699b112ab2886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://buprestidae.iinaa.net/index.html" TargetMode="External"/><Relationship Id="rId2258699b112ab2dc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.16744135" TargetMode="External"/><Relationship Id="rId8087699b112ab2e8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7002699b112ab2f6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00844.x" TargetMode="External"/><Relationship Id="rId6989699b112aadd9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6989699b112aadd9c.jpg"/><Relationship Id="rId8096699b112aaf587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8096699b112aaf587.jpg"/><Relationship Id="rId7236699b112ab2fcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7236699b112ab2fcb.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>