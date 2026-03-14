--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Obenberger</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> emerald ash borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9792699b112aad80d" w:history="1">
+            <w:hyperlink r:id="rId506769b5c54fc3e17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Emergency measures (formerly), Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4856699b112aad877" w:history="1">
+            <w:hyperlink r:id="rId546169b5c54fc3e82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AGRLPL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-89"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1202400"/>
-                  <wp:docPr id="54331641" name="name6381699b112aadd9d" descr="17170.jpg"/>
+                  <wp:docPr id="36638881" name="name676069b5c54fc46cb" descr="17170.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17170.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6989699b112aadd9c" cstate="print"/>
+                          <a:blip r:embed="rId482969b5c54fc46c9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1202400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7462699b112aadec7" w:history="1">
+            <w:hyperlink r:id="rId375969b5c54fc47fb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2375,63 +2375,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2015).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="49782062" name="name1608699b112aaf589" descr="AGRLPL_distribution_map.jpg"/>
+            <wp:docPr id="450359" name="name469469b5c54fc61c8" descr="AGRLPL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AGRLPL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8096699b112aaf587" cstate="print"/>
+                    <a:blip r:embed="rId802869b5c54fc61c3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -7235,51 +7235,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Fairmaire (Coleoptera: Buprestidae). Journal of Insect Physiology 57, 166-173.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Davydenko K, Skrylnyk Y, Borysenko O, Menkis A, Vysotska N, Meshkova V, Olson Å, Elfstrand M, Vasaitis R (2022) Invasion of emerald ash borer Agrilus planipennis and ash dieback pathogen Hymenoscyphus fraxineus in Ukraine—a concerted action. Forests 13(5), 789. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1438699b112ab15f6" w:history="1">
+      <w:hyperlink r:id="rId115069b5c54fc8378" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/f13050789</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7448,101 +7448,101 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2121–2130.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EABINFO (2020) Emerald ash borer Information network. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6070699b112ab1760" w:history="1">
+      <w:hyperlink r:id="rId684169b5c54fc84de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.emeraldashborer.info/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 5 January 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA (European Food Safety Authority), Schans J, Schrader G, Delbianco A, Graziosi &amp; Vos S (2020) Pest survey card on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus planipennis. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9139699b112ab17b5" w:history="1">
+      <w:hyperlink r:id="rId196669b5c54fc8532" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://efsa.onlinelibrary.wiley.com/doi/pdfdirect/10.2903/sp.efsa.2020.EN-1945</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed on 5 Jan 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7557,51 +7557,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2013a) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus planipennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4124699b112ab1815" w:history="1">
+      <w:hyperlink r:id="rId120769b5c54fc8593" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AGRLPL/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 5 Jan 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8207,51 +8207,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 13-30.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Herms DA, McCullough DG, Clifford CS, Smitley DR, Miller FD, Cranshaw W (2019) Insecticide options for protecting ash trees from emerald ash borer. North Central IPM Center Bulletin. 3rd Edition. 16 pp. Online at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9011699b112ab1c3e" w:history="1">
+      <w:hyperlink r:id="rId709369b5c54fc89ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.emeraldashborer.info/documents/Multistate_EAB_Insecticide_Fact_Sheet.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed on 5 January 2021].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10109,51 +10109,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 273–279.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sugiura N (2008) Jewel beetles in Japan and Fukushima Prefecture. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3763699b112ab2886" w:history="1">
+      <w:hyperlink r:id="rId256069b5c54fc95be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://buprestidae.iinaa.net/index.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 5 January 2021).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10918,51 +10918,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 594–599.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">
 Zviagintsev VB, Kirichenko NI, Chernik MI, Seraya LG, Baranchikov YN (2025) The Emerald ash borer Agrilus planipennis Fairmaire (Coleoptera: Buprestidae) invaded Belarus. Acta Biologica Sibirica 11, 847-861. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2258699b112ab2dc4" w:history="1">
+      <w:hyperlink r:id="rId533069b5c54fc9b10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.16744135</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -11037,51 +11037,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus planipennis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8087699b112ab2e8c" w:history="1">
+      <w:hyperlink r:id="rId603969b5c54fc9bd9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -11166,90 +11166,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 436-438. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7002699b112ab2f6f" w:history="1">
+      <w:hyperlink r:id="rId146669b5c54fc9cae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00844.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="82836603" name="name7132699b112ab2fcc" descr="eu_funding_250.png"/>
+            <wp:docPr id="96880907" name="name463069b5c54fc9d58" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7236699b112ab2fcb" cstate="print"/>
+                    <a:blip r:embed="rId472169b5c54fc9d57" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11347,137 +11347,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="96473314">
+  <w:abstractNum w:abstractNumId="75978542">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12788851">
+    <w:lvl w:ilvl="0" w:tplc="20401662">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="12788851" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="20401662" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="12788851" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="20401662" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="12788851" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="20401662" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="12788851" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="20401662" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="12788851" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="20401662" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="12788851" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="20401662" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="12788851" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="20401662" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="12788851" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="20401662" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="96473313">
+  <w:abstractNum w:abstractNumId="75978541">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66942055">
+    <w:lvl w:ilvl="0" w:tplc="27779527">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12229,55 +12229,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="96473313">
-    <w:abstractNumId w:val="96473313"/>
+  <w:num w:numId="75978541">
+    <w:abstractNumId w:val="75978541"/>
   </w:num>
-  <w:num w:numId="96473314">
-    <w:abstractNumId w:val="96473314"/>
+  <w:num w:numId="75978542">
+    <w:abstractNumId w:val="75978542"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23827,51 +23827,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId110982273" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId167275754" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9792699b112aad80d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLPL/" TargetMode="External"/><Relationship Id="rId4856699b112aad877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLPL/categorization" TargetMode="External"/><Relationship Id="rId7462699b112aadec7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLPL/photos" TargetMode="External"/><Relationship Id="rId1438699b112ab15f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f13050789" TargetMode="External"/><Relationship Id="rId6070699b112ab1760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/" TargetMode="External"/><Relationship Id="rId9139699b112ab17b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/pdfdirect/10.2903/sp.efsa.2020.EN-1945" TargetMode="External"/><Relationship Id="rId4124699b112ab1815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLPL/documents" TargetMode="External"/><Relationship Id="rId9011699b112ab1c3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/documents/Multistate_EAB_Insecticide_Fact_Sheet.pdf" TargetMode="External"/><Relationship Id="rId3763699b112ab2886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://buprestidae.iinaa.net/index.html" TargetMode="External"/><Relationship Id="rId2258699b112ab2dc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.16744135" TargetMode="External"/><Relationship Id="rId8087699b112ab2e8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7002699b112ab2f6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00844.x" TargetMode="External"/><Relationship Id="rId6989699b112aadd9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6989699b112aadd9c.jpg"/><Relationship Id="rId8096699b112aaf587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8096699b112aaf587.jpg"/><Relationship Id="rId7236699b112ab2fcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7236699b112ab2fcb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId395480282" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId631513308" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId506769b5c54fc3e17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLPL/" TargetMode="External"/><Relationship Id="rId546169b5c54fc3e82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLPL/categorization" TargetMode="External"/><Relationship Id="rId375969b5c54fc47fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLPL/photos" TargetMode="External"/><Relationship Id="rId115069b5c54fc8378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/f13050789" TargetMode="External"/><Relationship Id="rId684169b5c54fc84de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/" TargetMode="External"/><Relationship Id="rId196669b5c54fc8532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://efsa.onlinelibrary.wiley.com/doi/pdfdirect/10.2903/sp.efsa.2020.EN-1945" TargetMode="External"/><Relationship Id="rId120769b5c54fc8593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLPL/documents" TargetMode="External"/><Relationship Id="rId709369b5c54fc89ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/documents/Multistate_EAB_Insecticide_Fact_Sheet.pdf" TargetMode="External"/><Relationship Id="rId256069b5c54fc95be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://buprestidae.iinaa.net/index.html" TargetMode="External"/><Relationship Id="rId533069b5c54fc9b10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.16744135" TargetMode="External"/><Relationship Id="rId603969b5c54fc9bd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId146669b5c54fc9cae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00844.x" TargetMode="External"/><Relationship Id="rId482969b5c54fc46c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId482969b5c54fc46c9.jpg"/><Relationship Id="rId802869b5c54fc61c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId802869b5c54fc61c3.jpg"/><Relationship Id="rId472169b5c54fc9d57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId472169b5c54fc9d57.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>