--- v0 (2025-10-15)
+++ v1 (2026-01-29)
@@ -137,51 +137,51 @@
   <si>
     <t>KZ</t>
   </si>
   <si>
     <t>Korea, Democratic People's Republic of</t>
   </si>
   <si>
     <t>KP</t>
   </si>
   <si>
     <t>Korea, Republic of</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Mongolia</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Present, restricted distribution</t>
   </si>
   <si>
     <t>Eastern Siberia</t>
   </si>
   <si>
     <t>es</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Western Siberia</t>
   </si>
   <si>
     <t>ws</t>
   </si>