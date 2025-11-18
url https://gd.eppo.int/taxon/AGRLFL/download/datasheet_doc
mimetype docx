--- v0 (2025-10-08)
+++ v1 (2025-11-18)
@@ -335,88 +335,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> Théry, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Agrilus tscherepanovi</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Stepanov</w:t>
             </w:r>
-            <w:hyperlink r:id="rId933568e6413e33eea" w:history="1">
+            <w:hyperlink r:id="rId8793691ce9897aa27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId635968e6413e33f2f" w:history="1">
+            <w:hyperlink r:id="rId5306691ce9897aa6a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -430,86 +430,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AGRLFL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="53186661" name="name906968e6413e34733" descr="6086.jpg"/>
+                  <wp:docPr id="24805569" name="name4419691ce9897b1da" descr="6086.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="6086.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId680168e6413e34731" cstate="print"/>
+                          <a:blip r:embed="rId1888691ce9897b1d8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId947568e6413e348a5" w:history="1">
+            <w:hyperlink r:id="rId1028691ce9897b2e4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1229,63 +1229,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="64167501" name="name556768e6413e3590c" descr="AGRLFL_distribution_map.jpg"/>
+            <wp:docPr id="60006206" name="name5298691ce9897c656" descr="AGRLFL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AGRLFL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId835068e6413e35908" cstate="print"/>
+                    <a:blip r:embed="rId3088691ce9897c654" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3594,90 +3594,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019) Document 19-25045 Pest Risk Analysis for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Agrilus fleischeri.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId213468e6413e369d6" w:history="1">
+      <w:hyperlink r:id="rId1266691ce9897da8f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AGRLFL/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2008) Poplars, Willows and People’s Wellbeing. Synthesis of Country Progress Reports. Activities Related to Poplar and Willow Cultivation and Utilization, 2004 through 2007. Food and Agriculture Organization of the United Nations. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId481368e6413e36a1a" w:history="1">
+      <w:hyperlink r:id="rId3373691ce9897dadb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fao.org/3/k3380e/k3380e00.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 Nov 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4795,51 +4795,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus fleischeri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId228968e6413e3718f" w:history="1">
+      <w:hyperlink r:id="rId3447691ce9897e31f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4915,51 +4915,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 166-169. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId917568e6413e37257" w:history="1">
+      <w:hyperlink r:id="rId4408691ce9897e405" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12642</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5046,137 +5046,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="13233171">
+  <w:abstractNum w:abstractNumId="75136714">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77169958">
+    <w:lvl w:ilvl="0" w:tplc="62721696">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="77169958" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="62721696" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="77169958" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="62721696" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="77169958" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="62721696" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="77169958" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="62721696" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="77169958" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="62721696" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="77169958" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="62721696" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="77169958" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="62721696" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="77169958" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="62721696" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13233170">
+  <w:abstractNum w:abstractNumId="75136713">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45343097">
+    <w:lvl w:ilvl="0" w:tplc="66644442">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5928,55 +5928,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="13233170">
-    <w:abstractNumId w:val="13233170"/>
+  <w:num w:numId="75136713">
+    <w:abstractNumId w:val="75136713"/>
   </w:num>
-  <w:num w:numId="13233171">
-    <w:abstractNumId w:val="13233171"/>
+  <w:num w:numId="75136714">
+    <w:abstractNumId w:val="75136714"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17526,51 +17526,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId980493907" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId970778267" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId933568e6413e33eea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/" TargetMode="External"/><Relationship Id="rId635968e6413e33f2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/categorization" TargetMode="External"/><Relationship Id="rId947568e6413e348a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/photos" TargetMode="External"/><Relationship Id="rId213468e6413e369d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/documents" TargetMode="External"/><Relationship Id="rId481368e6413e36a1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/3/k3380e/k3380e00.htm" TargetMode="External"/><Relationship Id="rId228968e6413e3718f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId917568e6413e37257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12642" TargetMode="External"/><Relationship Id="rId680168e6413e34731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId680168e6413e34731.jpg"/><Relationship Id="rId835068e6413e35908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId835068e6413e35908.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId760125597" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId652692673" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8793691ce9897aa27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/" TargetMode="External"/><Relationship Id="rId5306691ce9897aa6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/categorization" TargetMode="External"/><Relationship Id="rId1028691ce9897b2e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/photos" TargetMode="External"/><Relationship Id="rId1266691ce9897da8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/documents" TargetMode="External"/><Relationship Id="rId3373691ce9897dadb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/3/k3380e/k3380e00.htm" TargetMode="External"/><Relationship Id="rId3447691ce9897e31f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4408691ce9897e405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12642" TargetMode="External"/><Relationship Id="rId1888691ce9897b1d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1888691ce9897b1d8.jpg"/><Relationship Id="rId3088691ce9897c654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3088691ce9897c654.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>