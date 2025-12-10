--- v1 (2025-11-18)
+++ v2 (2025-12-10)
@@ -335,88 +335,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> Théry, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Agrilus tscherepanovi</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Stepanov</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8793691ce9897aa27" w:history="1">
+            <w:hyperlink r:id="rId46356938fc522b2f6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5306691ce9897aa6a" w:history="1">
+            <w:hyperlink r:id="rId66656938fc522b33d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -430,86 +430,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AGRLFL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="24805569" name="name4419691ce9897b1da" descr="6086.jpg"/>
+                  <wp:docPr id="34597829" name="name93296938fc522bb52" descr="6086.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="6086.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1888691ce9897b1d8" cstate="print"/>
+                          <a:blip r:embed="rId89006938fc522bb50" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1028691ce9897b2e4" w:history="1">
+            <w:hyperlink r:id="rId75946938fc522bcc2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1229,63 +1229,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="60006206" name="name5298691ce9897c656" descr="AGRLFL_distribution_map.jpg"/>
+            <wp:docPr id="79138968" name="name15366938fc522cec1" descr="AGRLFL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AGRLFL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3088691ce9897c654" cstate="print"/>
+                    <a:blip r:embed="rId73066938fc522cebe" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3594,90 +3594,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019) Document 19-25045 Pest Risk Analysis for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Agrilus fleischeri.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1266691ce9897da8f" w:history="1">
+      <w:hyperlink r:id="rId35186938fc522dfb4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AGRLFL/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2008) Poplars, Willows and People’s Wellbeing. Synthesis of Country Progress Reports. Activities Related to Poplar and Willow Cultivation and Utilization, 2004 through 2007. Food and Agriculture Organization of the United Nations. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3373691ce9897dadb" w:history="1">
+      <w:hyperlink r:id="rId67446938fc522dffa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fao.org/3/k3380e/k3380e00.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 Nov 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4795,51 +4795,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus fleischeri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3447691ce9897e31f" w:history="1">
+      <w:hyperlink r:id="rId42446938fc522e7a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4915,51 +4915,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 166-169. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4408691ce9897e405" w:history="1">
+      <w:hyperlink r:id="rId62226938fc522e873" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12642</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5046,137 +5046,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="75136714">
+  <w:abstractNum w:abstractNumId="26207740">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62721696">
+    <w:lvl w:ilvl="0" w:tplc="68508733">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="62721696" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="68508733" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="62721696" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="68508733" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="62721696" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="68508733" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="62721696" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="68508733" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="62721696" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="68508733" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="62721696" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="68508733" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="62721696" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="68508733" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="62721696" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="68508733" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="75136713">
+  <w:abstractNum w:abstractNumId="26207739">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66644442">
+    <w:lvl w:ilvl="0" w:tplc="53760956">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5928,55 +5928,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="75136713">
-    <w:abstractNumId w:val="75136713"/>
+  <w:num w:numId="26207739">
+    <w:abstractNumId w:val="26207739"/>
   </w:num>
-  <w:num w:numId="75136714">
-    <w:abstractNumId w:val="75136714"/>
+  <w:num w:numId="26207740">
+    <w:abstractNumId w:val="26207740"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17526,51 +17526,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId760125597" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId652692673" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8793691ce9897aa27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/" TargetMode="External"/><Relationship Id="rId5306691ce9897aa6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/categorization" TargetMode="External"/><Relationship Id="rId1028691ce9897b2e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/photos" TargetMode="External"/><Relationship Id="rId1266691ce9897da8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/documents" TargetMode="External"/><Relationship Id="rId3373691ce9897dadb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/3/k3380e/k3380e00.htm" TargetMode="External"/><Relationship Id="rId3447691ce9897e31f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4408691ce9897e405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12642" TargetMode="External"/><Relationship Id="rId1888691ce9897b1d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1888691ce9897b1d8.jpg"/><Relationship Id="rId3088691ce9897c654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3088691ce9897c654.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId877848600" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId154453243" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId46356938fc522b2f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/" TargetMode="External"/><Relationship Id="rId66656938fc522b33d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/categorization" TargetMode="External"/><Relationship Id="rId75946938fc522bcc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/photos" TargetMode="External"/><Relationship Id="rId35186938fc522dfb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/documents" TargetMode="External"/><Relationship Id="rId67446938fc522dffa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/3/k3380e/k3380e00.htm" TargetMode="External"/><Relationship Id="rId42446938fc522e7a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId62226938fc522e873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12642" TargetMode="External"/><Relationship Id="rId89006938fc522bb50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId89006938fc522bb50.jpg"/><Relationship Id="rId73066938fc522cebe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73066938fc522cebe.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>