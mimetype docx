--- v2 (2025-12-10)
+++ v3 (2026-01-09)
@@ -335,88 +335,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> Théry, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Agrilus tscherepanovi</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Stepanov</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46356938fc522b2f6" w:history="1">
+            <w:hyperlink r:id="rId5703696120c9107fc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66656938fc522b33d" w:history="1">
+            <w:hyperlink r:id="rId5751696120c910840" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -430,86 +430,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AGRLFL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="34597829" name="name93296938fc522bb52" descr="6086.jpg"/>
+                  <wp:docPr id="22912859" name="name8756696120c910e56" descr="6086.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="6086.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId89006938fc522bb50" cstate="print"/>
+                          <a:blip r:embed="rId9030696120c910e55" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId75946938fc522bcc2" w:history="1">
+            <w:hyperlink r:id="rId8047696120c910f77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1229,63 +1229,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="79138968" name="name15366938fc522cec1" descr="AGRLFL_distribution_map.jpg"/>
+            <wp:docPr id="90940080" name="name9304696120c9125b6" descr="AGRLFL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AGRLFL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId73066938fc522cebe" cstate="print"/>
+                    <a:blip r:embed="rId3305696120c9125b4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3594,90 +3594,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019) Document 19-25045 Pest Risk Analysis for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Agrilus fleischeri.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35186938fc522dfb4" w:history="1">
+      <w:hyperlink r:id="rId7301696120c91385a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AGRLFL/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2008) Poplars, Willows and People’s Wellbeing. Synthesis of Country Progress Reports. Activities Related to Poplar and Willow Cultivation and Utilization, 2004 through 2007. Food and Agriculture Organization of the United Nations. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67446938fc522dffa" w:history="1">
+      <w:hyperlink r:id="rId7043696120c9138a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fao.org/3/k3380e/k3380e00.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 Nov 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4773,73 +4773,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus fleischeri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42446938fc522e7a7" w:history="1">
+      <w:hyperlink r:id="rId5368696120c91403f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4915,51 +4915,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 166-169. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62226938fc522e873" w:history="1">
+      <w:hyperlink r:id="rId3462696120c914107" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12642</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5046,137 +5046,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="26207740">
+  <w:abstractNum w:abstractNumId="69999268">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68508733">
+    <w:lvl w:ilvl="0" w:tplc="67463548">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="68508733" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="67463548" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="68508733" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="67463548" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="68508733" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="67463548" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="68508733" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="67463548" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="68508733" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="67463548" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="68508733" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="67463548" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="68508733" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="67463548" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="68508733" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="67463548" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26207739">
+  <w:abstractNum w:abstractNumId="69999267">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53760956">
+    <w:lvl w:ilvl="0" w:tplc="95254026">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5928,55 +5928,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="26207739">
-    <w:abstractNumId w:val="26207739"/>
+  <w:num w:numId="69999267">
+    <w:abstractNumId w:val="69999267"/>
   </w:num>
-  <w:num w:numId="26207740">
-    <w:abstractNumId w:val="26207740"/>
+  <w:num w:numId="69999268">
+    <w:abstractNumId w:val="69999268"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17526,51 +17526,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId877848600" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId154453243" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId46356938fc522b2f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/" TargetMode="External"/><Relationship Id="rId66656938fc522b33d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/categorization" TargetMode="External"/><Relationship Id="rId75946938fc522bcc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/photos" TargetMode="External"/><Relationship Id="rId35186938fc522dfb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/documents" TargetMode="External"/><Relationship Id="rId67446938fc522dffa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/3/k3380e/k3380e00.htm" TargetMode="External"/><Relationship Id="rId42446938fc522e7a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId62226938fc522e873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12642" TargetMode="External"/><Relationship Id="rId89006938fc522bb50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId89006938fc522bb50.jpg"/><Relationship Id="rId73066938fc522cebe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73066938fc522cebe.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId574908650" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId581104154" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5703696120c9107fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/" TargetMode="External"/><Relationship Id="rId5751696120c910840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/categorization" TargetMode="External"/><Relationship Id="rId8047696120c910f77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/photos" TargetMode="External"/><Relationship Id="rId7301696120c91385a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/documents" TargetMode="External"/><Relationship Id="rId7043696120c9138a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/3/k3380e/k3380e00.htm" TargetMode="External"/><Relationship Id="rId5368696120c91403f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3462696120c914107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12642" TargetMode="External"/><Relationship Id="rId9030696120c910e55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9030696120c910e55.jpg"/><Relationship Id="rId3305696120c9125b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3305696120c9125b4.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>