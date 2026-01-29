--- v3 (2026-01-09)
+++ v4 (2026-01-29)
@@ -335,88 +335,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> Théry, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Agrilus tscherepanovi</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Stepanov</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5703696120c9107fc" w:history="1">
+            <w:hyperlink r:id="rId4614697ba9a932721" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5751696120c910840" w:history="1">
+            <w:hyperlink r:id="rId6245697ba9a932768" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -430,86 +430,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AGRLFL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="22912859" name="name8756696120c910e56" descr="6086.jpg"/>
+                  <wp:docPr id="35259021" name="name9111697ba9a932f27" descr="6086.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="6086.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9030696120c910e55" cstate="print"/>
+                          <a:blip r:embed="rId4298697ba9a932f25" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8047696120c910f77" w:history="1">
+            <w:hyperlink r:id="rId9856697ba9a93306b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1229,105 +1229,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="90940080" name="name9304696120c9125b6" descr="AGRLFL_distribution_map.jpg"/>
+            <wp:docPr id="86911691" name="name8484697ba9a93420d" descr="AGRLFL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AGRLFL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3305696120c9125b4" cstate="print"/>
+                    <a:blip r:embed="rId7334697ba9a934209" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Kazakhstan, Russian Federation (the) (Eastern Siberia, Far East, Western Siberia)</w:t>
+        <w:t xml:space="preserve"> Kazakhstan, Russian Federation (Eastern Siberia, Far East, Western Siberia)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Beijing, Hebei, Heilongjiang, Jilin, Liaoning, Shaanxi, Sichuan, Tianjin), Japan (Hokkaido, Honshu), Kazakhstan, Korea, Democratic People's Republic of, Korea, Republic of, Mongolia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -3594,90 +3594,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019) Document 19-25045 Pest Risk Analysis for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Agrilus fleischeri.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7301696120c91385a" w:history="1">
+      <w:hyperlink r:id="rId4756697ba9a935344" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AGRLFL/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2008) Poplars, Willows and People’s Wellbeing. Synthesis of Country Progress Reports. Activities Related to Poplar and Willow Cultivation and Utilization, 2004 through 2007. Food and Agriculture Organization of the United Nations. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7043696120c9138a1" w:history="1">
+      <w:hyperlink r:id="rId4582697ba9a935389" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fao.org/3/k3380e/k3380e00.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 Nov 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4795,51 +4795,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus fleischeri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5368696120c91403f" w:history="1">
+      <w:hyperlink r:id="rId4761697ba9a935ac5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4915,51 +4915,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 166-169. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3462696120c914107" w:history="1">
+      <w:hyperlink r:id="rId7227697ba9a935b9e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12642</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5046,137 +5046,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="69999268">
+  <w:abstractNum w:abstractNumId="45850188">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67463548">
+    <w:lvl w:ilvl="0" w:tplc="91959042">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67463548" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="91959042" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67463548" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="91959042" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="67463548" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="91959042" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67463548" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="91959042" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="67463548" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="91959042" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="67463548" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="91959042" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="67463548" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="91959042" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67463548" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="91959042" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="69999267">
+  <w:abstractNum w:abstractNumId="45850187">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95254026">
+    <w:lvl w:ilvl="0" w:tplc="74636652">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5928,55 +5928,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="69999267">
-    <w:abstractNumId w:val="69999267"/>
+  <w:num w:numId="45850187">
+    <w:abstractNumId w:val="45850187"/>
   </w:num>
-  <w:num w:numId="69999268">
-    <w:abstractNumId w:val="69999268"/>
+  <w:num w:numId="45850188">
+    <w:abstractNumId w:val="45850188"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17526,51 +17526,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId574908650" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId581104154" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5703696120c9107fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/" TargetMode="External"/><Relationship Id="rId5751696120c910840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/categorization" TargetMode="External"/><Relationship Id="rId8047696120c910f77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/photos" TargetMode="External"/><Relationship Id="rId7301696120c91385a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/documents" TargetMode="External"/><Relationship Id="rId7043696120c9138a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/3/k3380e/k3380e00.htm" TargetMode="External"/><Relationship Id="rId5368696120c91403f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3462696120c914107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12642" TargetMode="External"/><Relationship Id="rId9030696120c910e55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9030696120c910e55.jpg"/><Relationship Id="rId3305696120c9125b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3305696120c9125b4.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId157196189" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId732675843" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4614697ba9a932721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/" TargetMode="External"/><Relationship Id="rId6245697ba9a932768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/categorization" TargetMode="External"/><Relationship Id="rId9856697ba9a93306b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/photos" TargetMode="External"/><Relationship Id="rId4756697ba9a935344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/documents" TargetMode="External"/><Relationship Id="rId4582697ba9a935389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/3/k3380e/k3380e00.htm" TargetMode="External"/><Relationship Id="rId4761697ba9a935ac5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7227697ba9a935b9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12642" TargetMode="External"/><Relationship Id="rId4298697ba9a932f25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4298697ba9a932f25.jpg"/><Relationship Id="rId7334697ba9a934209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7334697ba9a934209.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>