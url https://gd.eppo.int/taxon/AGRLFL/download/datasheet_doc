--- v4 (2026-01-29)
+++ v5 (2026-02-25)
@@ -335,88 +335,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> Théry, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Agrilus tscherepanovi</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Stepanov</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4614697ba9a932721" w:history="1">
+            <w:hyperlink r:id="rId2554699f3f0fa85e8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6245697ba9a932768" w:history="1">
+            <w:hyperlink r:id="rId3751699f3f0fa862d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -430,86 +430,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AGRLFL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="35259021" name="name9111697ba9a932f27" descr="6086.jpg"/>
+                  <wp:docPr id="85364658" name="name3659699f3f0fac05b" descr="6086.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="6086.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4298697ba9a932f25" cstate="print"/>
+                          <a:blip r:embed="rId3060699f3f0fac058" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9856697ba9a93306b" w:history="1">
+            <w:hyperlink r:id="rId4274699f3f0fac181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1229,63 +1229,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="86911691" name="name8484697ba9a93420d" descr="AGRLFL_distribution_map.jpg"/>
+            <wp:docPr id="85955937" name="name6738699f3f0fada68" descr="AGRLFL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AGRLFL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7334697ba9a934209" cstate="print"/>
+                    <a:blip r:embed="rId1969699f3f0fada65" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3594,90 +3594,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019) Document 19-25045 Pest Risk Analysis for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Agrilus fleischeri.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4756697ba9a935344" w:history="1">
+      <w:hyperlink r:id="rId3055699f3f0fb0389" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AGRLFL/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2008) Poplars, Willows and People’s Wellbeing. Synthesis of Country Progress Reports. Activities Related to Poplar and Willow Cultivation and Utilization, 2004 through 2007. Food and Agriculture Organization of the United Nations. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4582697ba9a935389" w:history="1">
+      <w:hyperlink r:id="rId8590699f3f0fb03d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fao.org/3/k3380e/k3380e00.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 Nov 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4795,51 +4795,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus fleischeri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4761697ba9a935ac5" w:history="1">
+      <w:hyperlink r:id="rId9173699f3f0fb0b6b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4915,51 +4915,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 166-169. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7227697ba9a935b9e" w:history="1">
+      <w:hyperlink r:id="rId2701699f3f0fb3b8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12642</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5046,137 +5046,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="45850188">
+  <w:abstractNum w:abstractNumId="26545727">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91959042">
+    <w:lvl w:ilvl="0" w:tplc="54670593">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="91959042" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="54670593" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="91959042" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="54670593" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="91959042" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="54670593" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="91959042" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="54670593" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="91959042" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="54670593" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="91959042" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="54670593" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="91959042" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="54670593" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="91959042" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="54670593" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45850187">
+  <w:abstractNum w:abstractNumId="26545726">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74636652">
+    <w:lvl w:ilvl="0" w:tplc="88990158">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5928,55 +5928,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="45850187">
-    <w:abstractNumId w:val="45850187"/>
+  <w:num w:numId="26545726">
+    <w:abstractNumId w:val="26545726"/>
   </w:num>
-  <w:num w:numId="45850188">
-    <w:abstractNumId w:val="45850188"/>
+  <w:num w:numId="26545727">
+    <w:abstractNumId w:val="26545727"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17526,51 +17526,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId157196189" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId732675843" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4614697ba9a932721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/" TargetMode="External"/><Relationship Id="rId6245697ba9a932768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/categorization" TargetMode="External"/><Relationship Id="rId9856697ba9a93306b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/photos" TargetMode="External"/><Relationship Id="rId4756697ba9a935344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/documents" TargetMode="External"/><Relationship Id="rId4582697ba9a935389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/3/k3380e/k3380e00.htm" TargetMode="External"/><Relationship Id="rId4761697ba9a935ac5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7227697ba9a935b9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12642" TargetMode="External"/><Relationship Id="rId4298697ba9a932f25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4298697ba9a932f25.jpg"/><Relationship Id="rId7334697ba9a934209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7334697ba9a934209.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId150422416" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId696159734" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2554699f3f0fa85e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/" TargetMode="External"/><Relationship Id="rId3751699f3f0fa862d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/categorization" TargetMode="External"/><Relationship Id="rId4274699f3f0fac181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/photos" TargetMode="External"/><Relationship Id="rId3055699f3f0fb0389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/documents" TargetMode="External"/><Relationship Id="rId8590699f3f0fb03d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/3/k3380e/k3380e00.htm" TargetMode="External"/><Relationship Id="rId9173699f3f0fb0b6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2701699f3f0fb3b8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12642" TargetMode="External"/><Relationship Id="rId3060699f3f0fac058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3060699f3f0fac058.jpg"/><Relationship Id="rId1969699f3f0fada65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1969699f3f0fada65.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>