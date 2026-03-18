--- v5 (2026-02-25)
+++ v6 (2026-03-18)
@@ -335,88 +335,88 @@
               </w:rPr>
               <w:t xml:space="preserve"> Théry, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Agrilus tscherepanovi</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Stepanov</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2554699f3f0fa85e8" w:history="1">
+            <w:hyperlink r:id="rId240269ba723996f9c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3751699f3f0fa862d" w:history="1">
+            <w:hyperlink r:id="rId991869ba723996fe1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -430,86 +430,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AGRLFL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="85364658" name="name3659699f3f0fac05b" descr="6086.jpg"/>
+                  <wp:docPr id="97034801" name="name600769ba72399764c" descr="6086.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="6086.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3060699f3f0fac058" cstate="print"/>
+                          <a:blip r:embed="rId878469ba723997648" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4274699f3f0fac181" w:history="1">
+            <w:hyperlink r:id="rId446169ba7239977bb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1229,63 +1229,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2018).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="85955937" name="name6738699f3f0fada68" descr="AGRLFL_distribution_map.jpg"/>
+            <wp:docPr id="33184683" name="name968169ba7239989db" descr="AGRLFL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AGRLFL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1969699f3f0fada65" cstate="print"/>
+                    <a:blip r:embed="rId262269ba7239989d8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3594,90 +3594,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019) Document 19-25045 Pest Risk Analysis for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Agrilus fleischeri.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3055699f3f0fb0389" w:history="1">
+      <w:hyperlink r:id="rId645869ba723999b27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AGRLFL/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2008) Poplars, Willows and People’s Wellbeing. Synthesis of Country Progress Reports. Activities Related to Poplar and Willow Cultivation and Utilization, 2004 through 2007. Food and Agriculture Organization of the United Nations. Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8590699f3f0fb03d1" w:history="1">
+      <w:hyperlink r:id="rId951069ba723999b6e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.fao.org/3/k3380e/k3380e00.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 Nov 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4795,51 +4795,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus fleischeri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9173699f3f0fb0b6b" w:history="1">
+      <w:hyperlink r:id="rId315469ba72399a2c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4915,51 +4915,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 166-169. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2701699f3f0fb3b8c" w:history="1">
+      <w:hyperlink r:id="rId169969ba72399a38c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12642</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14"/>
 </file>
@@ -5046,137 +5046,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="26545727">
+  <w:abstractNum w:abstractNumId="79828582">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54670593">
+    <w:lvl w:ilvl="0" w:tplc="87910955">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="54670593" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="87910955" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="54670593" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="87910955" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="54670593" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="87910955" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="54670593" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="87910955" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="54670593" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="87910955" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="54670593" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="87910955" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="54670593" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="87910955" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="54670593" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="87910955" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26545726">
+  <w:abstractNum w:abstractNumId="79828581">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="88990158">
+    <w:lvl w:ilvl="0" w:tplc="66871271">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5928,55 +5928,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="26545726">
-    <w:abstractNumId w:val="26545726"/>
+  <w:num w:numId="79828581">
+    <w:abstractNumId w:val="79828581"/>
   </w:num>
-  <w:num w:numId="26545727">
-    <w:abstractNumId w:val="26545727"/>
+  <w:num w:numId="79828582">
+    <w:abstractNumId w:val="79828582"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17526,51 +17526,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId150422416" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId696159734" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2554699f3f0fa85e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/" TargetMode="External"/><Relationship Id="rId3751699f3f0fa862d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/categorization" TargetMode="External"/><Relationship Id="rId4274699f3f0fac181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/photos" TargetMode="External"/><Relationship Id="rId3055699f3f0fb0389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/documents" TargetMode="External"/><Relationship Id="rId8590699f3f0fb03d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/3/k3380e/k3380e00.htm" TargetMode="External"/><Relationship Id="rId9173699f3f0fb0b6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2701699f3f0fb3b8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12642" TargetMode="External"/><Relationship Id="rId3060699f3f0fac058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3060699f3f0fac058.jpg"/><Relationship Id="rId1969699f3f0fada65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1969699f3f0fada65.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId824100083" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId308444308" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId240269ba723996f9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/" TargetMode="External"/><Relationship Id="rId991869ba723996fe1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/categorization" TargetMode="External"/><Relationship Id="rId446169ba7239977bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/photos" TargetMode="External"/><Relationship Id="rId645869ba723999b27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLFL/documents" TargetMode="External"/><Relationship Id="rId951069ba723999b6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fao.org/3/k3380e/k3380e00.htm" TargetMode="External"/><Relationship Id="rId315469ba72399a2c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId169969ba72399a38c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12642" TargetMode="External"/><Relationship Id="rId878469ba723997648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId878469ba723997648.jpg"/><Relationship Id="rId262269ba7239989d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId262269ba7239989d8.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>