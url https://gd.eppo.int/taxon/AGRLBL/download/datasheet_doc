--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Weber</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> two-lined chestnut borer, twolined chestnut borer (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId647068e641b60d19a" w:history="1">
+            <w:hyperlink r:id="rId147269018de14aa7a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225668e641b60d1e1" w:history="1">
+            <w:hyperlink r:id="rId802669018de14ac02" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AGRLBL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="24756695" name="name506868e641b60d81f" descr="7307.jpg"/>
+                  <wp:docPr id="14043060" name="name217069018de14b5ab" descr="7307.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="7307.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId164068e641b60d81d" cstate="print"/>
+                          <a:blip r:embed="rId487769018de14b5a9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId658868e641b60d952" w:history="1">
+            <w:hyperlink r:id="rId238669018de14b6d4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1481,63 +1481,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. bilineatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is considered to be established in Turkey (EPPO, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="72940073" name="name698568e641b60eece" descr="AGRLBL_distribution_map.jpg"/>
+            <wp:docPr id="65341110" name="name280369018de14ce13" descr="AGRLBL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AGRLBL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId155668e641b60eecc" cstate="print"/>
+                    <a:blip r:embed="rId619469018de14ce11" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5931,51 +5931,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e33185. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId304368e641b611058" w:history="1">
+      <w:hyperlink r:id="rId377269018de14eddc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0033185.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6973,51 +6973,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest Alert List: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus bilineatus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Coleoptera: Buprestidae). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId366468e641b6119e2" w:history="1">
+      <w:hyperlink r:id="rId454969018de14f794" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AGRLBL/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7032,51 +7032,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019) Document 19-24767 Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus bilineatus.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId196668e641b611a4b" w:history="1">
+      <w:hyperlink r:id="rId700169018de14f7fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AGRLBL/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7901,51 +7901,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 337–343.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Herms DA, McCullough DG, Smitley DR, Sadof CS, Williamson RC &amp; Nixon PL (2014) Insecticide options for protecting ash trees from emerald ash borer. North Central IPM Center Bulletin. Online at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId611568e641b612238" w:history="1">
+      <w:hyperlink r:id="rId788269018de14ff17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.emeraldashborer.info/files/Multistate_EAB_Insecticide_Fact_Sheet.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9955,51 +9955,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Portal Quercus (2017) Quercus portal: A European genetic and genomic web resources for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Quercus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId803468e641b612fa2" w:history="1">
+      <w:hyperlink r:id="rId330569018de150d73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://arachne.pierroton.inra.fr/QuercusPortal/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10170,51 +10170,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2344–2353.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solomon JD (1995) Guide to Insect Borers in North American Broadleaf Trees and Shrubs. USDA Forest Service, Agriculture Handbook, AH-706. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId764068e641b613103" w:history="1">
+      <w:hyperlink r:id="rId231069018de150ed7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/treesearch/pubs/22150</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10463,51 +10463,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 128–148.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VTFPR (Vermont Department of Forests, Parks and Recreation) (2011) Forest Insect and Disease Conditions in Vermont 2011. Vermont Agency of Natural Resources, Department of Forests, Parks &amp; Recreation, Waterbury (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId453168e641b6132ea" w:history="1">
+      <w:hyperlink r:id="rId390069018de1510c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://fpr.vermont.gov/sites/fpr/files/Forest_and_Forestry/Forest_Health/Library/Final2011ConditionsReport.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10787,51 +10787,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus bilineatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId110168e641b61350d" w:history="1">
+      <w:hyperlink r:id="rId460869018de1512df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10916,51 +10916,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 158-165. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId781868e641b6135ed" w:history="1">
+      <w:hyperlink r:id="rId246169018de1513b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12641</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -11056,137 +11056,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="44727342">
+  <w:abstractNum w:abstractNumId="66116047">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31295373">
+    <w:lvl w:ilvl="0" w:tplc="16564992">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="31295373" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="16564992" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="31295373" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="16564992" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="31295373" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="16564992" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="31295373" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="16564992" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="31295373" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="16564992" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="31295373" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="16564992" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="31295373" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="16564992" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="31295373" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="16564992" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44727341">
+  <w:abstractNum w:abstractNumId="66116046">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49884670">
+    <w:lvl w:ilvl="0" w:tplc="18863770">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11938,55 +11938,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="44727341">
-    <w:abstractNumId w:val="44727341"/>
+  <w:num w:numId="66116046">
+    <w:abstractNumId w:val="66116046"/>
   </w:num>
-  <w:num w:numId="44727342">
-    <w:abstractNumId w:val="44727342"/>
+  <w:num w:numId="66116047">
+    <w:abstractNumId w:val="66116047"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23536,51 +23536,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId821328496" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId900900150" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId647068e641b60d19a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/" TargetMode="External"/><Relationship Id="rId225668e641b60d1e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/categorization" TargetMode="External"/><Relationship Id="rId658868e641b60d952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/photos" TargetMode="External"/><Relationship Id="rId304368e641b611058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0033185." TargetMode="External"/><Relationship Id="rId366468e641b6119e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/documents" TargetMode="External"/><Relationship Id="rId196668e641b611a4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/documents" TargetMode="External"/><Relationship Id="rId611568e641b612238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/files/Multistate_EAB_Insecticide_Fact_Sheet.pdf" TargetMode="External"/><Relationship Id="rId803468e641b612fa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arachne.pierroton.inra.fr/QuercusPortal/" TargetMode="External"/><Relationship Id="rId764068e641b613103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/treesearch/pubs/22150" TargetMode="External"/><Relationship Id="rId453168e641b6132ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fpr.vermont.gov/sites/fpr/files/Forest_and_Forestry/Forest_Health/Library/Final2011ConditionsReport.pdf" TargetMode="External"/><Relationship Id="rId110168e641b61350d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId781868e641b6135ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12641" TargetMode="External"/><Relationship Id="rId164068e641b60d81d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId164068e641b60d81d.jpg"/><Relationship Id="rId155668e641b60eecc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId155668e641b60eecc.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId443268467" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId598801327" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId147269018de14aa7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/" TargetMode="External"/><Relationship Id="rId802669018de14ac02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/categorization" TargetMode="External"/><Relationship Id="rId238669018de14b6d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/photos" TargetMode="External"/><Relationship Id="rId377269018de14eddc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0033185." TargetMode="External"/><Relationship Id="rId454969018de14f794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/documents" TargetMode="External"/><Relationship Id="rId700169018de14f7fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/documents" TargetMode="External"/><Relationship Id="rId788269018de14ff17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/files/Multistate_EAB_Insecticide_Fact_Sheet.pdf" TargetMode="External"/><Relationship Id="rId330569018de150d73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arachne.pierroton.inra.fr/QuercusPortal/" TargetMode="External"/><Relationship Id="rId231069018de150ed7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/treesearch/pubs/22150" TargetMode="External"/><Relationship Id="rId390069018de1510c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fpr.vermont.gov/sites/fpr/files/Forest_and_Forestry/Forest_Health/Library/Final2011ConditionsReport.pdf" TargetMode="External"/><Relationship Id="rId460869018de1512df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId246169018de1513b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12641" TargetMode="External"/><Relationship Id="rId487769018de14b5a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId487769018de14b5a9.jpg"/><Relationship Id="rId619469018de14ce11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId619469018de14ce11.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>