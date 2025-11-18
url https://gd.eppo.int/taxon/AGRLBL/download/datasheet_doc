--- v1 (2025-10-29)
+++ v2 (2025-11-18)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Weber</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> two-lined chestnut borer, twolined chestnut borer (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147269018de14aa7a" w:history="1">
+            <w:hyperlink r:id="rId2300691ce98e40759" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId802669018de14ac02" w:history="1">
+            <w:hyperlink r:id="rId3954691ce98e4079d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AGRLBL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="14043060" name="name217069018de14b5ab" descr="7307.jpg"/>
+                  <wp:docPr id="6110068" name="name2175691ce98e40858" descr="7307.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="7307.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId487769018de14b5a9" cstate="print"/>
+                          <a:blip r:embed="rId7308691ce98e40857" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId238669018de14b6d4" w:history="1">
+            <w:hyperlink r:id="rId7610691ce98e4092f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1481,63 +1481,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. bilineatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is considered to be established in Turkey (EPPO, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="65341110" name="name280369018de14ce13" descr="AGRLBL_distribution_map.jpg"/>
+            <wp:docPr id="60445540" name="name2456691ce98e421a7" descr="AGRLBL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AGRLBL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId619469018de14ce11" cstate="print"/>
+                    <a:blip r:embed="rId9105691ce98e421a5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5931,51 +5931,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e33185. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId377269018de14eddc" w:history="1">
+      <w:hyperlink r:id="rId6687691ce98e43f4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0033185.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6973,51 +6973,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest Alert List: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus bilineatus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Coleoptera: Buprestidae). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId454969018de14f794" w:history="1">
+      <w:hyperlink r:id="rId1156691ce98e44649" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AGRLBL/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7032,51 +7032,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019) Document 19-24767 Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus bilineatus.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId700169018de14f7fd" w:history="1">
+      <w:hyperlink r:id="rId3787691ce98e446ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AGRLBL/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7901,51 +7901,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 337–343.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Herms DA, McCullough DG, Smitley DR, Sadof CS, Williamson RC &amp; Nixon PL (2014) Insecticide options for protecting ash trees from emerald ash borer. North Central IPM Center Bulletin. Online at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId788269018de14ff17" w:history="1">
+      <w:hyperlink r:id="rId8167691ce98e44c25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.emeraldashborer.info/files/Multistate_EAB_Insecticide_Fact_Sheet.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9955,51 +9955,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Portal Quercus (2017) Quercus portal: A European genetic and genomic web resources for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Quercus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId330569018de150d73" w:history="1">
+      <w:hyperlink r:id="rId2350691ce98e45956" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://arachne.pierroton.inra.fr/QuercusPortal/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10170,51 +10170,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2344–2353.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solomon JD (1995) Guide to Insect Borers in North American Broadleaf Trees and Shrubs. USDA Forest Service, Agriculture Handbook, AH-706. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId231069018de150ed7" w:history="1">
+      <w:hyperlink r:id="rId8399691ce98e45ac2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/treesearch/pubs/22150</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10463,51 +10463,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 128–148.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VTFPR (Vermont Department of Forests, Parks and Recreation) (2011) Forest Insect and Disease Conditions in Vermont 2011. Vermont Agency of Natural Resources, Department of Forests, Parks &amp; Recreation, Waterbury (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId390069018de1510c6" w:history="1">
+      <w:hyperlink r:id="rId3826691ce98e45d22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://fpr.vermont.gov/sites/fpr/files/Forest_and_Forestry/Forest_Health/Library/Final2011ConditionsReport.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10787,51 +10787,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus bilineatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId460869018de1512df" w:history="1">
+      <w:hyperlink r:id="rId2751691ce98e45f33" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10916,51 +10916,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 158-165. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId246169018de1513b7" w:history="1">
+      <w:hyperlink r:id="rId9113691ce98e46040" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12641</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -11056,137 +11056,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="66116047">
+  <w:abstractNum w:abstractNumId="53519262">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16564992">
+    <w:lvl w:ilvl="0" w:tplc="83220936">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="16564992" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="83220936" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="16564992" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="83220936" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="16564992" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="83220936" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="16564992" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="83220936" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="16564992" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="83220936" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="16564992" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="83220936" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="16564992" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="83220936" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="16564992" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="83220936" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="66116046">
+  <w:abstractNum w:abstractNumId="53519261">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18863770">
+    <w:lvl w:ilvl="0" w:tplc="81795421">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11938,55 +11938,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="66116046">
-    <w:abstractNumId w:val="66116046"/>
+  <w:num w:numId="53519261">
+    <w:abstractNumId w:val="53519261"/>
   </w:num>
-  <w:num w:numId="66116047">
-    <w:abstractNumId w:val="66116047"/>
+  <w:num w:numId="53519262">
+    <w:abstractNumId w:val="53519262"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23536,51 +23536,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId443268467" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId598801327" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId147269018de14aa7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/" TargetMode="External"/><Relationship Id="rId802669018de14ac02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/categorization" TargetMode="External"/><Relationship Id="rId238669018de14b6d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/photos" TargetMode="External"/><Relationship Id="rId377269018de14eddc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0033185." TargetMode="External"/><Relationship Id="rId454969018de14f794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/documents" TargetMode="External"/><Relationship Id="rId700169018de14f7fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/documents" TargetMode="External"/><Relationship Id="rId788269018de14ff17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/files/Multistate_EAB_Insecticide_Fact_Sheet.pdf" TargetMode="External"/><Relationship Id="rId330569018de150d73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arachne.pierroton.inra.fr/QuercusPortal/" TargetMode="External"/><Relationship Id="rId231069018de150ed7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/treesearch/pubs/22150" TargetMode="External"/><Relationship Id="rId390069018de1510c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fpr.vermont.gov/sites/fpr/files/Forest_and_Forestry/Forest_Health/Library/Final2011ConditionsReport.pdf" TargetMode="External"/><Relationship Id="rId460869018de1512df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId246169018de1513b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12641" TargetMode="External"/><Relationship Id="rId487769018de14b5a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId487769018de14b5a9.jpg"/><Relationship Id="rId619469018de14ce11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId619469018de14ce11.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId849969615" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId439861436" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2300691ce98e40759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/" TargetMode="External"/><Relationship Id="rId3954691ce98e4079d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/categorization" TargetMode="External"/><Relationship Id="rId7610691ce98e4092f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/photos" TargetMode="External"/><Relationship Id="rId6687691ce98e43f4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0033185." TargetMode="External"/><Relationship Id="rId1156691ce98e44649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/documents" TargetMode="External"/><Relationship Id="rId3787691ce98e446ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/documents" TargetMode="External"/><Relationship Id="rId8167691ce98e44c25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/files/Multistate_EAB_Insecticide_Fact_Sheet.pdf" TargetMode="External"/><Relationship Id="rId2350691ce98e45956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arachne.pierroton.inra.fr/QuercusPortal/" TargetMode="External"/><Relationship Id="rId8399691ce98e45ac2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/treesearch/pubs/22150" TargetMode="External"/><Relationship Id="rId3826691ce98e45d22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fpr.vermont.gov/sites/fpr/files/Forest_and_Forestry/Forest_Health/Library/Final2011ConditionsReport.pdf" TargetMode="External"/><Relationship Id="rId2751691ce98e45f33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9113691ce98e46040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12641" TargetMode="External"/><Relationship Id="rId7308691ce98e40857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7308691ce98e40857.jpg"/><Relationship Id="rId9105691ce98e421a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9105691ce98e421a5.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>