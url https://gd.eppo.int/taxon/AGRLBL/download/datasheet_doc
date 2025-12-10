--- v2 (2025-11-18)
+++ v3 (2025-12-10)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Weber</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> two-lined chestnut borer, twolined chestnut borer (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2300691ce98e40759" w:history="1">
+            <w:hyperlink r:id="rId34606938fcb9bcfa7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3954691ce98e4079d" w:history="1">
+            <w:hyperlink r:id="rId20736938fcb9bcfee" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AGRLBL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="6110068" name="name2175691ce98e40858" descr="7307.jpg"/>
+                  <wp:docPr id="54673844" name="name33866938fcb9bd80b" descr="7307.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="7307.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7308691ce98e40857" cstate="print"/>
+                          <a:blip r:embed="rId21186938fcb9bd809" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7610691ce98e4092f" w:history="1">
+            <w:hyperlink r:id="rId53986938fcb9bd949" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1481,63 +1481,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. bilineatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is considered to be established in Turkey (EPPO, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="60445540" name="name2456691ce98e421a7" descr="AGRLBL_distribution_map.jpg"/>
+            <wp:docPr id="20552803" name="name13866938fcb9bec9f" descr="AGRLBL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AGRLBL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9105691ce98e421a5" cstate="print"/>
+                    <a:blip r:embed="rId87846938fcb9bec9b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5931,51 +5931,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e33185. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6687691ce98e43f4a" w:history="1">
+      <w:hyperlink r:id="rId55676938fcb9c0c90" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0033185.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6973,51 +6973,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest Alert List: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus bilineatus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Coleoptera: Buprestidae). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1156691ce98e44649" w:history="1">
+      <w:hyperlink r:id="rId13406938fcb9c1372" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AGRLBL/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7032,51 +7032,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019) Document 19-24767 Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus bilineatus.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3787691ce98e446ab" w:history="1">
+      <w:hyperlink r:id="rId29626938fcb9c13d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AGRLBL/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7901,51 +7901,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 337–343.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Herms DA, McCullough DG, Smitley DR, Sadof CS, Williamson RC &amp; Nixon PL (2014) Insecticide options for protecting ash trees from emerald ash borer. North Central IPM Center Bulletin. Online at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8167691ce98e44c25" w:history="1">
+      <w:hyperlink r:id="rId50796938fcb9c1e41" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.emeraldashborer.info/files/Multistate_EAB_Insecticide_Fact_Sheet.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9955,51 +9955,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Portal Quercus (2017) Quercus portal: A European genetic and genomic web resources for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Quercus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2350691ce98e45956" w:history="1">
+      <w:hyperlink r:id="rId61456938fcb9c2eb9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://arachne.pierroton.inra.fr/QuercusPortal/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10170,51 +10170,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2344–2353.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solomon JD (1995) Guide to Insect Borers in North American Broadleaf Trees and Shrubs. USDA Forest Service, Agriculture Handbook, AH-706. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8399691ce98e45ac2" w:history="1">
+      <w:hyperlink r:id="rId26136938fcb9c3072" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/treesearch/pubs/22150</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10463,51 +10463,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 128–148.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VTFPR (Vermont Department of Forests, Parks and Recreation) (2011) Forest Insect and Disease Conditions in Vermont 2011. Vermont Agency of Natural Resources, Department of Forests, Parks &amp; Recreation, Waterbury (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3826691ce98e45d22" w:history="1">
+      <w:hyperlink r:id="rId83086938fcb9c327d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://fpr.vermont.gov/sites/fpr/files/Forest_and_Forestry/Forest_Health/Library/Final2011ConditionsReport.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10787,51 +10787,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus bilineatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2751691ce98e45f33" w:history="1">
+      <w:hyperlink r:id="rId67996938fcb9c34e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10916,51 +10916,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 158-165. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9113691ce98e46040" w:history="1">
+      <w:hyperlink r:id="rId24376938fcb9c362c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12641</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -11056,137 +11056,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="53519262">
+  <w:abstractNum w:abstractNumId="66948953">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83220936">
+    <w:lvl w:ilvl="0" w:tplc="94918477">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="83220936" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="94918477" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="83220936" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="94918477" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="83220936" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="94918477" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="83220936" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="94918477" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="83220936" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="94918477" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="83220936" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="94918477" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="83220936" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="94918477" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="83220936" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="94918477" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="53519261">
+  <w:abstractNum w:abstractNumId="66948952">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81795421">
+    <w:lvl w:ilvl="0" w:tplc="32699202">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11938,55 +11938,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="53519261">
-    <w:abstractNumId w:val="53519261"/>
+  <w:num w:numId="66948952">
+    <w:abstractNumId w:val="66948952"/>
   </w:num>
-  <w:num w:numId="53519262">
-    <w:abstractNumId w:val="53519262"/>
+  <w:num w:numId="66948953">
+    <w:abstractNumId w:val="66948953"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23536,51 +23536,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId849969615" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId439861436" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2300691ce98e40759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/" TargetMode="External"/><Relationship Id="rId3954691ce98e4079d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/categorization" TargetMode="External"/><Relationship Id="rId7610691ce98e4092f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/photos" TargetMode="External"/><Relationship Id="rId6687691ce98e43f4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0033185." TargetMode="External"/><Relationship Id="rId1156691ce98e44649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/documents" TargetMode="External"/><Relationship Id="rId3787691ce98e446ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/documents" TargetMode="External"/><Relationship Id="rId8167691ce98e44c25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/files/Multistate_EAB_Insecticide_Fact_Sheet.pdf" TargetMode="External"/><Relationship Id="rId2350691ce98e45956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arachne.pierroton.inra.fr/QuercusPortal/" TargetMode="External"/><Relationship Id="rId8399691ce98e45ac2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/treesearch/pubs/22150" TargetMode="External"/><Relationship Id="rId3826691ce98e45d22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fpr.vermont.gov/sites/fpr/files/Forest_and_Forestry/Forest_Health/Library/Final2011ConditionsReport.pdf" TargetMode="External"/><Relationship Id="rId2751691ce98e45f33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9113691ce98e46040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12641" TargetMode="External"/><Relationship Id="rId7308691ce98e40857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7308691ce98e40857.jpg"/><Relationship Id="rId9105691ce98e421a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9105691ce98e421a5.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId196454730" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId416874834" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId34606938fcb9bcfa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/" TargetMode="External"/><Relationship Id="rId20736938fcb9bcfee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/categorization" TargetMode="External"/><Relationship Id="rId53986938fcb9bd949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/photos" TargetMode="External"/><Relationship Id="rId55676938fcb9c0c90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0033185." TargetMode="External"/><Relationship Id="rId13406938fcb9c1372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/documents" TargetMode="External"/><Relationship Id="rId29626938fcb9c13d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/documents" TargetMode="External"/><Relationship Id="rId50796938fcb9c1e41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/files/Multistate_EAB_Insecticide_Fact_Sheet.pdf" TargetMode="External"/><Relationship Id="rId61456938fcb9c2eb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arachne.pierroton.inra.fr/QuercusPortal/" TargetMode="External"/><Relationship Id="rId26136938fcb9c3072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/treesearch/pubs/22150" TargetMode="External"/><Relationship Id="rId83086938fcb9c327d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fpr.vermont.gov/sites/fpr/files/Forest_and_Forestry/Forest_Health/Library/Final2011ConditionsReport.pdf" TargetMode="External"/><Relationship Id="rId67996938fcb9c34e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId24376938fcb9c362c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12641" TargetMode="External"/><Relationship Id="rId21186938fcb9bd809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId21186938fcb9bd809.jpg"/><Relationship Id="rId87846938fcb9bec9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId87846938fcb9bec9b.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>