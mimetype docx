--- v3 (2025-12-10)
+++ v4 (2025-12-31)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Weber</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> two-lined chestnut borer, twolined chestnut borer (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34606938fcb9bcfa7" w:history="1">
+            <w:hyperlink r:id="rId784969548975a26e5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20736938fcb9bcfee" w:history="1">
+            <w:hyperlink r:id="rId125869548975a2736" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AGRLBL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="54673844" name="name33866938fcb9bd80b" descr="7307.jpg"/>
+                  <wp:docPr id="43495497" name="name610669548975a2fa1" descr="7307.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="7307.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId21186938fcb9bd809" cstate="print"/>
+                          <a:blip r:embed="rId809969548975a2f9f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId53986938fcb9bd949" w:history="1">
+            <w:hyperlink r:id="rId583369548975a30fb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1481,63 +1481,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. bilineatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is considered to be established in Turkey (EPPO, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="20552803" name="name13866938fcb9bec9f" descr="AGRLBL_distribution_map.jpg"/>
+            <wp:docPr id="90824297" name="name542969548975a44be" descr="AGRLBL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AGRLBL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId87846938fcb9bec9b" cstate="print"/>
+                    <a:blip r:embed="rId535569548975a44ba" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5931,51 +5931,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e33185. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55676938fcb9c0c90" w:history="1">
+      <w:hyperlink r:id="rId823069548975a64bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0033185.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6973,51 +6973,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest Alert List: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus bilineatus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Coleoptera: Buprestidae). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13406938fcb9c1372" w:history="1">
+      <w:hyperlink r:id="rId744069548975a6bba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AGRLBL/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7032,51 +7032,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019) Document 19-24767 Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus bilineatus.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29626938fcb9c13d4" w:history="1">
+      <w:hyperlink r:id="rId552669548975a6c1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AGRLBL/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7901,51 +7901,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 337–343.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Herms DA, McCullough DG, Smitley DR, Sadof CS, Williamson RC &amp; Nixon PL (2014) Insecticide options for protecting ash trees from emerald ash borer. North Central IPM Center Bulletin. Online at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50796938fcb9c1e41" w:history="1">
+      <w:hyperlink r:id="rId628369548975a71c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.emeraldashborer.info/files/Multistate_EAB_Insecticide_Fact_Sheet.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9955,51 +9955,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Portal Quercus (2017) Quercus portal: A European genetic and genomic web resources for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Quercus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61456938fcb9c2eb9" w:history="1">
+      <w:hyperlink r:id="rId899969548975a7f05" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://arachne.pierroton.inra.fr/QuercusPortal/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10170,51 +10170,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2344–2353.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solomon JD (1995) Guide to Insect Borers in North American Broadleaf Trees and Shrubs. USDA Forest Service, Agriculture Handbook, AH-706. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26136938fcb9c3072" w:history="1">
+      <w:hyperlink r:id="rId577569548975a80a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/treesearch/pubs/22150</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10463,51 +10463,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 128–148.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VTFPR (Vermont Department of Forests, Parks and Recreation) (2011) Forest Insect and Disease Conditions in Vermont 2011. Vermont Agency of Natural Resources, Department of Forests, Parks &amp; Recreation, Waterbury (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83086938fcb9c327d" w:history="1">
+      <w:hyperlink r:id="rId512669548975a8280" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://fpr.vermont.gov/sites/fpr/files/Forest_and_Forestry/Forest_Health/Library/Final2011ConditionsReport.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10787,51 +10787,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus bilineatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67996938fcb9c34e4" w:history="1">
+      <w:hyperlink r:id="rId744369548975a8490" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10916,51 +10916,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 158-165. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24376938fcb9c362c" w:history="1">
+      <w:hyperlink r:id="rId832469548975a856c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12641</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -11056,137 +11056,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="66948953">
+  <w:abstractNum w:abstractNumId="41213182">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94918477">
+    <w:lvl w:ilvl="0" w:tplc="18558198">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="94918477" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="18558198" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="94918477" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="18558198" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="94918477" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="18558198" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="94918477" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="18558198" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="94918477" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="18558198" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="94918477" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="18558198" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="94918477" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="18558198" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="94918477" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="18558198" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="66948952">
+  <w:abstractNum w:abstractNumId="41213181">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32699202">
+    <w:lvl w:ilvl="0" w:tplc="50325696">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11938,55 +11938,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="66948952">
-    <w:abstractNumId w:val="66948952"/>
+  <w:num w:numId="41213181">
+    <w:abstractNumId w:val="41213181"/>
   </w:num>
-  <w:num w:numId="66948953">
-    <w:abstractNumId w:val="66948953"/>
+  <w:num w:numId="41213182">
+    <w:abstractNumId w:val="41213182"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23536,51 +23536,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId196454730" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId416874834" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId34606938fcb9bcfa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/" TargetMode="External"/><Relationship Id="rId20736938fcb9bcfee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/categorization" TargetMode="External"/><Relationship Id="rId53986938fcb9bd949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/photos" TargetMode="External"/><Relationship Id="rId55676938fcb9c0c90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0033185." TargetMode="External"/><Relationship Id="rId13406938fcb9c1372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/documents" TargetMode="External"/><Relationship Id="rId29626938fcb9c13d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/documents" TargetMode="External"/><Relationship Id="rId50796938fcb9c1e41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/files/Multistate_EAB_Insecticide_Fact_Sheet.pdf" TargetMode="External"/><Relationship Id="rId61456938fcb9c2eb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arachne.pierroton.inra.fr/QuercusPortal/" TargetMode="External"/><Relationship Id="rId26136938fcb9c3072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/treesearch/pubs/22150" TargetMode="External"/><Relationship Id="rId83086938fcb9c327d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fpr.vermont.gov/sites/fpr/files/Forest_and_Forestry/Forest_Health/Library/Final2011ConditionsReport.pdf" TargetMode="External"/><Relationship Id="rId67996938fcb9c34e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId24376938fcb9c362c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12641" TargetMode="External"/><Relationship Id="rId21186938fcb9bd809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId21186938fcb9bd809.jpg"/><Relationship Id="rId87846938fcb9bec9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId87846938fcb9bec9b.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId354357439" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId286226434" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId784969548975a26e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/" TargetMode="External"/><Relationship Id="rId125869548975a2736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/categorization" TargetMode="External"/><Relationship Id="rId583369548975a30fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/photos" TargetMode="External"/><Relationship Id="rId823069548975a64bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0033185." TargetMode="External"/><Relationship Id="rId744069548975a6bba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/documents" TargetMode="External"/><Relationship Id="rId552669548975a6c1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/documents" TargetMode="External"/><Relationship Id="rId628369548975a71c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/files/Multistate_EAB_Insecticide_Fact_Sheet.pdf" TargetMode="External"/><Relationship Id="rId899969548975a7f05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arachne.pierroton.inra.fr/QuercusPortal/" TargetMode="External"/><Relationship Id="rId577569548975a80a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/treesearch/pubs/22150" TargetMode="External"/><Relationship Id="rId512669548975a8280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fpr.vermont.gov/sites/fpr/files/Forest_and_Forestry/Forest_Health/Library/Final2011ConditionsReport.pdf" TargetMode="External"/><Relationship Id="rId744369548975a8490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId832469548975a856c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12641" TargetMode="External"/><Relationship Id="rId809969548975a2f9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId809969548975a2f9f.jpg"/><Relationship Id="rId535569548975a44ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId535569548975a44ba.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>