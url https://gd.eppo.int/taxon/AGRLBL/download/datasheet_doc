--- v4 (2025-12-31)
+++ v5 (2026-01-24)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Weber</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> two-lined chestnut borer, twolined chestnut borer (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId784969548975a26e5" w:history="1">
+            <w:hyperlink r:id="rId286669752d650a3ea" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125869548975a2736" w:history="1">
+            <w:hyperlink r:id="rId333369752d650a42f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AGRLBL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="43495497" name="name610669548975a2fa1" descr="7307.jpg"/>
+                  <wp:docPr id="70059140" name="name398169752d650aa2b" descr="7307.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="7307.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId809969548975a2f9f" cstate="print"/>
+                          <a:blip r:embed="rId847169752d650aa29" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId583369548975a30fb" w:history="1">
+            <w:hyperlink r:id="rId201169752d650ab60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1481,63 +1481,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. bilineatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is considered to be established in Turkey (EPPO, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="90824297" name="name542969548975a44be" descr="AGRLBL_distribution_map.jpg"/>
+            <wp:docPr id="30426287" name="name917469752d650bdff" descr="AGRLBL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AGRLBL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId535569548975a44ba" cstate="print"/>
+                    <a:blip r:embed="rId844469752d650bdfb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5931,51 +5931,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e33185. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId823069548975a64bb" w:history="1">
+      <w:hyperlink r:id="rId213469752d650dc68" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0033185.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6973,51 +6973,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest Alert List: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus bilineatus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Coleoptera: Buprestidae). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId744069548975a6bba" w:history="1">
+      <w:hyperlink r:id="rId273669752d650e312" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AGRLBL/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7032,51 +7032,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019) Document 19-24767 Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus bilineatus.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId552669548975a6c1d" w:history="1">
+      <w:hyperlink r:id="rId760969752d650e374" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AGRLBL/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7901,51 +7901,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 337–343.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Herms DA, McCullough DG, Smitley DR, Sadof CS, Williamson RC &amp; Nixon PL (2014) Insecticide options for protecting ash trees from emerald ash borer. North Central IPM Center Bulletin. Online at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId628369548975a71c1" w:history="1">
+      <w:hyperlink r:id="rId748269752d650e8f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.emeraldashborer.info/files/Multistate_EAB_Insecticide_Fact_Sheet.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9955,51 +9955,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Portal Quercus (2017) Quercus portal: A European genetic and genomic web resources for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Quercus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId899969548975a7f05" w:history="1">
+      <w:hyperlink r:id="rId877669752d650f635" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://arachne.pierroton.inra.fr/QuercusPortal/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10170,51 +10170,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2344–2353.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solomon JD (1995) Guide to Insect Borers in North American Broadleaf Trees and Shrubs. USDA Forest Service, Agriculture Handbook, AH-706. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId577569548975a80a2" w:history="1">
+      <w:hyperlink r:id="rId449569752d650f79a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/treesearch/pubs/22150</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10463,51 +10463,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 128–148.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VTFPR (Vermont Department of Forests, Parks and Recreation) (2011) Forest Insect and Disease Conditions in Vermont 2011. Vermont Agency of Natural Resources, Department of Forests, Parks &amp; Recreation, Waterbury (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId512669548975a8280" w:history="1">
+      <w:hyperlink r:id="rId378769752d650f9b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://fpr.vermont.gov/sites/fpr/files/Forest_and_Forestry/Forest_Health/Library/Final2011ConditionsReport.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10765,73 +10765,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus bilineatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId744369548975a8490" w:history="1">
+      <w:hyperlink r:id="rId517269752d650fc50" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10916,51 +10916,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 158-165. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId832469548975a856c" w:history="1">
+      <w:hyperlink r:id="rId293569752d650fd24" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12641</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -11056,137 +11056,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="41213182">
+  <w:abstractNum w:abstractNumId="67849413">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18558198">
+    <w:lvl w:ilvl="0" w:tplc="22961420">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="18558198" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="22961420" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="18558198" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="22961420" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="18558198" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="22961420" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="18558198" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="22961420" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="18558198" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="22961420" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="18558198" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="22961420" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="18558198" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="22961420" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="18558198" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="22961420" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41213181">
+  <w:abstractNum w:abstractNumId="67849412">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50325696">
+    <w:lvl w:ilvl="0" w:tplc="39306075">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11938,55 +11938,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="41213181">
-    <w:abstractNumId w:val="41213181"/>
+  <w:num w:numId="67849412">
+    <w:abstractNumId w:val="67849412"/>
   </w:num>
-  <w:num w:numId="41213182">
-    <w:abstractNumId w:val="41213182"/>
+  <w:num w:numId="67849413">
+    <w:abstractNumId w:val="67849413"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23536,51 +23536,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId354357439" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId286226434" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId784969548975a26e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/" TargetMode="External"/><Relationship Id="rId125869548975a2736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/categorization" TargetMode="External"/><Relationship Id="rId583369548975a30fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/photos" TargetMode="External"/><Relationship Id="rId823069548975a64bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0033185." TargetMode="External"/><Relationship Id="rId744069548975a6bba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/documents" TargetMode="External"/><Relationship Id="rId552669548975a6c1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/documents" TargetMode="External"/><Relationship Id="rId628369548975a71c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/files/Multistate_EAB_Insecticide_Fact_Sheet.pdf" TargetMode="External"/><Relationship Id="rId899969548975a7f05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arachne.pierroton.inra.fr/QuercusPortal/" TargetMode="External"/><Relationship Id="rId577569548975a80a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/treesearch/pubs/22150" TargetMode="External"/><Relationship Id="rId512669548975a8280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fpr.vermont.gov/sites/fpr/files/Forest_and_Forestry/Forest_Health/Library/Final2011ConditionsReport.pdf" TargetMode="External"/><Relationship Id="rId744369548975a8490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId832469548975a856c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12641" TargetMode="External"/><Relationship Id="rId809969548975a2f9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId809969548975a2f9f.jpg"/><Relationship Id="rId535569548975a44ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId535569548975a44ba.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId657892633" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId279863371" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId286669752d650a3ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/" TargetMode="External"/><Relationship Id="rId333369752d650a42f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/categorization" TargetMode="External"/><Relationship Id="rId201169752d650ab60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/photos" TargetMode="External"/><Relationship Id="rId213469752d650dc68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0033185." TargetMode="External"/><Relationship Id="rId273669752d650e312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/documents" TargetMode="External"/><Relationship Id="rId760969752d650e374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/documents" TargetMode="External"/><Relationship Id="rId748269752d650e8f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/files/Multistate_EAB_Insecticide_Fact_Sheet.pdf" TargetMode="External"/><Relationship Id="rId877669752d650f635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arachne.pierroton.inra.fr/QuercusPortal/" TargetMode="External"/><Relationship Id="rId449569752d650f79a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/treesearch/pubs/22150" TargetMode="External"/><Relationship Id="rId378769752d650f9b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fpr.vermont.gov/sites/fpr/files/Forest_and_Forestry/Forest_Health/Library/Final2011ConditionsReport.pdf" TargetMode="External"/><Relationship Id="rId517269752d650fc50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId293569752d650fd24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12641" TargetMode="External"/><Relationship Id="rId847169752d650aa29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId847169752d650aa29.jpg"/><Relationship Id="rId844469752d650bdfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId844469752d650bdfb.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>