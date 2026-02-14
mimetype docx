--- v5 (2026-01-24)
+++ v6 (2026-02-14)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Weber</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> two-lined chestnut borer, twolined chestnut borer (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286669752d650a3ea" w:history="1">
+            <w:hyperlink r:id="rId14466990ec58da71f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333369752d650a42f" w:history="1">
+            <w:hyperlink r:id="rId34016990ec58da772" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AGRLBL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="70059140" name="name398169752d650aa2b" descr="7307.jpg"/>
+                  <wp:docPr id="96487436" name="name80266990ec58dae89" descr="7307.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="7307.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId847169752d650aa29" cstate="print"/>
+                          <a:blip r:embed="rId67036990ec58dae87" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId201169752d650ab60" w:history="1">
+            <w:hyperlink r:id="rId45426990ec58dafc4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1481,63 +1481,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. bilineatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is considered to be established in Turkey (EPPO, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="30426287" name="name917469752d650bdff" descr="AGRLBL_distribution_map.jpg"/>
+            <wp:docPr id="17266569" name="name71676990ec58dc2a4" descr="AGRLBL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AGRLBL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId844469752d650bdfb" cstate="print"/>
+                    <a:blip r:embed="rId29936990ec58dc2a2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5931,51 +5931,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e33185. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId213469752d650dc68" w:history="1">
+      <w:hyperlink r:id="rId99416990ec58de0bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0033185.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6973,51 +6973,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest Alert List: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus bilineatus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Coleoptera: Buprestidae). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId273669752d650e312" w:history="1">
+      <w:hyperlink r:id="rId85706990ec58de757" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AGRLBL/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7032,51 +7032,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019) Document 19-24767 Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus bilineatus.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId760969752d650e374" w:history="1">
+      <w:hyperlink r:id="rId63706990ec58de7b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AGRLBL/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7901,51 +7901,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 337–343.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Herms DA, McCullough DG, Smitley DR, Sadof CS, Williamson RC &amp; Nixon PL (2014) Insecticide options for protecting ash trees from emerald ash borer. North Central IPM Center Bulletin. Online at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId748269752d650e8f2" w:history="1">
+      <w:hyperlink r:id="rId68156990ec58dede1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.emeraldashborer.info/files/Multistate_EAB_Insecticide_Fact_Sheet.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9955,51 +9955,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Portal Quercus (2017) Quercus portal: A European genetic and genomic web resources for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Quercus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId877669752d650f635" w:history="1">
+      <w:hyperlink r:id="rId10836990ec58dfb04" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://arachne.pierroton.inra.fr/QuercusPortal/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10170,51 +10170,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2344–2353.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solomon JD (1995) Guide to Insect Borers in North American Broadleaf Trees and Shrubs. USDA Forest Service, Agriculture Handbook, AH-706. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId449569752d650f79a" w:history="1">
+      <w:hyperlink r:id="rId57736990ec58dfc70" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/treesearch/pubs/22150</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10463,51 +10463,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 128–148.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VTFPR (Vermont Department of Forests, Parks and Recreation) (2011) Forest Insect and Disease Conditions in Vermont 2011. Vermont Agency of Natural Resources, Department of Forests, Parks &amp; Recreation, Waterbury (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId378769752d650f9b1" w:history="1">
+      <w:hyperlink r:id="rId92266990ec58dfe5b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://fpr.vermont.gov/sites/fpr/files/Forest_and_Forestry/Forest_Health/Library/Final2011ConditionsReport.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10787,51 +10787,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus bilineatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId517269752d650fc50" w:history="1">
+      <w:hyperlink r:id="rId15796990ec58e0068" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10916,51 +10916,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 158-165. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId293569752d650fd24" w:history="1">
+      <w:hyperlink r:id="rId95486990ec58e013d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12641</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -11056,137 +11056,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="67849413">
+  <w:abstractNum w:abstractNumId="37275727">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22961420">
+    <w:lvl w:ilvl="0" w:tplc="58441100">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="22961420" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="58441100" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="22961420" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="58441100" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="22961420" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="58441100" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="22961420" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="58441100" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="22961420" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="58441100" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="22961420" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="58441100" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="22961420" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="58441100" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="22961420" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="58441100" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="67849412">
+  <w:abstractNum w:abstractNumId="37275726">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39306075">
+    <w:lvl w:ilvl="0" w:tplc="90759902">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11938,55 +11938,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="67849412">
-    <w:abstractNumId w:val="67849412"/>
+  <w:num w:numId="37275726">
+    <w:abstractNumId w:val="37275726"/>
   </w:num>
-  <w:num w:numId="67849413">
-    <w:abstractNumId w:val="67849413"/>
+  <w:num w:numId="37275727">
+    <w:abstractNumId w:val="37275727"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23536,51 +23536,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId657892633" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId279863371" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId286669752d650a3ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/" TargetMode="External"/><Relationship Id="rId333369752d650a42f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/categorization" TargetMode="External"/><Relationship Id="rId201169752d650ab60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/photos" TargetMode="External"/><Relationship Id="rId213469752d650dc68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0033185." TargetMode="External"/><Relationship Id="rId273669752d650e312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/documents" TargetMode="External"/><Relationship Id="rId760969752d650e374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/documents" TargetMode="External"/><Relationship Id="rId748269752d650e8f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/files/Multistate_EAB_Insecticide_Fact_Sheet.pdf" TargetMode="External"/><Relationship Id="rId877669752d650f635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arachne.pierroton.inra.fr/QuercusPortal/" TargetMode="External"/><Relationship Id="rId449569752d650f79a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/treesearch/pubs/22150" TargetMode="External"/><Relationship Id="rId378769752d650f9b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fpr.vermont.gov/sites/fpr/files/Forest_and_Forestry/Forest_Health/Library/Final2011ConditionsReport.pdf" TargetMode="External"/><Relationship Id="rId517269752d650fc50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId293569752d650fd24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12641" TargetMode="External"/><Relationship Id="rId847169752d650aa29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId847169752d650aa29.jpg"/><Relationship Id="rId844469752d650bdfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId844469752d650bdfb.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId931840177" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId569649106" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId14466990ec58da71f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/" TargetMode="External"/><Relationship Id="rId34016990ec58da772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/categorization" TargetMode="External"/><Relationship Id="rId45426990ec58dafc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/photos" TargetMode="External"/><Relationship Id="rId99416990ec58de0bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0033185." TargetMode="External"/><Relationship Id="rId85706990ec58de757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/documents" TargetMode="External"/><Relationship Id="rId63706990ec58de7b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/documents" TargetMode="External"/><Relationship Id="rId68156990ec58dede1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/files/Multistate_EAB_Insecticide_Fact_Sheet.pdf" TargetMode="External"/><Relationship Id="rId10836990ec58dfb04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arachne.pierroton.inra.fr/QuercusPortal/" TargetMode="External"/><Relationship Id="rId57736990ec58dfc70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/treesearch/pubs/22150" TargetMode="External"/><Relationship Id="rId92266990ec58dfe5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fpr.vermont.gov/sites/fpr/files/Forest_and_Forestry/Forest_Health/Library/Final2011ConditionsReport.pdf" TargetMode="External"/><Relationship Id="rId15796990ec58e0068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId95486990ec58e013d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12641" TargetMode="External"/><Relationship Id="rId67036990ec58dae87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId67036990ec58dae87.jpg"/><Relationship Id="rId29936990ec58dc2a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29936990ec58dc2a2.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>