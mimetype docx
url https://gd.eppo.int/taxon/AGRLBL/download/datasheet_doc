--- v6 (2026-02-14)
+++ v7 (2026-03-07)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Weber</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> two-lined chestnut borer, twolined chestnut borer (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14466990ec58da71f" w:history="1">
+            <w:hyperlink r:id="rId133769abbce920395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34016990ec58da772" w:history="1">
+            <w:hyperlink r:id="rId185769abbce920409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AGRLBL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="96487436" name="name80266990ec58dae89" descr="7307.jpg"/>
+                  <wp:docPr id="3148573" name="name153569abbce9207e7" descr="7307.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="7307.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId67036990ec58dae87" cstate="print"/>
+                          <a:blip r:embed="rId140569abbce9207e4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId45426990ec58dafc4" w:history="1">
+            <w:hyperlink r:id="rId520169abbce920aa3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1481,63 +1481,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. bilineatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is considered to be established in Turkey (EPPO, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="17266569" name="name71676990ec58dc2a4" descr="AGRLBL_distribution_map.jpg"/>
+            <wp:docPr id="68711847" name="name608569abbce922436" descr="AGRLBL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AGRLBL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId29936990ec58dc2a2" cstate="print"/>
+                    <a:blip r:embed="rId734069abbce922432" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5931,51 +5931,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e33185. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99416990ec58de0bb" w:history="1">
+      <w:hyperlink r:id="rId313769abbce92433e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0033185.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6973,51 +6973,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest Alert List: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus bilineatus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Coleoptera: Buprestidae). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85706990ec58de757" w:history="1">
+      <w:hyperlink r:id="rId580969abbce9249ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AGRLBL/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7032,51 +7032,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019) Document 19-24767 Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus bilineatus.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63706990ec58de7b5" w:history="1">
+      <w:hyperlink r:id="rId355269abbce924a50" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AGRLBL/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7901,51 +7901,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 337–343.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Herms DA, McCullough DG, Smitley DR, Sadof CS, Williamson RC &amp; Nixon PL (2014) Insecticide options for protecting ash trees from emerald ash borer. North Central IPM Center Bulletin. Online at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68156990ec58dede1" w:history="1">
+      <w:hyperlink r:id="rId529569abbce924fe6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.emeraldashborer.info/files/Multistate_EAB_Insecticide_Fact_Sheet.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9955,51 +9955,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Portal Quercus (2017) Quercus portal: A European genetic and genomic web resources for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Quercus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10836990ec58dfb04" w:history="1">
+      <w:hyperlink r:id="rId651769abbce925d4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://arachne.pierroton.inra.fr/QuercusPortal/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10170,51 +10170,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2344–2353.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solomon JD (1995) Guide to Insect Borers in North American Broadleaf Trees and Shrubs. USDA Forest Service, Agriculture Handbook, AH-706. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57736990ec58dfc70" w:history="1">
+      <w:hyperlink r:id="rId773469abbce92600a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/treesearch/pubs/22150</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10463,51 +10463,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 128–148.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VTFPR (Vermont Department of Forests, Parks and Recreation) (2011) Forest Insect and Disease Conditions in Vermont 2011. Vermont Agency of Natural Resources, Department of Forests, Parks &amp; Recreation, Waterbury (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92266990ec58dfe5b" w:history="1">
+      <w:hyperlink r:id="rId698269abbce92620b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://fpr.vermont.gov/sites/fpr/files/Forest_and_Forestry/Forest_Health/Library/Final2011ConditionsReport.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10787,51 +10787,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus bilineatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15796990ec58e0068" w:history="1">
+      <w:hyperlink r:id="rId267969abbce92641d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10916,51 +10916,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 158-165. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95486990ec58e013d" w:history="1">
+      <w:hyperlink r:id="rId999669abbce9264f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12641</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -11056,137 +11056,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="37275727">
+  <w:abstractNum w:abstractNumId="38159974">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58441100">
+    <w:lvl w:ilvl="0" w:tplc="43155407">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="58441100" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="43155407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="58441100" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="43155407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="58441100" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="43155407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="58441100" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="43155407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="58441100" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="43155407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="58441100" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="43155407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="58441100" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="43155407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="58441100" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="43155407" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37275726">
+  <w:abstractNum w:abstractNumId="38159973">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90759902">
+    <w:lvl w:ilvl="0" w:tplc="35295415">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11938,55 +11938,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="37275726">
-    <w:abstractNumId w:val="37275726"/>
+  <w:num w:numId="38159973">
+    <w:abstractNumId w:val="38159973"/>
   </w:num>
-  <w:num w:numId="37275727">
-    <w:abstractNumId w:val="37275727"/>
+  <w:num w:numId="38159974">
+    <w:abstractNumId w:val="38159974"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23536,51 +23536,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId931840177" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId569649106" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId14466990ec58da71f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/" TargetMode="External"/><Relationship Id="rId34016990ec58da772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/categorization" TargetMode="External"/><Relationship Id="rId45426990ec58dafc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/photos" TargetMode="External"/><Relationship Id="rId99416990ec58de0bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0033185." TargetMode="External"/><Relationship Id="rId85706990ec58de757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/documents" TargetMode="External"/><Relationship Id="rId63706990ec58de7b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/documents" TargetMode="External"/><Relationship Id="rId68156990ec58dede1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/files/Multistate_EAB_Insecticide_Fact_Sheet.pdf" TargetMode="External"/><Relationship Id="rId10836990ec58dfb04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arachne.pierroton.inra.fr/QuercusPortal/" TargetMode="External"/><Relationship Id="rId57736990ec58dfc70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/treesearch/pubs/22150" TargetMode="External"/><Relationship Id="rId92266990ec58dfe5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fpr.vermont.gov/sites/fpr/files/Forest_and_Forestry/Forest_Health/Library/Final2011ConditionsReport.pdf" TargetMode="External"/><Relationship Id="rId15796990ec58e0068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId95486990ec58e013d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12641" TargetMode="External"/><Relationship Id="rId67036990ec58dae87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId67036990ec58dae87.jpg"/><Relationship Id="rId29936990ec58dc2a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29936990ec58dc2a2.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId116315622" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId874598417" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId133769abbce920395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/" TargetMode="External"/><Relationship Id="rId185769abbce920409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/categorization" TargetMode="External"/><Relationship Id="rId520169abbce920aa3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/photos" TargetMode="External"/><Relationship Id="rId313769abbce92433e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0033185." TargetMode="External"/><Relationship Id="rId580969abbce9249ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/documents" TargetMode="External"/><Relationship Id="rId355269abbce924a50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/documents" TargetMode="External"/><Relationship Id="rId529569abbce924fe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/files/Multistate_EAB_Insecticide_Fact_Sheet.pdf" TargetMode="External"/><Relationship Id="rId651769abbce925d4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arachne.pierroton.inra.fr/QuercusPortal/" TargetMode="External"/><Relationship Id="rId773469abbce92600a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/treesearch/pubs/22150" TargetMode="External"/><Relationship Id="rId698269abbce92620b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fpr.vermont.gov/sites/fpr/files/Forest_and_Forestry/Forest_Health/Library/Final2011ConditionsReport.pdf" TargetMode="External"/><Relationship Id="rId267969abbce92641d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId999669abbce9264f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12641" TargetMode="External"/><Relationship Id="rId140569abbce9207e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId140569abbce9207e4.jpg"/><Relationship Id="rId734069abbce922432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId734069abbce922432.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>