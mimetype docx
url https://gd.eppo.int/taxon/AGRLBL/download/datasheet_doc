--- v7 (2026-03-07)
+++ v8 (2026-03-27)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Weber</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> two-lined chestnut borer, twolined chestnut borer (US)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133769abbce920395" w:history="1">
+            <w:hyperlink r:id="rId127169c6324e27446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185769abbce920409" w:history="1">
+            <w:hyperlink r:id="rId691069c6324e2748b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AGRLBL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="3148573" name="name153569abbce9207e7" descr="7307.jpg"/>
+                  <wp:docPr id="22437847" name="name244869c6324e27a6f" descr="7307.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="7307.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId140569abbce9207e4" cstate="print"/>
+                          <a:blip r:embed="rId425269c6324e27a6e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId520169abbce920aa3" w:history="1">
+            <w:hyperlink r:id="rId335669c6324e27ba3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1481,63 +1481,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. bilineatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is considered to be established in Turkey (EPPO, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="68711847" name="name608569abbce922436" descr="AGRLBL_distribution_map.jpg"/>
+            <wp:docPr id="20357417" name="name360869c6324e28ee2" descr="AGRLBL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AGRLBL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId734069abbce922432" cstate="print"/>
+                    <a:blip r:embed="rId156269c6324e28edf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5931,51 +5931,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), e33185. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId313769abbce92433e" w:history="1">
+      <w:hyperlink r:id="rId939769c6324e2ace7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0033185.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6973,51 +6973,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest Alert List: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus bilineatus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(Coleoptera: Buprestidae). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId580969abbce9249ef" w:history="1">
+      <w:hyperlink r:id="rId596069c6324e2b3b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AGRLBL/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7032,51 +7032,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2019) Document 19-24767 Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus bilineatus.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId355269abbce924a50" w:history="1">
+      <w:hyperlink r:id="rId847869c6324e2b411" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/AGRLBL/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7901,51 +7901,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 337–343.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Herms DA, McCullough DG, Smitley DR, Sadof CS, Williamson RC &amp; Nixon PL (2014) Insecticide options for protecting ash trees from emerald ash borer. North Central IPM Center Bulletin. Online at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId529569abbce924fe6" w:history="1">
+      <w:hyperlink r:id="rId304569c6324e2b9ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.emeraldashborer.info/files/Multistate_EAB_Insecticide_Fact_Sheet.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -9955,51 +9955,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Portal Quercus (2017) Quercus portal: A European genetic and genomic web resources for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Quercus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId651769abbce925d4a" w:history="1">
+      <w:hyperlink r:id="rId481769c6324e2c6bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://arachne.pierroton.inra.fr/QuercusPortal/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10170,51 +10170,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2344–2353.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solomon JD (1995) Guide to Insect Borers in North American Broadleaf Trees and Shrubs. USDA Forest Service, Agriculture Handbook, AH-706. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId773469abbce92600a" w:history="1">
+      <w:hyperlink r:id="rId844069c6324e2c820" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.fs.usda.gov/treesearch/pubs/22150</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10463,51 +10463,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 128–148.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VTFPR (Vermont Department of Forests, Parks and Recreation) (2011) Forest Insect and Disease Conditions in Vermont 2011. Vermont Agency of Natural Resources, Department of Forests, Parks &amp; Recreation, Waterbury (US). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId698269abbce92620b" w:history="1">
+      <w:hyperlink r:id="rId588169c6324e2ca07" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://fpr.vermont.gov/sites/fpr/files/Forest_and_Forestry/Forest_Health/Library/Final2011ConditionsReport.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 01 August 2019]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10787,51 +10787,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus bilineatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId267969abbce92641d" w:history="1">
+      <w:hyperlink r:id="rId521369c6324e2cc14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10916,51 +10916,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 158-165. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId999669abbce9264f1" w:history="1">
+      <w:hyperlink r:id="rId510669c6324e2cce6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12641</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -11056,137 +11056,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="38159974">
+  <w:abstractNum w:abstractNumId="70387696">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43155407">
+    <w:lvl w:ilvl="0" w:tplc="29192087">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="43155407" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="29192087" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="43155407" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="29192087" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="43155407" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="29192087" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="43155407" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="29192087" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="43155407" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="29192087" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="43155407" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="29192087" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="43155407" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="29192087" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="43155407" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="29192087" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38159973">
+  <w:abstractNum w:abstractNumId="70387695">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35295415">
+    <w:lvl w:ilvl="0" w:tplc="38153384">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11938,55 +11938,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="38159973">
-    <w:abstractNumId w:val="38159973"/>
+  <w:num w:numId="70387695">
+    <w:abstractNumId w:val="70387695"/>
   </w:num>
-  <w:num w:numId="38159974">
-    <w:abstractNumId w:val="38159974"/>
+  <w:num w:numId="70387696">
+    <w:abstractNumId w:val="70387696"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23536,51 +23536,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId116315622" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId874598417" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId133769abbce920395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/" TargetMode="External"/><Relationship Id="rId185769abbce920409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/categorization" TargetMode="External"/><Relationship Id="rId520169abbce920aa3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/photos" TargetMode="External"/><Relationship Id="rId313769abbce92433e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0033185." TargetMode="External"/><Relationship Id="rId580969abbce9249ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/documents" TargetMode="External"/><Relationship Id="rId355269abbce924a50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/documents" TargetMode="External"/><Relationship Id="rId529569abbce924fe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/files/Multistate_EAB_Insecticide_Fact_Sheet.pdf" TargetMode="External"/><Relationship Id="rId651769abbce925d4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arachne.pierroton.inra.fr/QuercusPortal/" TargetMode="External"/><Relationship Id="rId773469abbce92600a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/treesearch/pubs/22150" TargetMode="External"/><Relationship Id="rId698269abbce92620b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fpr.vermont.gov/sites/fpr/files/Forest_and_Forestry/Forest_Health/Library/Final2011ConditionsReport.pdf" TargetMode="External"/><Relationship Id="rId267969abbce92641d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId999669abbce9264f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12641" TargetMode="External"/><Relationship Id="rId140569abbce9207e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId140569abbce9207e4.jpg"/><Relationship Id="rId734069abbce922432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId734069abbce922432.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId958545019" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId457975218" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId127169c6324e27446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/" TargetMode="External"/><Relationship Id="rId691069c6324e2748b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/categorization" TargetMode="External"/><Relationship Id="rId335669c6324e27ba3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/photos" TargetMode="External"/><Relationship Id="rId939769c6324e2ace7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0033185." TargetMode="External"/><Relationship Id="rId596069c6324e2b3b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/documents" TargetMode="External"/><Relationship Id="rId847869c6324e2b411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLBL/documents" TargetMode="External"/><Relationship Id="rId304569c6324e2b9ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/files/Multistate_EAB_Insecticide_Fact_Sheet.pdf" TargetMode="External"/><Relationship Id="rId481769c6324e2c6bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arachne.pierroton.inra.fr/QuercusPortal/" TargetMode="External"/><Relationship Id="rId844069c6324e2c820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fs.usda.gov/treesearch/pubs/22150" TargetMode="External"/><Relationship Id="rId588169c6324e2ca07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fpr.vermont.gov/sites/fpr/files/Forest_and_Forestry/Forest_Health/Library/Final2011ConditionsReport.pdf" TargetMode="External"/><Relationship Id="rId521369c6324e2cc14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId510669c6324e2cce6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/epp.12641" TargetMode="External"/><Relationship Id="rId425269c6324e27a6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId425269c6324e27a6e.jpg"/><Relationship Id="rId156269c6324e28edf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId156269c6324e28edf.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>