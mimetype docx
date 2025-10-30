--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> LeConte</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bronze birch borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId943168e702ee0e088" w:history="1">
+            <w:hyperlink r:id="rId68976902f979def20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId656568e702ee0e0f3" w:history="1">
+            <w:hyperlink r:id="rId23646902f979def8b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AGRLAX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="72469454" name="name806068e702ee0e7af" descr="6964.jpg"/>
+                  <wp:docPr id="26224226" name="name89446902f979df055" descr="6964.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="6964.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId665468e702ee0e7ad" cstate="print"/>
+                          <a:blip r:embed="rId84576902f979df054" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId975768e702ee0e909" w:history="1">
+            <w:hyperlink r:id="rId69046902f979df137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1437,63 +1437,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus anxius </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is native to much of the boreal and north temperate regions of North America where birch occurs (Bright, 1987; Muilenburg &amp; Herms, 2012). Its current range has expanded into the Southern and Western United States as a result of widespread planting of birch species as ornamental trees (Duckles &amp; Svihra, 1995; Muilenburg &amp; Herms, 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="18874154" name="name927268e702ee0fbd3" descr="AGRLAX_distribution_map.jpg"/>
+            <wp:docPr id="60858964" name="name42246902f979e0470" descr="AGRLAX_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AGRLAX_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId510168e702ee0fbd0" cstate="print"/>
+                    <a:blip r:embed="rId84436902f979e046e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6123,51 +6123,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Haack RA, Baranchikov Y, Bauer LS &amp; Poland TM (2015) Emerald ash borer biology and invasion history, pp. 1–13. In R Van Driesche, J Duan, K Abell, L Bauer &amp; J Gould (eds.), Biology and control of emerald ash borer. FHTET–2014–09. USDA Forest Service, Forest Health Technology Enterprise Team, Morgantown, WV.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Herms DA, McCullough DG, Clifford CS, Smitley DR, Miller FD, Cranshaw W (2019) Insecticide options for protecting ash trees from emerald ash borer. North Central IPM Center Bulletin. 3rd Edition. 16 pp. Online at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId609468e702ee11b62" w:history="1">
+      <w:hyperlink r:id="rId96186902f979e23df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.emeraldashborer.info/documents/Multistate_EAB_Insecticide_Fact_Sheet.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 19 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8448,51 +8448,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus anxius</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId636068e702ee12a4f" w:history="1">
+      <w:hyperlink r:id="rId87576902f979e32a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8568,90 +8568,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 409-413. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId512868e702ee12b1a" w:history="1">
+      <w:hyperlink r:id="rId40286902f979e3375" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2011.02510.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="80946433" name="name697968e702ee12e2e" descr="eu_funding_250.png"/>
+            <wp:docPr id="4129328" name="name78786902f979e33df" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId541568e702ee12e2c" cstate="print"/>
+                    <a:blip r:embed="rId78226902f979e33de" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8749,137 +8749,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="12350249">
+  <w:abstractNum w:abstractNumId="16718830">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69232084">
+    <w:lvl w:ilvl="0" w:tplc="49639178">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="69232084" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="49639178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="69232084" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="49639178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="69232084" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="49639178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="69232084" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="49639178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="69232084" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="49639178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="69232084" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="49639178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="69232084" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="49639178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="69232084" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="49639178" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12350248">
+  <w:abstractNum w:abstractNumId="16718829">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22430081">
+    <w:lvl w:ilvl="0" w:tplc="83170877">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9631,55 +9631,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="12350248">
-    <w:abstractNumId w:val="12350248"/>
+  <w:num w:numId="16718829">
+    <w:abstractNumId w:val="16718829"/>
   </w:num>
-  <w:num w:numId="12350249">
-    <w:abstractNumId w:val="12350249"/>
+  <w:num w:numId="16718830">
+    <w:abstractNumId w:val="16718830"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21229,51 +21229,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId462131656" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId221124050" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId943168e702ee0e088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/" TargetMode="External"/><Relationship Id="rId656568e702ee0e0f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/categorization" TargetMode="External"/><Relationship Id="rId975768e702ee0e909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/photos" TargetMode="External"/><Relationship Id="rId609468e702ee11b62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/documents/Multistate_EAB_Insecticide_Fact_Sheet.pdf" TargetMode="External"/><Relationship Id="rId636068e702ee12a4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId512868e702ee12b1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2011.02510.x" TargetMode="External"/><Relationship Id="rId665468e702ee0e7ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId665468e702ee0e7ad.jpg"/><Relationship Id="rId510168e702ee0fbd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId510168e702ee0fbd0.jpg"/><Relationship Id="rId541568e702ee12e2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId541568e702ee12e2c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId630075672" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId917026107" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId68976902f979def20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/" TargetMode="External"/><Relationship Id="rId23646902f979def8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/categorization" TargetMode="External"/><Relationship Id="rId69046902f979df137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/photos" TargetMode="External"/><Relationship Id="rId96186902f979e23df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/documents/Multistate_EAB_Insecticide_Fact_Sheet.pdf" TargetMode="External"/><Relationship Id="rId87576902f979e32a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId40286902f979e3375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2011.02510.x" TargetMode="External"/><Relationship Id="rId84576902f979df054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId84576902f979df054.jpg"/><Relationship Id="rId84436902f979e046e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId84436902f979e046e.jpg"/><Relationship Id="rId78226902f979e33de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId78226902f979e33de.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>