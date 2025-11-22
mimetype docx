--- v1 (2025-10-30)
+++ v2 (2025-11-22)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> LeConte</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bronze birch borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68976902f979def20" w:history="1">
+            <w:hyperlink r:id="rId706769219f9b98305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23646902f979def8b" w:history="1">
+            <w:hyperlink r:id="rId490369219f9b983ac" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AGRLAX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="26224226" name="name89446902f979df055" descr="6964.jpg"/>
+                  <wp:docPr id="5149814" name="name959769219f9b98bcc" descr="6964.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="6964.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId84576902f979df054" cstate="print"/>
+                          <a:blip r:embed="rId614269219f9b98bcb" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId69046902f979df137" w:history="1">
+            <w:hyperlink r:id="rId774769219f9b98d66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1437,63 +1437,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus anxius </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is native to much of the boreal and north temperate regions of North America where birch occurs (Bright, 1987; Muilenburg &amp; Herms, 2012). Its current range has expanded into the Southern and Western United States as a result of widespread planting of birch species as ornamental trees (Duckles &amp; Svihra, 1995; Muilenburg &amp; Herms, 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="60858964" name="name42246902f979e0470" descr="AGRLAX_distribution_map.jpg"/>
+            <wp:docPr id="71246707" name="name548069219f9b9a340" descr="AGRLAX_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AGRLAX_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId84436902f979e046e" cstate="print"/>
+                    <a:blip r:embed="rId964369219f9b9a33e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6123,51 +6123,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Haack RA, Baranchikov Y, Bauer LS &amp; Poland TM (2015) Emerald ash borer biology and invasion history, pp. 1–13. In R Van Driesche, J Duan, K Abell, L Bauer &amp; J Gould (eds.), Biology and control of emerald ash borer. FHTET–2014–09. USDA Forest Service, Forest Health Technology Enterprise Team, Morgantown, WV.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Herms DA, McCullough DG, Clifford CS, Smitley DR, Miller FD, Cranshaw W (2019) Insecticide options for protecting ash trees from emerald ash borer. North Central IPM Center Bulletin. 3rd Edition. 16 pp. Online at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96186902f979e23df" w:history="1">
+      <w:hyperlink r:id="rId680869219f9b9c791" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.emeraldashborer.info/documents/Multistate_EAB_Insecticide_Fact_Sheet.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 19 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8448,51 +8448,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus anxius</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87576902f979e32a2" w:history="1">
+      <w:hyperlink r:id="rId440169219f9b9d697" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8568,90 +8568,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 409-413. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40286902f979e3375" w:history="1">
+      <w:hyperlink r:id="rId263669219f9b9d764" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2011.02510.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="4129328" name="name78786902f979e33df" descr="eu_funding_250.png"/>
+            <wp:docPr id="40312431" name="name793869219f9b9da88" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId78226902f979e33de" cstate="print"/>
+                    <a:blip r:embed="rId337069219f9b9da87" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8749,137 +8749,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="16718830">
+  <w:abstractNum w:abstractNumId="59952139">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49639178">
+    <w:lvl w:ilvl="0" w:tplc="63463650">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="49639178" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="63463650" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="49639178" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="63463650" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="49639178" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="63463650" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="49639178" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="63463650" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="49639178" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63463650" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="49639178" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="63463650" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="49639178" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="63463650" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="49639178" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="63463650" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16718829">
+  <w:abstractNum w:abstractNumId="59952138">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83170877">
+    <w:lvl w:ilvl="0" w:tplc="93328584">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9631,55 +9631,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16718829">
-    <w:abstractNumId w:val="16718829"/>
+  <w:num w:numId="59952138">
+    <w:abstractNumId w:val="59952138"/>
   </w:num>
-  <w:num w:numId="16718830">
-    <w:abstractNumId w:val="16718830"/>
+  <w:num w:numId="59952139">
+    <w:abstractNumId w:val="59952139"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21229,51 +21229,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId630075672" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId917026107" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId68976902f979def20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/" TargetMode="External"/><Relationship Id="rId23646902f979def8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/categorization" TargetMode="External"/><Relationship Id="rId69046902f979df137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/photos" TargetMode="External"/><Relationship Id="rId96186902f979e23df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/documents/Multistate_EAB_Insecticide_Fact_Sheet.pdf" TargetMode="External"/><Relationship Id="rId87576902f979e32a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId40286902f979e3375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2011.02510.x" TargetMode="External"/><Relationship Id="rId84576902f979df054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId84576902f979df054.jpg"/><Relationship Id="rId84436902f979e046e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId84436902f979e046e.jpg"/><Relationship Id="rId78226902f979e33de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId78226902f979e33de.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId718800174" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId854143580" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId706769219f9b98305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/" TargetMode="External"/><Relationship Id="rId490369219f9b983ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/categorization" TargetMode="External"/><Relationship Id="rId774769219f9b98d66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/photos" TargetMode="External"/><Relationship Id="rId680869219f9b9c791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/documents/Multistate_EAB_Insecticide_Fact_Sheet.pdf" TargetMode="External"/><Relationship Id="rId440169219f9b9d697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId263669219f9b9d764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2011.02510.x" TargetMode="External"/><Relationship Id="rId614269219f9b98bcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId614269219f9b98bcb.jpg"/><Relationship Id="rId964369219f9b9a33e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId964369219f9b9a33e.jpg"/><Relationship Id="rId337069219f9b9da87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId337069219f9b9da87.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>