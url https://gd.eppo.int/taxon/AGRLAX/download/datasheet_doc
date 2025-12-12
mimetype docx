--- v2 (2025-11-22)
+++ v3 (2025-12-12)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> LeConte</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bronze birch borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId706769219f9b98305" w:history="1">
+            <w:hyperlink r:id="rId5731693c89bf64c5f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId490369219f9b983ac" w:history="1">
+            <w:hyperlink r:id="rId2764693c89bf64cc9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AGRLAX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="5149814" name="name959769219f9b98bcc" descr="6964.jpg"/>
+                  <wp:docPr id="33005015" name="name6991693c89bf64d89" descr="6964.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="6964.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId614269219f9b98bcb" cstate="print"/>
+                          <a:blip r:embed="rId3572693c89bf64d88" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId774769219f9b98d66" w:history="1">
+            <w:hyperlink r:id="rId3500693c89bf64e8a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1437,63 +1437,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus anxius </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is native to much of the boreal and north temperate regions of North America where birch occurs (Bright, 1987; Muilenburg &amp; Herms, 2012). Its current range has expanded into the Southern and Western United States as a result of widespread planting of birch species as ornamental trees (Duckles &amp; Svihra, 1995; Muilenburg &amp; Herms, 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="71246707" name="name548069219f9b9a340" descr="AGRLAX_distribution_map.jpg"/>
+            <wp:docPr id="76639034" name="name8562693c89bf6629e" descr="AGRLAX_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AGRLAX_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId964369219f9b9a33e" cstate="print"/>
+                    <a:blip r:embed="rId9967693c89bf6629a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6123,51 +6123,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Haack RA, Baranchikov Y, Bauer LS &amp; Poland TM (2015) Emerald ash borer biology and invasion history, pp. 1–13. In R Van Driesche, J Duan, K Abell, L Bauer &amp; J Gould (eds.), Biology and control of emerald ash borer. FHTET–2014–09. USDA Forest Service, Forest Health Technology Enterprise Team, Morgantown, WV.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Herms DA, McCullough DG, Clifford CS, Smitley DR, Miller FD, Cranshaw W (2019) Insecticide options for protecting ash trees from emerald ash borer. North Central IPM Center Bulletin. 3rd Edition. 16 pp. Online at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId680869219f9b9c791" w:history="1">
+      <w:hyperlink r:id="rId1545693c89bf68507" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.emeraldashborer.info/documents/Multistate_EAB_Insecticide_Fact_Sheet.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 19 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8448,51 +8448,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus anxius</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId440169219f9b9d697" w:history="1">
+      <w:hyperlink r:id="rId1189693c89bf698ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8568,90 +8568,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 409-413. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId263669219f9b9d764" w:history="1">
+      <w:hyperlink r:id="rId8069693c89bf69c8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2011.02510.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="40312431" name="name793869219f9b9da88" descr="eu_funding_250.png"/>
+            <wp:docPr id="25642103" name="name3127693c89bf69d08" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId337069219f9b9da87" cstate="print"/>
+                    <a:blip r:embed="rId9005693c89bf69d06" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8749,137 +8749,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="59952139">
+  <w:abstractNum w:abstractNumId="91781254">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63463650">
+    <w:lvl w:ilvl="0" w:tplc="27174312">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="63463650" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="27174312" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="63463650" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="27174312" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="63463650" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="27174312" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="63463650" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="27174312" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="63463650" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="27174312" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="63463650" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="27174312" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="63463650" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="27174312" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="63463650" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="27174312" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="59952138">
+  <w:abstractNum w:abstractNumId="91781253">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93328584">
+    <w:lvl w:ilvl="0" w:tplc="76999491">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9631,55 +9631,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="59952138">
-    <w:abstractNumId w:val="59952138"/>
+  <w:num w:numId="91781253">
+    <w:abstractNumId w:val="91781253"/>
   </w:num>
-  <w:num w:numId="59952139">
-    <w:abstractNumId w:val="59952139"/>
+  <w:num w:numId="91781254">
+    <w:abstractNumId w:val="91781254"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21229,51 +21229,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId718800174" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId854143580" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId706769219f9b98305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/" TargetMode="External"/><Relationship Id="rId490369219f9b983ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/categorization" TargetMode="External"/><Relationship Id="rId774769219f9b98d66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/photos" TargetMode="External"/><Relationship Id="rId680869219f9b9c791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/documents/Multistate_EAB_Insecticide_Fact_Sheet.pdf" TargetMode="External"/><Relationship Id="rId440169219f9b9d697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId263669219f9b9d764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2011.02510.x" TargetMode="External"/><Relationship Id="rId614269219f9b98bcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId614269219f9b98bcb.jpg"/><Relationship Id="rId964369219f9b9a33e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId964369219f9b9a33e.jpg"/><Relationship Id="rId337069219f9b9da87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId337069219f9b9da87.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId130236189" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId364359772" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5731693c89bf64c5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/" TargetMode="External"/><Relationship Id="rId2764693c89bf64cc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/categorization" TargetMode="External"/><Relationship Id="rId3500693c89bf64e8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/photos" TargetMode="External"/><Relationship Id="rId1545693c89bf68507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/documents/Multistate_EAB_Insecticide_Fact_Sheet.pdf" TargetMode="External"/><Relationship Id="rId1189693c89bf698ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8069693c89bf69c8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2011.02510.x" TargetMode="External"/><Relationship Id="rId3572693c89bf64d88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3572693c89bf64d88.jpg"/><Relationship Id="rId9967693c89bf6629a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9967693c89bf6629a.jpg"/><Relationship Id="rId9005693c89bf69d06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9005693c89bf69d06.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>