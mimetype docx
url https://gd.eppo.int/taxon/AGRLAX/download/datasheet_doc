--- v3 (2025-12-12)
+++ v4 (2026-01-01)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> LeConte</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bronze birch borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5731693c89bf64c5f" w:history="1">
+            <w:hyperlink r:id="rId10646956faeba7a67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2764693c89bf64cc9" w:history="1">
+            <w:hyperlink r:id="rId15056956faeba7ad1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AGRLAX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="33005015" name="name6991693c89bf64d89" descr="6964.jpg"/>
+                  <wp:docPr id="52000144" name="name72676956faeba81b8" descr="6964.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="6964.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3572693c89bf64d88" cstate="print"/>
+                          <a:blip r:embed="rId71236956faeba81b5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3500693c89bf64e8a" w:history="1">
+            <w:hyperlink r:id="rId99816956faeba82e6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1437,63 +1437,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus anxius </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is native to much of the boreal and north temperate regions of North America where birch occurs (Bright, 1987; Muilenburg &amp; Herms, 2012). Its current range has expanded into the Southern and Western United States as a result of widespread planting of birch species as ornamental trees (Duckles &amp; Svihra, 1995; Muilenburg &amp; Herms, 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="76639034" name="name8562693c89bf6629e" descr="AGRLAX_distribution_map.jpg"/>
+            <wp:docPr id="89341138" name="name97656956faeba9579" descr="AGRLAX_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AGRLAX_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9967693c89bf6629a" cstate="print"/>
+                    <a:blip r:embed="rId32576956faeba9577" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6123,51 +6123,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Haack RA, Baranchikov Y, Bauer LS &amp; Poland TM (2015) Emerald ash borer biology and invasion history, pp. 1–13. In R Van Driesche, J Duan, K Abell, L Bauer &amp; J Gould (eds.), Biology and control of emerald ash borer. FHTET–2014–09. USDA Forest Service, Forest Health Technology Enterprise Team, Morgantown, WV.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Herms DA, McCullough DG, Clifford CS, Smitley DR, Miller FD, Cranshaw W (2019) Insecticide options for protecting ash trees from emerald ash borer. North Central IPM Center Bulletin. 3rd Edition. 16 pp. Online at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1545693c89bf68507" w:history="1">
+      <w:hyperlink r:id="rId30906956faebab52b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.emeraldashborer.info/documents/Multistate_EAB_Insecticide_Fact_Sheet.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 19 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8426,73 +8426,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus anxius</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1189693c89bf698ed" w:history="1">
+      <w:hyperlink r:id="rId32366956faebac3f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8568,90 +8568,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 409-413. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8069693c89bf69c8e" w:history="1">
+      <w:hyperlink r:id="rId96596956faebac4bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2011.02510.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="25642103" name="name3127693c89bf69d08" descr="eu_funding_250.png"/>
+            <wp:docPr id="92596169" name="name34216956faebac887" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9005693c89bf69d06" cstate="print"/>
+                    <a:blip r:embed="rId92506956faebac885" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8749,137 +8749,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="91781254">
+  <w:abstractNum w:abstractNumId="10945257">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27174312">
+    <w:lvl w:ilvl="0" w:tplc="33999578">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="27174312" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="33999578" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="27174312" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="33999578" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="27174312" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="33999578" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="27174312" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="33999578" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="27174312" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="33999578" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="27174312" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="33999578" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="27174312" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="33999578" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="27174312" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="33999578" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="91781253">
+  <w:abstractNum w:abstractNumId="10945256">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76999491">
+    <w:lvl w:ilvl="0" w:tplc="73338761">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9631,55 +9631,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="91781253">
-    <w:abstractNumId w:val="91781253"/>
+  <w:num w:numId="10945256">
+    <w:abstractNumId w:val="10945256"/>
   </w:num>
-  <w:num w:numId="91781254">
-    <w:abstractNumId w:val="91781254"/>
+  <w:num w:numId="10945257">
+    <w:abstractNumId w:val="10945257"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21229,51 +21229,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId130236189" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId364359772" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5731693c89bf64c5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/" TargetMode="External"/><Relationship Id="rId2764693c89bf64cc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/categorization" TargetMode="External"/><Relationship Id="rId3500693c89bf64e8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/photos" TargetMode="External"/><Relationship Id="rId1545693c89bf68507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/documents/Multistate_EAB_Insecticide_Fact_Sheet.pdf" TargetMode="External"/><Relationship Id="rId1189693c89bf698ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8069693c89bf69c8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2011.02510.x" TargetMode="External"/><Relationship Id="rId3572693c89bf64d88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3572693c89bf64d88.jpg"/><Relationship Id="rId9967693c89bf6629a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9967693c89bf6629a.jpg"/><Relationship Id="rId9005693c89bf69d06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9005693c89bf69d06.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId625469034" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId519352578" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId10646956faeba7a67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/" TargetMode="External"/><Relationship Id="rId15056956faeba7ad1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/categorization" TargetMode="External"/><Relationship Id="rId99816956faeba82e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/photos" TargetMode="External"/><Relationship Id="rId30906956faebab52b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/documents/Multistate_EAB_Insecticide_Fact_Sheet.pdf" TargetMode="External"/><Relationship Id="rId32366956faebac3f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId96596956faebac4bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2011.02510.x" TargetMode="External"/><Relationship Id="rId71236956faeba81b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId71236956faeba81b5.jpg"/><Relationship Id="rId32576956faeba9577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId32576956faeba9577.jpg"/><Relationship Id="rId92506956faebac885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId92506956faebac885.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>