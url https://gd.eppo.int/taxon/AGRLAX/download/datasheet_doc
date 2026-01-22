--- v4 (2026-01-01)
+++ v5 (2026-01-22)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> LeConte</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bronze birch borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10646956faeba7a67" w:history="1">
+            <w:hyperlink r:id="rId81736971a73252290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15056956faeba7ad1" w:history="1">
+            <w:hyperlink r:id="rId51456971a732522f8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AGRLAX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="52000144" name="name72676956faeba81b8" descr="6964.jpg"/>
+                  <wp:docPr id="13481344" name="name32056971a732528d2" descr="6964.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="6964.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId71236956faeba81b5" cstate="print"/>
+                          <a:blip r:embed="rId10046971a732528d0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId99816956faeba82e6" w:history="1">
+            <w:hyperlink r:id="rId16756971a732529e3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1437,63 +1437,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus anxius </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is native to much of the boreal and north temperate regions of North America where birch occurs (Bright, 1987; Muilenburg &amp; Herms, 2012). Its current range has expanded into the Southern and Western United States as a result of widespread planting of birch species as ornamental trees (Duckles &amp; Svihra, 1995; Muilenburg &amp; Herms, 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="89341138" name="name97656956faeba9579" descr="AGRLAX_distribution_map.jpg"/>
+            <wp:docPr id="13700849" name="name97826971a73253a0b" descr="AGRLAX_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AGRLAX_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId32576956faeba9577" cstate="print"/>
+                    <a:blip r:embed="rId21566971a73253a09" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6123,51 +6123,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Haack RA, Baranchikov Y, Bauer LS &amp; Poland TM (2015) Emerald ash borer biology and invasion history, pp. 1–13. In R Van Driesche, J Duan, K Abell, L Bauer &amp; J Gould (eds.), Biology and control of emerald ash borer. FHTET–2014–09. USDA Forest Service, Forest Health Technology Enterprise Team, Morgantown, WV.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Herms DA, McCullough DG, Clifford CS, Smitley DR, Miller FD, Cranshaw W (2019) Insecticide options for protecting ash trees from emerald ash borer. North Central IPM Center Bulletin. 3rd Edition. 16 pp. Online at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30906956faebab52b" w:history="1">
+      <w:hyperlink r:id="rId56586971a732559c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.emeraldashborer.info/documents/Multistate_EAB_Insecticide_Fact_Sheet.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 19 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8448,51 +8448,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus anxius</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32366956faebac3f3" w:history="1">
+      <w:hyperlink r:id="rId48256971a732569fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8568,90 +8568,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 409-413. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96596956faebac4bb" w:history="1">
+      <w:hyperlink r:id="rId17166971a73256acb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2011.02510.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="92596169" name="name34216956faebac887" descr="eu_funding_250.png"/>
+            <wp:docPr id="61142126" name="name10286971a73256b6b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId92506956faebac885" cstate="print"/>
+                    <a:blip r:embed="rId73576971a73256b6a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8749,137 +8749,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="10945257">
+  <w:abstractNum w:abstractNumId="71385047">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33999578">
+    <w:lvl w:ilvl="0" w:tplc="95309995">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="33999578" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="95309995" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="33999578" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="95309995" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="33999578" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="95309995" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="33999578" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="95309995" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="33999578" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="95309995" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="33999578" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="95309995" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="33999578" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="95309995" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="33999578" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="95309995" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10945256">
+  <w:abstractNum w:abstractNumId="71385046">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73338761">
+    <w:lvl w:ilvl="0" w:tplc="89598133">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9631,55 +9631,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10945256">
-    <w:abstractNumId w:val="10945256"/>
+  <w:num w:numId="71385046">
+    <w:abstractNumId w:val="71385046"/>
   </w:num>
-  <w:num w:numId="10945257">
-    <w:abstractNumId w:val="10945257"/>
+  <w:num w:numId="71385047">
+    <w:abstractNumId w:val="71385047"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21229,51 +21229,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId625469034" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId519352578" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId10646956faeba7a67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/" TargetMode="External"/><Relationship Id="rId15056956faeba7ad1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/categorization" TargetMode="External"/><Relationship Id="rId99816956faeba82e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/photos" TargetMode="External"/><Relationship Id="rId30906956faebab52b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/documents/Multistate_EAB_Insecticide_Fact_Sheet.pdf" TargetMode="External"/><Relationship Id="rId32366956faebac3f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId96596956faebac4bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2011.02510.x" TargetMode="External"/><Relationship Id="rId71236956faeba81b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId71236956faeba81b5.jpg"/><Relationship Id="rId32576956faeba9577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId32576956faeba9577.jpg"/><Relationship Id="rId92506956faebac885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId92506956faebac885.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId814079488" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId847560420" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId81736971a73252290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/" TargetMode="External"/><Relationship Id="rId51456971a732522f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/categorization" TargetMode="External"/><Relationship Id="rId16756971a732529e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/photos" TargetMode="External"/><Relationship Id="rId56586971a732559c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/documents/Multistate_EAB_Insecticide_Fact_Sheet.pdf" TargetMode="External"/><Relationship Id="rId48256971a732569fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId17166971a73256acb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2011.02510.x" TargetMode="External"/><Relationship Id="rId10046971a732528d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId10046971a732528d0.jpg"/><Relationship Id="rId21566971a73253a09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId21566971a73253a09.jpg"/><Relationship Id="rId73576971a73256b6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73576971a73256b6a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>