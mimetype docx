--- v5 (2026-01-22)
+++ v6 (2026-02-11)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> LeConte</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bronze birch borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81736971a73252290" w:history="1">
+            <w:hyperlink r:id="rId5390698c4df465db3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -350,53 +350,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51456971a732522f8" w:history="1">
+            <w:hyperlink r:id="rId3698698c4df465e23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AGRLAX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="13481344" name="name32056971a732528d2" descr="6964.jpg"/>
+                  <wp:docPr id="46762219" name="name8342698c4df465f17" descr="6964.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="6964.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId10046971a732528d0" cstate="print"/>
+                          <a:blip r:embed="rId6000698c4df465f15" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId16756971a732529e3" w:history="1">
+            <w:hyperlink r:id="rId8458698c4df466040" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1437,63 +1437,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus anxius </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is native to much of the boreal and north temperate regions of North America where birch occurs (Bright, 1987; Muilenburg &amp; Herms, 2012). Its current range has expanded into the Southern and Western United States as a result of widespread planting of birch species as ornamental trees (Duckles &amp; Svihra, 1995; Muilenburg &amp; Herms, 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="13700849" name="name97826971a73253a0b" descr="AGRLAX_distribution_map.jpg"/>
+            <wp:docPr id="33244570" name="name2199698c4df467825" descr="AGRLAX_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AGRLAX_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId21566971a73253a09" cstate="print"/>
+                    <a:blip r:embed="rId3720698c4df467822" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6123,51 +6123,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Haack RA, Baranchikov Y, Bauer LS &amp; Poland TM (2015) Emerald ash borer biology and invasion history, pp. 1–13. In R Van Driesche, J Duan, K Abell, L Bauer &amp; J Gould (eds.), Biology and control of emerald ash borer. FHTET–2014–09. USDA Forest Service, Forest Health Technology Enterprise Team, Morgantown, WV.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Herms DA, McCullough DG, Clifford CS, Smitley DR, Miller FD, Cranshaw W (2019) Insecticide options for protecting ash trees from emerald ash borer. North Central IPM Center Bulletin. 3rd Edition. 16 pp. Online at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56586971a732559c6" w:history="1">
+      <w:hyperlink r:id="rId2630698c4df469880" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.emeraldashborer.info/documents/Multistate_EAB_Insecticide_Fact_Sheet.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 19 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8448,51 +8448,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus anxius</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48256971a732569fe" w:history="1">
+      <w:hyperlink r:id="rId2033698c4df46a796" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8568,90 +8568,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 409-413. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17166971a73256acb" w:history="1">
+      <w:hyperlink r:id="rId3987698c4df46a862" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2011.02510.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="61142126" name="name10286971a73256b6b" descr="eu_funding_250.png"/>
+            <wp:docPr id="40655044" name="name6320698c4df46a8e9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId73576971a73256b6a" cstate="print"/>
+                    <a:blip r:embed="rId9433698c4df46a8e8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8749,137 +8749,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="71385047">
+  <w:abstractNum w:abstractNumId="69770052">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95309995">
+    <w:lvl w:ilvl="0" w:tplc="14575483">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="95309995" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="14575483" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="95309995" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="14575483" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="95309995" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="14575483" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="95309995" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="14575483" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="95309995" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="14575483" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="95309995" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="14575483" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="95309995" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="14575483" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="95309995" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="14575483" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="71385046">
+  <w:abstractNum w:abstractNumId="69770051">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89598133">
+    <w:lvl w:ilvl="0" w:tplc="85704798">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9631,55 +9631,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="71385046">
-    <w:abstractNumId w:val="71385046"/>
+  <w:num w:numId="69770051">
+    <w:abstractNumId w:val="69770051"/>
   </w:num>
-  <w:num w:numId="71385047">
-    <w:abstractNumId w:val="71385047"/>
+  <w:num w:numId="69770052">
+    <w:abstractNumId w:val="69770052"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21229,51 +21229,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId814079488" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId847560420" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId81736971a73252290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/" TargetMode="External"/><Relationship Id="rId51456971a732522f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/categorization" TargetMode="External"/><Relationship Id="rId16756971a732529e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/photos" TargetMode="External"/><Relationship Id="rId56586971a732559c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/documents/Multistate_EAB_Insecticide_Fact_Sheet.pdf" TargetMode="External"/><Relationship Id="rId48256971a732569fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId17166971a73256acb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2011.02510.x" TargetMode="External"/><Relationship Id="rId10046971a732528d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId10046971a732528d0.jpg"/><Relationship Id="rId21566971a73253a09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId21566971a73253a09.jpg"/><Relationship Id="rId73576971a73256b6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73576971a73256b6a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId179149501" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId311900285" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5390698c4df465db3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/" TargetMode="External"/><Relationship Id="rId3698698c4df465e23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/categorization" TargetMode="External"/><Relationship Id="rId8458698c4df466040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/photos" TargetMode="External"/><Relationship Id="rId2630698c4df469880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/documents/Multistate_EAB_Insecticide_Fact_Sheet.pdf" TargetMode="External"/><Relationship Id="rId2033698c4df46a796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3987698c4df46a862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2011.02510.x" TargetMode="External"/><Relationship Id="rId6000698c4df465f15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6000698c4df465f15.jpg"/><Relationship Id="rId3720698c4df467822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3720698c4df467822.jpg"/><Relationship Id="rId9433698c4df46a8e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9433698c4df46a8e8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>