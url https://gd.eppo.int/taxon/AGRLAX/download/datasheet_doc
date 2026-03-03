--- v6 (2026-02-11)
+++ v7 (2026-03-03)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> LeConte</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bronze birch borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5390698c4df465db3" w:history="1">
+            <w:hyperlink r:id="rId208169a6fe7e83a6d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3698698c4df465e23" w:history="1">
+            <w:hyperlink r:id="rId870369a6fe7e83ada" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AGRLAX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="46762219" name="name8342698c4df465f17" descr="6964.jpg"/>
+                  <wp:docPr id="12965345" name="name325769a6fe7e83fc3" descr="6964.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="6964.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6000698c4df465f15" cstate="print"/>
+                          <a:blip r:embed="rId775869a6fe7e83fc1" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8458698c4df466040" w:history="1">
+            <w:hyperlink r:id="rId496369a6fe7e840ee" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1437,63 +1437,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus anxius </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is native to much of the boreal and north temperate regions of North America where birch occurs (Bright, 1987; Muilenburg &amp; Herms, 2012). Its current range has expanded into the Southern and Western United States as a result of widespread planting of birch species as ornamental trees (Duckles &amp; Svihra, 1995; Muilenburg &amp; Herms, 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="33244570" name="name2199698c4df467825" descr="AGRLAX_distribution_map.jpg"/>
+            <wp:docPr id="84835736" name="name896269a6fe7e855f7" descr="AGRLAX_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AGRLAX_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3720698c4df467822" cstate="print"/>
+                    <a:blip r:embed="rId871669a6fe7e855f5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6123,51 +6123,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Haack RA, Baranchikov Y, Bauer LS &amp; Poland TM (2015) Emerald ash borer biology and invasion history, pp. 1–13. In R Van Driesche, J Duan, K Abell, L Bauer &amp; J Gould (eds.), Biology and control of emerald ash borer. FHTET–2014–09. USDA Forest Service, Forest Health Technology Enterprise Team, Morgantown, WV.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Herms DA, McCullough DG, Clifford CS, Smitley DR, Miller FD, Cranshaw W (2019) Insecticide options for protecting ash trees from emerald ash borer. North Central IPM Center Bulletin. 3rd Edition. 16 pp. Online at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2630698c4df469880" w:history="1">
+      <w:hyperlink r:id="rId107169a6fe7e8765e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.emeraldashborer.info/documents/Multistate_EAB_Insecticide_Fact_Sheet.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 19 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8448,51 +8448,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus anxius</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2033698c4df46a796" w:history="1">
+      <w:hyperlink r:id="rId779469a6fe7e88554" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8568,90 +8568,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 409-413. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3987698c4df46a862" w:history="1">
+      <w:hyperlink r:id="rId893969a6fe7e8861d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2011.02510.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="40655044" name="name6320698c4df46a8e9" descr="eu_funding_250.png"/>
+            <wp:docPr id="71158022" name="name928969a6fe7e8891d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9433698c4df46a8e8" cstate="print"/>
+                    <a:blip r:embed="rId217869a6fe7e8891b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8749,137 +8749,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="69770052">
+  <w:abstractNum w:abstractNumId="45244272">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14575483">
+    <w:lvl w:ilvl="0" w:tplc="44805771">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="14575483" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="44805771" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="14575483" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="44805771" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="14575483" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="44805771" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="14575483" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="44805771" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="14575483" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="44805771" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="14575483" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="44805771" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="14575483" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="44805771" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="14575483" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="44805771" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="69770051">
+  <w:abstractNum w:abstractNumId="45244271">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85704798">
+    <w:lvl w:ilvl="0" w:tplc="46018290">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9631,55 +9631,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="69770051">
-    <w:abstractNumId w:val="69770051"/>
+  <w:num w:numId="45244271">
+    <w:abstractNumId w:val="45244271"/>
   </w:num>
-  <w:num w:numId="69770052">
-    <w:abstractNumId w:val="69770052"/>
+  <w:num w:numId="45244272">
+    <w:abstractNumId w:val="45244272"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21229,51 +21229,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId179149501" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId311900285" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5390698c4df465db3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/" TargetMode="External"/><Relationship Id="rId3698698c4df465e23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/categorization" TargetMode="External"/><Relationship Id="rId8458698c4df466040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/photos" TargetMode="External"/><Relationship Id="rId2630698c4df469880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/documents/Multistate_EAB_Insecticide_Fact_Sheet.pdf" TargetMode="External"/><Relationship Id="rId2033698c4df46a796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3987698c4df46a862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2011.02510.x" TargetMode="External"/><Relationship Id="rId6000698c4df465f15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6000698c4df465f15.jpg"/><Relationship Id="rId3720698c4df467822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3720698c4df467822.jpg"/><Relationship Id="rId9433698c4df46a8e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9433698c4df46a8e8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId322260186" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId425482221" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId208169a6fe7e83a6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/" TargetMode="External"/><Relationship Id="rId870369a6fe7e83ada" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/categorization" TargetMode="External"/><Relationship Id="rId496369a6fe7e840ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/photos" TargetMode="External"/><Relationship Id="rId107169a6fe7e8765e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/documents/Multistate_EAB_Insecticide_Fact_Sheet.pdf" TargetMode="External"/><Relationship Id="rId779469a6fe7e88554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId893969a6fe7e8861d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2011.02510.x" TargetMode="External"/><Relationship Id="rId775869a6fe7e83fc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId775869a6fe7e83fc1.jpg"/><Relationship Id="rId871669a6fe7e855f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId871669a6fe7e855f5.jpg"/><Relationship Id="rId217869a6fe7e8891b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId217869a6fe7e8891b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>