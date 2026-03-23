--- v7 (2026-03-03)
+++ v8 (2026-03-23)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> LeConte</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bronze birch borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208169a6fe7e83a6d" w:history="1">
+            <w:hyperlink r:id="rId680169c1b9219b72d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId870369a6fe7e83ada" w:history="1">
+            <w:hyperlink r:id="rId256569c1b9219b79d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AGRLAX</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="12965345" name="name325769a6fe7e83fc3" descr="6964.jpg"/>
+                  <wp:docPr id="60084810" name="name695469c1b9219b896" descr="6964.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="6964.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId775869a6fe7e83fc1" cstate="print"/>
+                          <a:blip r:embed="rId328969c1b9219b894" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId496369a6fe7e840ee" w:history="1">
+            <w:hyperlink r:id="rId538169c1b9219b9c0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1437,63 +1437,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus anxius </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is native to much of the boreal and north temperate regions of North America where birch occurs (Bright, 1987; Muilenburg &amp; Herms, 2012). Its current range has expanded into the Southern and Western United States as a result of widespread planting of birch species as ornamental trees (Duckles &amp; Svihra, 1995; Muilenburg &amp; Herms, 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="84835736" name="name896269a6fe7e855f7" descr="AGRLAX_distribution_map.jpg"/>
+            <wp:docPr id="25375133" name="name959869c1b9219cd9c" descr="AGRLAX_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AGRLAX_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId871669a6fe7e855f5" cstate="print"/>
+                    <a:blip r:embed="rId331969c1b9219cd98" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6123,51 +6123,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Haack RA, Baranchikov Y, Bauer LS &amp; Poland TM (2015) Emerald ash borer biology and invasion history, pp. 1–13. In R Van Driesche, J Duan, K Abell, L Bauer &amp; J Gould (eds.), Biology and control of emerald ash borer. FHTET–2014–09. USDA Forest Service, Forest Health Technology Enterprise Team, Morgantown, WV.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Herms DA, McCullough DG, Clifford CS, Smitley DR, Miller FD, Cranshaw W (2019) Insecticide options for protecting ash trees from emerald ash borer. North Central IPM Center Bulletin. 3rd Edition. 16 pp. Online at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId107169a6fe7e8765e" w:history="1">
+      <w:hyperlink r:id="rId337069c1b9219ed82" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.emeraldashborer.info/documents/Multistate_EAB_Insecticide_Fact_Sheet.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 19 June 2020].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -8448,51 +8448,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agrilus anxius</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId779469a6fe7e88554" w:history="1">
+      <w:hyperlink r:id="rId128869c1b9219fc52" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8568,90 +8568,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 409-413. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId893969a6fe7e8861d" w:history="1">
+      <w:hyperlink r:id="rId257769c1b9219fd20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2011.02510.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="71158022" name="name928969a6fe7e8891d" descr="eu_funding_250.png"/>
+            <wp:docPr id="53580075" name="name292869c1b9219fdc9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId217869a6fe7e8891b" cstate="print"/>
+                    <a:blip r:embed="rId236469c1b9219fdc8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8749,137 +8749,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="45244272">
+  <w:abstractNum w:abstractNumId="97995165">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44805771">
+    <w:lvl w:ilvl="0" w:tplc="50994740">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="44805771" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="50994740" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="44805771" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="50994740" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="44805771" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="50994740" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="44805771" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50994740" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="44805771" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="50994740" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="44805771" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="50994740" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="44805771" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="50994740" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="44805771" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="50994740" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45244271">
+  <w:abstractNum w:abstractNumId="97995164">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46018290">
+    <w:lvl w:ilvl="0" w:tplc="10632801">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9631,55 +9631,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="45244271">
-    <w:abstractNumId w:val="45244271"/>
+  <w:num w:numId="97995164">
+    <w:abstractNumId w:val="97995164"/>
   </w:num>
-  <w:num w:numId="45244272">
-    <w:abstractNumId w:val="45244272"/>
+  <w:num w:numId="97995165">
+    <w:abstractNumId w:val="97995165"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21229,51 +21229,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId322260186" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId425482221" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId208169a6fe7e83a6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/" TargetMode="External"/><Relationship Id="rId870369a6fe7e83ada" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/categorization" TargetMode="External"/><Relationship Id="rId496369a6fe7e840ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/photos" TargetMode="External"/><Relationship Id="rId107169a6fe7e8765e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/documents/Multistate_EAB_Insecticide_Fact_Sheet.pdf" TargetMode="External"/><Relationship Id="rId779469a6fe7e88554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId893969a6fe7e8861d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2011.02510.x" TargetMode="External"/><Relationship Id="rId775869a6fe7e83fc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId775869a6fe7e83fc1.jpg"/><Relationship Id="rId871669a6fe7e855f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId871669a6fe7e855f5.jpg"/><Relationship Id="rId217869a6fe7e8891b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId217869a6fe7e8891b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId820037564" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId324525366" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId680169c1b9219b72d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/" TargetMode="External"/><Relationship Id="rId256569c1b9219b79d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/categorization" TargetMode="External"/><Relationship Id="rId538169c1b9219b9c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AGRLAX/photos" TargetMode="External"/><Relationship Id="rId337069c1b9219ed82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.emeraldashborer.info/documents/Multistate_EAB_Insecticide_Fact_Sheet.pdf" TargetMode="External"/><Relationship Id="rId128869c1b9219fc52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId257769c1b9219fd20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2011.02510.x" TargetMode="External"/><Relationship Id="rId328969c1b9219b894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId328969c1b9219b894.jpg"/><Relationship Id="rId331969c1b9219cd98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId331969c1b9219cd98.jpg"/><Relationship Id="rId236469c1b9219fdc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId236469c1b9219fdc8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>