--- v0 (2025-10-09)
+++ v1 (2025-11-27)
@@ -511,51 +511,51 @@
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3">
         <v>1994</v>
       </c>
       <c r="F3"/>
       <c r="G3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>14</v>
       </c>
       <c r="B4" t="s">
         <v>15</v>
       </c>
       <c r="C4" t="s">
         <v>16</v>
       </c>
       <c r="D4" t="s">
         <v>17</v>
       </c>
       <c r="E4">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="F4"/>
       <c r="G4"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>14</v>
       </c>
       <c r="B5" t="s">
         <v>18</v>
       </c>
       <c r="C5" t="s">
         <v>19</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5">
         <v>1992</v>
       </c>
       <c r="F5"/>
       <c r="G5"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>