--- v0 (2025-10-09)
+++ v1 (2026-03-25)
@@ -37,51 +37,52 @@
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
     <t>Austropuccinia psidii</t>
   </si>
   <si>
     <t>* Carnegie AJ, Lidbetter JR (2012) Rapidly expanding host range for Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13–29.
 * Toome-Heller M, H, WWH, Ganley R.J, Elliott CEA, Quinn B, Pearson HG &amp; Alexander BJR (2020) Chasing myrtle rust in New Zealand: host range and distribution over the first year after invasion. Australasian Plant Pathology (2020). https://doi.org/10.1007/s13313-020-00694-9
-------- Confirmed host.</t>
+------- Confirmed host.
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
   </si>
   <si>
     <t>XYLBFO</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu lato</t>
   </si>
   <si>
     <t>* Government of Western Australia. Department of Primary Industries and Regional Development. Polyphagous shot-hole borer (PSHB). Australian Host List (version 24.0 - 2024-09-30). https://www.agric.wa.gov.au/sites/gateway/files/PSHB-WA-Host-List_2.pdf
 -------Non-reproductive host in Western Australia.</t>
   </si>
   <si>
     <t>EUWAWH</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu stricto</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>