--- v0 (2025-10-09)
+++ v1 (2025-11-07)
@@ -259,88 +259,88 @@
               <w:t xml:space="preserve">Apple fruit crinkle apscaviroid</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> apple blister bark</w:t>
             </w:r>
-            <w:hyperlink r:id="rId409468e74b62cc7d8" w:history="1">
+            <w:hyperlink r:id="rId2123690dc82d6c10b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId668568e74b62cc835" w:history="1">
+            <w:hyperlink r:id="rId3662690dc82d6c14f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -354,86 +354,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AFCVD0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="52400321" name="name767068e74b62cd01f" descr="12661.jpg"/>
+                  <wp:docPr id="45033419" name="name1049690dc82d6c251" descr="12661.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12661.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId243668e74b62cd01d" cstate="print"/>
+                          <a:blip r:embed="rId6402690dc82d6c250" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId369368e74b62cd13b" w:history="1">
+            <w:hyperlink r:id="rId9516690dc82d6c38a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1028,63 +1028,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2018). There also exists a report of the presence of AFCVd in apple in the Xinjiang province of China (Zhao &amp; Niu, 2009). However, the Genbank AFCVd sequence accessions associated with this report do not appear in Genbank, while the detection appears to rely on a single PCR technique. Taken together, the presence of AFCVd in China should be considered as doubtful.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="37130646" name="name172668e74b62ce228" descr="AFCVD0_distribution_map.jpg"/>
+            <wp:docPr id="38892187" name="name9031690dc82d6d739" descr="AFCVD0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AFCVD0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId594568e74b62ce225" cstate="print"/>
+                    <a:blip r:embed="rId1970690dc82d6d736" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2710,51 +2710,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Apple fruit crinkle viroid</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId975468e74b62ceefe" w:history="1">
+      <w:hyperlink r:id="rId3267690dc82d6e3f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2767,63 +2767,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="29955023" name="name907768e74b62cef98" descr="eu_funding_250.png"/>
+            <wp:docPr id="68407782" name="name1017690dc82d6e7d9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId152868e74b62cef97" cstate="print"/>
+                    <a:blip r:embed="rId4093690dc82d6e7d7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2921,137 +2921,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="37078193">
+  <w:abstractNum w:abstractNumId="48355024">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74023049">
+    <w:lvl w:ilvl="0" w:tplc="16443616">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="74023049" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="16443616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="74023049" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="16443616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="74023049" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="16443616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="74023049" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="16443616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="74023049" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="16443616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="74023049" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="16443616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="74023049" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="16443616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="74023049" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="16443616" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37078192">
+  <w:abstractNum w:abstractNumId="48355023">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41469639">
+    <w:lvl w:ilvl="0" w:tplc="14184338">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3803,55 +3803,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="37078192">
-    <w:abstractNumId w:val="37078192"/>
+  <w:num w:numId="48355023">
+    <w:abstractNumId w:val="48355023"/>
   </w:num>
-  <w:num w:numId="37078193">
-    <w:abstractNumId w:val="37078193"/>
+  <w:num w:numId="48355024">
+    <w:abstractNumId w:val="48355024"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15401,51 +15401,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId109307383" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId976199764" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId409468e74b62cc7d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AFCVD0/" TargetMode="External"/><Relationship Id="rId668568e74b62cc835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AFCVD0/categorization" TargetMode="External"/><Relationship Id="rId369368e74b62cd13b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AFCVD0/photos" TargetMode="External"/><Relationship Id="rId975468e74b62ceefe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId243668e74b62cd01d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId243668e74b62cd01d.jpg"/><Relationship Id="rId594568e74b62ce225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId594568e74b62ce225.jpg"/><Relationship Id="rId152868e74b62cef97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId152868e74b62cef97.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId514290301" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId340021130" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2123690dc82d6c10b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AFCVD0/" TargetMode="External"/><Relationship Id="rId3662690dc82d6c14f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AFCVD0/categorization" TargetMode="External"/><Relationship Id="rId9516690dc82d6c38a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AFCVD0/photos" TargetMode="External"/><Relationship Id="rId3267690dc82d6e3f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6402690dc82d6c250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6402690dc82d6c250.jpg"/><Relationship Id="rId1970690dc82d6d736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1970690dc82d6d736.jpg"/><Relationship Id="rId4093690dc82d6e7d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4093690dc82d6e7d7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>