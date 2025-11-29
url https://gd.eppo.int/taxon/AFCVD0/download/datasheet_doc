--- v1 (2025-11-07)
+++ v2 (2025-11-29)
@@ -259,88 +259,88 @@
               <w:t xml:space="preserve">Apple fruit crinkle apscaviroid</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> apple blister bark</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2123690dc82d6c10b" w:history="1">
+            <w:hyperlink r:id="rId9153692ab33f3e867" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3662690dc82d6c14f" w:history="1">
+            <w:hyperlink r:id="rId2072692ab33f3e8ad" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -354,86 +354,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AFCVD0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="45033419" name="name1049690dc82d6c251" descr="12661.jpg"/>
+                  <wp:docPr id="50038088" name="name6554692ab33f3e992" descr="12661.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12661.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6402690dc82d6c250" cstate="print"/>
+                          <a:blip r:embed="rId7358692ab33f3e991" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9516690dc82d6c38a" w:history="1">
+            <w:hyperlink r:id="rId8220692ab33f3ea86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1028,63 +1028,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2018). There also exists a report of the presence of AFCVd in apple in the Xinjiang province of China (Zhao &amp; Niu, 2009). However, the Genbank AFCVd sequence accessions associated with this report do not appear in Genbank, while the detection appears to rely on a single PCR technique. Taken together, the presence of AFCVd in China should be considered as doubtful.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="38892187" name="name9031690dc82d6d739" descr="AFCVD0_distribution_map.jpg"/>
+            <wp:docPr id="72359841" name="name3325692ab33f3f9e2" descr="AFCVD0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AFCVD0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1970690dc82d6d736" cstate="print"/>
+                    <a:blip r:embed="rId2349692ab33f3f9e0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2710,51 +2710,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Apple fruit crinkle viroid</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3267690dc82d6e3f6" w:history="1">
+      <w:hyperlink r:id="rId4948692ab33f40674" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2767,63 +2767,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="68407782" name="name1017690dc82d6e7d9" descr="eu_funding_250.png"/>
+            <wp:docPr id="2687170" name="name7729692ab33f4072d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4093690dc82d6e7d7" cstate="print"/>
+                    <a:blip r:embed="rId9004692ab33f4072b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2921,137 +2921,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="48355024">
+  <w:abstractNum w:abstractNumId="33334690">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16443616">
+    <w:lvl w:ilvl="0" w:tplc="50628429">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="16443616" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="50628429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="16443616" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="50628429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="16443616" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="50628429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="16443616" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50628429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="16443616" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="50628429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="16443616" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="50628429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="16443616" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="50628429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="16443616" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="50628429" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="48355023">
+  <w:abstractNum w:abstractNumId="33334689">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14184338">
+    <w:lvl w:ilvl="0" w:tplc="11773794">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3803,55 +3803,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="48355023">
-    <w:abstractNumId w:val="48355023"/>
+  <w:num w:numId="33334689">
+    <w:abstractNumId w:val="33334689"/>
   </w:num>
-  <w:num w:numId="48355024">
-    <w:abstractNumId w:val="48355024"/>
+  <w:num w:numId="33334690">
+    <w:abstractNumId w:val="33334690"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15401,51 +15401,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId514290301" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId340021130" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2123690dc82d6c10b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AFCVD0/" TargetMode="External"/><Relationship Id="rId3662690dc82d6c14f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AFCVD0/categorization" TargetMode="External"/><Relationship Id="rId9516690dc82d6c38a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AFCVD0/photos" TargetMode="External"/><Relationship Id="rId3267690dc82d6e3f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6402690dc82d6c250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6402690dc82d6c250.jpg"/><Relationship Id="rId1970690dc82d6d736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1970690dc82d6d736.jpg"/><Relationship Id="rId4093690dc82d6e7d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4093690dc82d6e7d7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId348530097" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId707513316" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9153692ab33f3e867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AFCVD0/" TargetMode="External"/><Relationship Id="rId2072692ab33f3e8ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AFCVD0/categorization" TargetMode="External"/><Relationship Id="rId8220692ab33f3ea86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AFCVD0/photos" TargetMode="External"/><Relationship Id="rId4948692ab33f40674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7358692ab33f3e991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7358692ab33f3e991.jpg"/><Relationship Id="rId2349692ab33f3f9e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2349692ab33f3f9e0.jpg"/><Relationship Id="rId9004692ab33f4072b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9004692ab33f4072b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>