--- v2 (2025-11-29)
+++ v3 (2025-12-14)
@@ -259,88 +259,88 @@
               <w:t xml:space="preserve">Apple fruit crinkle apscaviroid</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> apple blister bark</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9153692ab33f3e867" w:history="1">
+            <w:hyperlink r:id="rId3682693ed7168bad4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2072692ab33f3e8ad" w:history="1">
+            <w:hyperlink r:id="rId2847693ed7168bb19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -354,86 +354,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AFCVD0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="50038088" name="name6554692ab33f3e992" descr="12661.jpg"/>
+                  <wp:docPr id="11950978" name="name2410693ed7168c117" descr="12661.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12661.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7358692ab33f3e991" cstate="print"/>
+                          <a:blip r:embed="rId5008693ed7168c116" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8220692ab33f3ea86" w:history="1">
+            <w:hyperlink r:id="rId5050693ed7168c21c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1028,63 +1028,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2018). There also exists a report of the presence of AFCVd in apple in the Xinjiang province of China (Zhao &amp; Niu, 2009). However, the Genbank AFCVd sequence accessions associated with this report do not appear in Genbank, while the detection appears to rely on a single PCR technique. Taken together, the presence of AFCVd in China should be considered as doubtful.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="72359841" name="name3325692ab33f3f9e2" descr="AFCVD0_distribution_map.jpg"/>
+            <wp:docPr id="52301630" name="name9088693ed7168d2aa" descr="AFCVD0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AFCVD0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2349692ab33f3f9e0" cstate="print"/>
+                    <a:blip r:embed="rId9414693ed7168d2a8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2710,51 +2710,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Apple fruit crinkle viroid</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4948692ab33f40674" w:history="1">
+      <w:hyperlink r:id="rId4474693ed7168df16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2767,63 +2767,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="2687170" name="name7729692ab33f4072d" descr="eu_funding_250.png"/>
+            <wp:docPr id="20359179" name="name4677693ed7168dfcd" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9004692ab33f4072b" cstate="print"/>
+                    <a:blip r:embed="rId1289693ed7168dfcc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2921,137 +2921,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="33334690">
+  <w:abstractNum w:abstractNumId="69370228">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50628429">
+    <w:lvl w:ilvl="0" w:tplc="92370946">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="50628429" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="92370946" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="50628429" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="92370946" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="50628429" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="92370946" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="50628429" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="92370946" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="50628429" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="92370946" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="50628429" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="92370946" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="50628429" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="92370946" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="50628429" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="92370946" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33334689">
+  <w:abstractNum w:abstractNumId="69370227">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11773794">
+    <w:lvl w:ilvl="0" w:tplc="23457293">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3803,55 +3803,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="33334689">
-    <w:abstractNumId w:val="33334689"/>
+  <w:num w:numId="69370227">
+    <w:abstractNumId w:val="69370227"/>
   </w:num>
-  <w:num w:numId="33334690">
-    <w:abstractNumId w:val="33334690"/>
+  <w:num w:numId="69370228">
+    <w:abstractNumId w:val="69370228"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15401,51 +15401,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId348530097" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId707513316" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9153692ab33f3e867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AFCVD0/" TargetMode="External"/><Relationship Id="rId2072692ab33f3e8ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AFCVD0/categorization" TargetMode="External"/><Relationship Id="rId8220692ab33f3ea86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AFCVD0/photos" TargetMode="External"/><Relationship Id="rId4948692ab33f40674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7358692ab33f3e991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7358692ab33f3e991.jpg"/><Relationship Id="rId2349692ab33f3f9e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2349692ab33f3f9e0.jpg"/><Relationship Id="rId9004692ab33f4072b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9004692ab33f4072b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId551382305" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId259803031" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3682693ed7168bad4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AFCVD0/" TargetMode="External"/><Relationship Id="rId2847693ed7168bb19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AFCVD0/categorization" TargetMode="External"/><Relationship Id="rId5050693ed7168c21c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AFCVD0/photos" TargetMode="External"/><Relationship Id="rId4474693ed7168df16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5008693ed7168c116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5008693ed7168c116.jpg"/><Relationship Id="rId9414693ed7168d2a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9414693ed7168d2a8.jpg"/><Relationship Id="rId1289693ed7168dfcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1289693ed7168dfcc.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>