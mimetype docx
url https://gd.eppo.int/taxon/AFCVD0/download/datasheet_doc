--- v3 (2025-12-14)
+++ v4 (2026-01-10)
@@ -259,88 +259,88 @@
               <w:t xml:space="preserve">Apple fruit crinkle apscaviroid</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> apple blister bark</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3682693ed7168bad4" w:history="1">
+            <w:hyperlink r:id="rId36546961ae6d97123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2847693ed7168bb19" w:history="1">
+            <w:hyperlink r:id="rId58756961ae6d97168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -354,86 +354,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AFCVD0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="11950978" name="name2410693ed7168c117" descr="12661.jpg"/>
+                  <wp:docPr id="5554599" name="name83556961ae6d9778f" descr="12661.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12661.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5008693ed7168c116" cstate="print"/>
+                          <a:blip r:embed="rId90516961ae6d9778d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5050693ed7168c21c" w:history="1">
+            <w:hyperlink r:id="rId27246961ae6d9789b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1028,63 +1028,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2018). There also exists a report of the presence of AFCVd in apple in the Xinjiang province of China (Zhao &amp; Niu, 2009). However, the Genbank AFCVd sequence accessions associated with this report do not appear in Genbank, while the detection appears to rely on a single PCR technique. Taken together, the presence of AFCVd in China should be considered as doubtful.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="52301630" name="name9088693ed7168d2aa" descr="AFCVD0_distribution_map.jpg"/>
+            <wp:docPr id="95870144" name="name21216961ae6d987e0" descr="AFCVD0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AFCVD0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9414693ed7168d2a8" cstate="print"/>
+                    <a:blip r:embed="rId42396961ae6d987dd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2688,73 +2688,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Apple fruit crinkle viroid</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4474693ed7168df16" w:history="1">
+      <w:hyperlink r:id="rId92106961ae6d99436" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2767,63 +2767,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="20359179" name="name4677693ed7168dfcd" descr="eu_funding_250.png"/>
+            <wp:docPr id="14362569" name="name48056961ae6d9962c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1289693ed7168dfcc" cstate="print"/>
+                    <a:blip r:embed="rId19416961ae6d9962b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2921,137 +2921,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="69370228">
+  <w:abstractNum w:abstractNumId="36250805">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92370946">
+    <w:lvl w:ilvl="0" w:tplc="60095728">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="92370946" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="60095728" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="92370946" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="60095728" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="92370946" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="60095728" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="92370946" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="60095728" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="92370946" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="60095728" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="92370946" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="60095728" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="92370946" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="60095728" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="92370946" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="60095728" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="69370227">
+  <w:abstractNum w:abstractNumId="36250804">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23457293">
+    <w:lvl w:ilvl="0" w:tplc="70001756">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3803,55 +3803,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="69370227">
-    <w:abstractNumId w:val="69370227"/>
+  <w:num w:numId="36250804">
+    <w:abstractNumId w:val="36250804"/>
   </w:num>
-  <w:num w:numId="69370228">
-    <w:abstractNumId w:val="69370228"/>
+  <w:num w:numId="36250805">
+    <w:abstractNumId w:val="36250805"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15401,51 +15401,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId551382305" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId259803031" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3682693ed7168bad4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AFCVD0/" TargetMode="External"/><Relationship Id="rId2847693ed7168bb19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AFCVD0/categorization" TargetMode="External"/><Relationship Id="rId5050693ed7168c21c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AFCVD0/photos" TargetMode="External"/><Relationship Id="rId4474693ed7168df16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5008693ed7168c116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5008693ed7168c116.jpg"/><Relationship Id="rId9414693ed7168d2a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9414693ed7168d2a8.jpg"/><Relationship Id="rId1289693ed7168dfcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1289693ed7168dfcc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId397168375" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId569576193" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId36546961ae6d97123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AFCVD0/" TargetMode="External"/><Relationship Id="rId58756961ae6d97168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AFCVD0/categorization" TargetMode="External"/><Relationship Id="rId27246961ae6d9789b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AFCVD0/photos" TargetMode="External"/><Relationship Id="rId92106961ae6d99436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId90516961ae6d9778d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId90516961ae6d9778d.jpg"/><Relationship Id="rId42396961ae6d987dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId42396961ae6d987dd.jpg"/><Relationship Id="rId19416961ae6d9962b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId19416961ae6d9962b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>