--- v4 (2026-01-10)
+++ v5 (2026-01-30)
@@ -259,88 +259,88 @@
               <w:t xml:space="preserve">Apple fruit crinkle apscaviroid</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> apple blister bark</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36546961ae6d97123" w:history="1">
+            <w:hyperlink r:id="rId1880697c7468c5dfd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58756961ae6d97168" w:history="1">
+            <w:hyperlink r:id="rId7564697c7468c5e43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -354,86 +354,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AFCVD0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="5554599" name="name83556961ae6d9778f" descr="12661.jpg"/>
+                  <wp:docPr id="11185084" name="name6750697c7468c5f1b" descr="12661.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12661.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId90516961ae6d9778d" cstate="print"/>
+                          <a:blip r:embed="rId7537697c7468c5f1a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId27246961ae6d9789b" w:history="1">
+            <w:hyperlink r:id="rId6422697c7468c6011" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1028,63 +1028,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2018). There also exists a report of the presence of AFCVd in apple in the Xinjiang province of China (Zhao &amp; Niu, 2009). However, the Genbank AFCVd sequence accessions associated with this report do not appear in Genbank, while the detection appears to rely on a single PCR technique. Taken together, the presence of AFCVd in China should be considered as doubtful.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="95870144" name="name21216961ae6d987e0" descr="AFCVD0_distribution_map.jpg"/>
+            <wp:docPr id="30455873" name="name6353697c7468c6f48" descr="AFCVD0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AFCVD0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId42396961ae6d987dd" cstate="print"/>
+                    <a:blip r:embed="rId9816697c7468c6f45" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2710,51 +2710,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Apple fruit crinkle viroid</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92106961ae6d99436" w:history="1">
+      <w:hyperlink r:id="rId1945697c7468c7be6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2767,63 +2767,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="14362569" name="name48056961ae6d9962c" descr="eu_funding_250.png"/>
+            <wp:docPr id="49899431" name="name9922697c7468c7c96" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId19416961ae6d9962b" cstate="print"/>
+                    <a:blip r:embed="rId1640697c7468c7c95" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2921,137 +2921,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="36250805">
+  <w:abstractNum w:abstractNumId="60974112">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="60095728">
+    <w:lvl w:ilvl="0" w:tplc="86229979">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="60095728" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="86229979" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="60095728" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="86229979" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="60095728" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="86229979" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="60095728" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="86229979" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="60095728" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="86229979" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="60095728" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="86229979" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="60095728" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="86229979" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="60095728" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="86229979" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36250804">
+  <w:abstractNum w:abstractNumId="60974111">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70001756">
+    <w:lvl w:ilvl="0" w:tplc="84736273">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3803,55 +3803,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="36250804">
-    <w:abstractNumId w:val="36250804"/>
+  <w:num w:numId="60974111">
+    <w:abstractNumId w:val="60974111"/>
   </w:num>
-  <w:num w:numId="36250805">
-    <w:abstractNumId w:val="36250805"/>
+  <w:num w:numId="60974112">
+    <w:abstractNumId w:val="60974112"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15401,51 +15401,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId397168375" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId569576193" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId36546961ae6d97123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AFCVD0/" TargetMode="External"/><Relationship Id="rId58756961ae6d97168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AFCVD0/categorization" TargetMode="External"/><Relationship Id="rId27246961ae6d9789b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AFCVD0/photos" TargetMode="External"/><Relationship Id="rId92106961ae6d99436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId90516961ae6d9778d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId90516961ae6d9778d.jpg"/><Relationship Id="rId42396961ae6d987dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId42396961ae6d987dd.jpg"/><Relationship Id="rId19416961ae6d9962b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId19416961ae6d9962b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId385942977" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId520943743" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1880697c7468c5dfd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AFCVD0/" TargetMode="External"/><Relationship Id="rId7564697c7468c5e43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AFCVD0/categorization" TargetMode="External"/><Relationship Id="rId6422697c7468c6011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AFCVD0/photos" TargetMode="External"/><Relationship Id="rId1945697c7468c7be6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7537697c7468c5f1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7537697c7468c5f1a.jpg"/><Relationship Id="rId9816697c7468c6f45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9816697c7468c6f45.jpg"/><Relationship Id="rId1640697c7468c7c95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1640697c7468c7c95.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>