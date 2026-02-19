--- v5 (2026-01-30)
+++ v6 (2026-02-19)
@@ -259,88 +259,88 @@
               <w:t xml:space="preserve">Apple fruit crinkle apscaviroid</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> apple blister bark</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1880697c7468c5dfd" w:history="1">
+            <w:hyperlink r:id="rId571769975e8ab50f8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7564697c7468c5e43" w:history="1">
+            <w:hyperlink r:id="rId956269975e8ab513e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -354,86 +354,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AFCVD0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="11185084" name="name6750697c7468c5f1b" descr="12661.jpg"/>
+                  <wp:docPr id="44998264" name="name251969975e8ab5216" descr="12661.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12661.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7537697c7468c5f1a" cstate="print"/>
+                          <a:blip r:embed="rId857669975e8ab5214" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6422697c7468c6011" w:history="1">
+            <w:hyperlink r:id="rId748169975e8ab532e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1028,63 +1028,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2018). There also exists a report of the presence of AFCVd in apple in the Xinjiang province of China (Zhao &amp; Niu, 2009). However, the Genbank AFCVd sequence accessions associated with this report do not appear in Genbank, while the detection appears to rely on a single PCR technique. Taken together, the presence of AFCVd in China should be considered as doubtful.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="30455873" name="name6353697c7468c6f48" descr="AFCVD0_distribution_map.jpg"/>
+            <wp:docPr id="9838209" name="name293969975e8ab60f6" descr="AFCVD0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AFCVD0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9816697c7468c6f45" cstate="print"/>
+                    <a:blip r:embed="rId332969975e8ab60f3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2710,51 +2710,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Apple fruit crinkle viroid</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1945697c7468c7be6" w:history="1">
+      <w:hyperlink r:id="rId836969975e8ab6e31" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2767,63 +2767,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="49899431" name="name9922697c7468c7c96" descr="eu_funding_250.png"/>
+            <wp:docPr id="75027916" name="name544869975e8ab6ecf" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1640697c7468c7c95" cstate="print"/>
+                    <a:blip r:embed="rId928669975e8ab6ece" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2921,137 +2921,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="60974112">
+  <w:abstractNum w:abstractNumId="46194313">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86229979">
+    <w:lvl w:ilvl="0" w:tplc="55583756">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="86229979" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="55583756" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="86229979" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="55583756" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="86229979" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="55583756" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="86229979" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="55583756" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="86229979" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="55583756" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="86229979" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="55583756" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="86229979" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="55583756" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="86229979" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="55583756" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60974111">
+  <w:abstractNum w:abstractNumId="46194312">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84736273">
+    <w:lvl w:ilvl="0" w:tplc="22060286">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3803,55 +3803,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="60974111">
-    <w:abstractNumId w:val="60974111"/>
+  <w:num w:numId="46194312">
+    <w:abstractNumId w:val="46194312"/>
   </w:num>
-  <w:num w:numId="60974112">
-    <w:abstractNumId w:val="60974112"/>
+  <w:num w:numId="46194313">
+    <w:abstractNumId w:val="46194313"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15401,51 +15401,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId385942977" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId520943743" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1880697c7468c5dfd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AFCVD0/" TargetMode="External"/><Relationship Id="rId7564697c7468c5e43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AFCVD0/categorization" TargetMode="External"/><Relationship Id="rId6422697c7468c6011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AFCVD0/photos" TargetMode="External"/><Relationship Id="rId1945697c7468c7be6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7537697c7468c5f1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7537697c7468c5f1a.jpg"/><Relationship Id="rId9816697c7468c6f45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9816697c7468c6f45.jpg"/><Relationship Id="rId1640697c7468c7c95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1640697c7468c7c95.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId990875947" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId345796792" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId571769975e8ab50f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AFCVD0/" TargetMode="External"/><Relationship Id="rId956269975e8ab513e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AFCVD0/categorization" TargetMode="External"/><Relationship Id="rId748169975e8ab532e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AFCVD0/photos" TargetMode="External"/><Relationship Id="rId836969975e8ab6e31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId857669975e8ab5214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId857669975e8ab5214.jpg"/><Relationship Id="rId332969975e8ab60f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId332969975e8ab60f3.jpg"/><Relationship Id="rId928669975e8ab6ece" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId928669975e8ab6ece.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>