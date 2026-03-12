--- v6 (2026-02-19)
+++ v7 (2026-03-12)
@@ -259,88 +259,88 @@
               <w:t xml:space="preserve">Apple fruit crinkle apscaviroid</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> apple blister bark</w:t>
             </w:r>
-            <w:hyperlink r:id="rId571769975e8ab50f8" w:history="1">
+            <w:hyperlink r:id="rId234569b27fd0d06d6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId956269975e8ab513e" w:history="1">
+            <w:hyperlink r:id="rId301169b27fd0d071c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -354,86 +354,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AFCVD0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="44998264" name="name251969975e8ab5216" descr="12661.jpg"/>
+                  <wp:docPr id="17132560" name="name944369b27fd0d1109" descr="12661.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="12661.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId857669975e8ab5214" cstate="print"/>
+                          <a:blip r:embed="rId637969b27fd0d1107" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId748169975e8ab532e" w:history="1">
+            <w:hyperlink r:id="rId671969b27fd0d1232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1028,63 +1028,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2018). There also exists a report of the presence of AFCVd in apple in the Xinjiang province of China (Zhao &amp; Niu, 2009). However, the Genbank AFCVd sequence accessions associated with this report do not appear in Genbank, while the detection appears to rely on a single PCR technique. Taken together, the presence of AFCVd in China should be considered as doubtful.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="9838209" name="name293969975e8ab60f6" descr="AFCVD0_distribution_map.jpg"/>
+            <wp:docPr id="16368808" name="name970069b27fd0d21c6" descr="AFCVD0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AFCVD0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId332969975e8ab60f3" cstate="print"/>
+                    <a:blip r:embed="rId832169b27fd0d21c3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2710,51 +2710,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Apple fruit crinkle viroid</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId836969975e8ab6e31" w:history="1">
+      <w:hyperlink r:id="rId759269b27fd0d2e20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2767,63 +2767,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2021. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="75027916" name="name544869975e8ab6ecf" descr="eu_funding_250.png"/>
+            <wp:docPr id="77565692" name="name713669b27fd0d2ef6" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId928669975e8ab6ece" cstate="print"/>
+                    <a:blip r:embed="rId915569b27fd0d2ef5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -2921,137 +2921,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="46194313">
+  <w:abstractNum w:abstractNumId="13263329">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="55583756">
+    <w:lvl w:ilvl="0" w:tplc="46946464">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="55583756" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="46946464" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="55583756" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="46946464" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="55583756" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="46946464" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="55583756" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="46946464" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="55583756" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="46946464" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="55583756" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="46946464" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="55583756" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="46946464" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="55583756" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="46946464" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46194312">
+  <w:abstractNum w:abstractNumId="13263328">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22060286">
+    <w:lvl w:ilvl="0" w:tplc="16273536">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -3803,55 +3803,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="46194312">
-    <w:abstractNumId w:val="46194312"/>
+  <w:num w:numId="13263328">
+    <w:abstractNumId w:val="13263328"/>
   </w:num>
-  <w:num w:numId="46194313">
-    <w:abstractNumId w:val="46194313"/>
+  <w:num w:numId="13263329">
+    <w:abstractNumId w:val="13263329"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15401,51 +15401,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId990875947" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId345796792" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId571769975e8ab50f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AFCVD0/" TargetMode="External"/><Relationship Id="rId956269975e8ab513e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AFCVD0/categorization" TargetMode="External"/><Relationship Id="rId748169975e8ab532e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AFCVD0/photos" TargetMode="External"/><Relationship Id="rId836969975e8ab6e31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId857669975e8ab5214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId857669975e8ab5214.jpg"/><Relationship Id="rId332969975e8ab60f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId332969975e8ab60f3.jpg"/><Relationship Id="rId928669975e8ab6ece" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId928669975e8ab6ece.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId701985630" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId648040924" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId234569b27fd0d06d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AFCVD0/" TargetMode="External"/><Relationship Id="rId301169b27fd0d071c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AFCVD0/categorization" TargetMode="External"/><Relationship Id="rId671969b27fd0d1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AFCVD0/photos" TargetMode="External"/><Relationship Id="rId759269b27fd0d2e20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId637969b27fd0d1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId637969b27fd0d1107.jpg"/><Relationship Id="rId832169b27fd0d21c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId832169b27fd0d21c3.jpg"/><Relationship Id="rId915569b27fd0d2ef5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId915569b27fd0d2ef5.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>