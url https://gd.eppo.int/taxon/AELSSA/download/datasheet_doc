--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Solsky</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Uzbek longhorn beetle, city longhorn beetle, sart longhorn beetle, town longhorn beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116868e70d54859f4" w:history="1">
+            <w:hyperlink r:id="rId2614690469909f410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288668e70d5485a61" w:history="1">
+            <w:hyperlink r:id="rId9401690469909f520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AELSSA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="47866737" name="name211868e70d5485b3b" descr="11377.jpg"/>
+                  <wp:docPr id="31442376" name="name1406690469909fa4a" descr="11377.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11377.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId604568e70d5485b3a" cstate="print"/>
+                          <a:blip r:embed="rId3808690469909fa49" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId536868e70d5485c4a" w:history="1">
+            <w:hyperlink r:id="rId1703690469909fb39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1718,63 +1718,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. T. sartus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is found usually in lower mountainous areas up to an altitude of 2000 m.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="53638689" name="name628668e70d5486f15" descr="AELSSA_distribution_map.jpg"/>
+            <wp:docPr id="47852968" name="name657869046990a0cf5" descr="AELSSA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AELSSA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId642568e70d5486f12" cstate="print"/>
+                    <a:blip r:embed="rId764569046990a0cf2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3262,51 +3262,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 213–215.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CAPS Program Resource and Collaboration Site (n.d.). Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId485268e70d5487a76" w:history="1">
+      <w:hyperlink r:id="rId375369046990a1828" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://download.ceris.purdue.edu/file/3122</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -4632,51 +4632,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trirachys sartus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId320568e70d548832b" w:history="1">
+      <w:hyperlink r:id="rId806569046990a20be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4752,81 +4752,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 387-389. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId561168e70d54883f1" w:history="1">
+      <w:hyperlink r:id="rId569469046990a2193" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00842.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="85697298" name="name257368e70d5488469" descr="eu_funding_250.png"/>
+            <wp:docPr id="78150564" name="name612869046990a2203" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId683168e70d5488468" cstate="print"/>
+                    <a:blip r:embed="rId966669046990a2202" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4924,137 +4924,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="98187719">
+  <w:abstractNum w:abstractNumId="90239499">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93293404">
+    <w:lvl w:ilvl="0" w:tplc="20081242">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="93293404" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="20081242" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="93293404" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="20081242" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="93293404" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="20081242" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="93293404" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="20081242" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="93293404" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="20081242" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="93293404" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="20081242" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="93293404" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="20081242" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="93293404" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="20081242" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="98187718">
+  <w:abstractNum w:abstractNumId="90239498">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81763240">
+    <w:lvl w:ilvl="0" w:tplc="36207848">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5806,55 +5806,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="98187718">
-    <w:abstractNumId w:val="98187718"/>
+  <w:num w:numId="90239498">
+    <w:abstractNumId w:val="90239498"/>
   </w:num>
-  <w:num w:numId="98187719">
-    <w:abstractNumId w:val="98187719"/>
+  <w:num w:numId="90239499">
+    <w:abstractNumId w:val="90239499"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17404,51 +17404,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId784234994" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId196431888" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId116868e70d54859f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AELSSA/" TargetMode="External"/><Relationship Id="rId288668e70d5485a61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AELSSA/categorization" TargetMode="External"/><Relationship Id="rId536868e70d5485c4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AELSSA/photos" TargetMode="External"/><Relationship Id="rId485268e70d5487a76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ceris.purdue.edu/file/3122" TargetMode="External"/><Relationship Id="rId320568e70d548832b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId561168e70d54883f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00842.x" TargetMode="External"/><Relationship Id="rId604568e70d5485b3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId604568e70d5485b3a.jpg"/><Relationship Id="rId642568e70d5486f12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId642568e70d5486f12.jpg"/><Relationship Id="rId683168e70d5488468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId683168e70d5488468.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId506656322" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId819975733" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2614690469909f410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AELSSA/" TargetMode="External"/><Relationship Id="rId9401690469909f520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AELSSA/categorization" TargetMode="External"/><Relationship Id="rId1703690469909fb39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AELSSA/photos" TargetMode="External"/><Relationship Id="rId375369046990a1828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ceris.purdue.edu/file/3122" TargetMode="External"/><Relationship Id="rId806569046990a20be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId569469046990a2193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00842.x" TargetMode="External"/><Relationship Id="rId3808690469909fa49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3808690469909fa49.jpg"/><Relationship Id="rId764569046990a0cf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId764569046990a0cf2.jpg"/><Relationship Id="rId966669046990a2202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId966669046990a2202.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>