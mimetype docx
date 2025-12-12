--- v1 (2025-10-31)
+++ v2 (2025-12-12)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Solsky</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Uzbek longhorn beetle, city longhorn beetle, sart longhorn beetle, town longhorn beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2614690469909f410" w:history="1">
+            <w:hyperlink r:id="rId4609693c3f78b0720" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9401690469909f520" w:history="1">
+            <w:hyperlink r:id="rId8177693c3f78b0795" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AELSSA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="31442376" name="name1406690469909fa4a" descr="11377.jpg"/>
+                  <wp:docPr id="84339827" name="name8405693c3f78b0858" descr="11377.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11377.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3808690469909fa49" cstate="print"/>
+                          <a:blip r:embed="rId8002693c3f78b0856" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1703690469909fb39" w:history="1">
+            <w:hyperlink r:id="rId3596693c3f78b0967" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1718,63 +1718,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. T. sartus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is found usually in lower mountainous areas up to an altitude of 2000 m.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="47852968" name="name657869046990a0cf5" descr="AELSSA_distribution_map.jpg"/>
+            <wp:docPr id="67405296" name="name8660693c3f78b2167" descr="AELSSA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AELSSA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId764569046990a0cf2" cstate="print"/>
+                    <a:blip r:embed="rId4916693c3f78b2163" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3262,51 +3262,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 213–215.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CAPS Program Resource and Collaboration Site (n.d.). Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId375369046990a1828" w:history="1">
+      <w:hyperlink r:id="rId4531693c3f78b2ce6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://download.ceris.purdue.edu/file/3122</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -4632,51 +4632,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trirachys sartus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId806569046990a20be" w:history="1">
+      <w:hyperlink r:id="rId4579693c3f78b3587" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4752,81 +4752,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 387-389. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId569469046990a2193" w:history="1">
+      <w:hyperlink r:id="rId2402693c3f78b3650" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00842.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="78150564" name="name612869046990a2203" descr="eu_funding_250.png"/>
+            <wp:docPr id="65413552" name="name5636693c3f78b36bd" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId966669046990a2202" cstate="print"/>
+                    <a:blip r:embed="rId6567693c3f78b36bc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4924,137 +4924,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="90239499">
+  <w:abstractNum w:abstractNumId="56510764">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20081242">
+    <w:lvl w:ilvl="0" w:tplc="77167845">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="20081242" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="77167845" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="20081242" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="77167845" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="20081242" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="77167845" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="20081242" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="77167845" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="20081242" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="77167845" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="20081242" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="77167845" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="20081242" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="77167845" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="20081242" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="77167845" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="90239498">
+  <w:abstractNum w:abstractNumId="56510763">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36207848">
+    <w:lvl w:ilvl="0" w:tplc="86119583">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5806,55 +5806,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="90239498">
-    <w:abstractNumId w:val="90239498"/>
+  <w:num w:numId="56510763">
+    <w:abstractNumId w:val="56510763"/>
   </w:num>
-  <w:num w:numId="90239499">
-    <w:abstractNumId w:val="90239499"/>
+  <w:num w:numId="56510764">
+    <w:abstractNumId w:val="56510764"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17404,51 +17404,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId506656322" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId819975733" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2614690469909f410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AELSSA/" TargetMode="External"/><Relationship Id="rId9401690469909f520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AELSSA/categorization" TargetMode="External"/><Relationship Id="rId1703690469909fb39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AELSSA/photos" TargetMode="External"/><Relationship Id="rId375369046990a1828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ceris.purdue.edu/file/3122" TargetMode="External"/><Relationship Id="rId806569046990a20be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId569469046990a2193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00842.x" TargetMode="External"/><Relationship Id="rId3808690469909fa49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3808690469909fa49.jpg"/><Relationship Id="rId764569046990a0cf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId764569046990a0cf2.jpg"/><Relationship Id="rId966669046990a2202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId966669046990a2202.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId650542578" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId777615198" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4609693c3f78b0720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AELSSA/" TargetMode="External"/><Relationship Id="rId8177693c3f78b0795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AELSSA/categorization" TargetMode="External"/><Relationship Id="rId3596693c3f78b0967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AELSSA/photos" TargetMode="External"/><Relationship Id="rId4531693c3f78b2ce6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ceris.purdue.edu/file/3122" TargetMode="External"/><Relationship Id="rId4579693c3f78b3587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2402693c3f78b3650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00842.x" TargetMode="External"/><Relationship Id="rId8002693c3f78b0856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8002693c3f78b0856.jpg"/><Relationship Id="rId4916693c3f78b2163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4916693c3f78b2163.jpg"/><Relationship Id="rId6567693c3f78b36bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6567693c3f78b36bc.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>