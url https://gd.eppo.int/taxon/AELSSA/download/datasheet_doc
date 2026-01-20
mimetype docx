--- v2 (2025-12-12)
+++ v3 (2026-01-20)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Solsky</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Uzbek longhorn beetle, city longhorn beetle, sart longhorn beetle, town longhorn beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4609693c3f78b0720" w:history="1">
+            <w:hyperlink r:id="rId7027696f3be3d7555" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8177693c3f78b0795" w:history="1">
+            <w:hyperlink r:id="rId6722696f3be3d75bf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AELSSA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="84339827" name="name8405693c3f78b0858" descr="11377.jpg"/>
+                  <wp:docPr id="60686421" name="name9714696f3be3d7c56" descr="11377.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11377.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8002693c3f78b0856" cstate="print"/>
+                          <a:blip r:embed="rId9037696f3be3d7c54" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3596693c3f78b0967" w:history="1">
+            <w:hyperlink r:id="rId4583696f3be3d7db9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1718,63 +1718,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. T. sartus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is found usually in lower mountainous areas up to an altitude of 2000 m.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="67405296" name="name8660693c3f78b2167" descr="AELSSA_distribution_map.jpg"/>
+            <wp:docPr id="89935732" name="name3327696f3be3d91d0" descr="AELSSA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AELSSA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4916693c3f78b2163" cstate="print"/>
+                    <a:blip r:embed="rId3689696f3be3d91cc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3262,51 +3262,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 213–215.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CAPS Program Resource and Collaboration Site (n.d.). Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4531693c3f78b2ce6" w:history="1">
+      <w:hyperlink r:id="rId2611696f3be3d9d67" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://download.ceris.purdue.edu/file/3122</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -4610,73 +4610,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trirachys sartus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4579693c3f78b3587" w:history="1">
+      <w:hyperlink r:id="rId9303696f3be3da603" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4752,81 +4752,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 387-389. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2402693c3f78b3650" w:history="1">
+      <w:hyperlink r:id="rId4078696f3be3da6c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00842.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="65413552" name="name5636693c3f78b36bd" descr="eu_funding_250.png"/>
+            <wp:docPr id="46108963" name="name4159696f3be3da98c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6567693c3f78b36bc" cstate="print"/>
+                    <a:blip r:embed="rId9554696f3be3da98a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4924,137 +4924,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="56510764">
+  <w:abstractNum w:abstractNumId="91687117">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77167845">
+    <w:lvl w:ilvl="0" w:tplc="51212987">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="77167845" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="51212987" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="77167845" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="51212987" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="77167845" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="51212987" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="77167845" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="51212987" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="77167845" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="51212987" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="77167845" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="51212987" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="77167845" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="51212987" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="77167845" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="51212987" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56510763">
+  <w:abstractNum w:abstractNumId="91687116">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86119583">
+    <w:lvl w:ilvl="0" w:tplc="75918905">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5806,55 +5806,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="56510763">
-    <w:abstractNumId w:val="56510763"/>
+  <w:num w:numId="91687116">
+    <w:abstractNumId w:val="91687116"/>
   </w:num>
-  <w:num w:numId="56510764">
-    <w:abstractNumId w:val="56510764"/>
+  <w:num w:numId="91687117">
+    <w:abstractNumId w:val="91687117"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17404,51 +17404,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId650542578" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId777615198" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4609693c3f78b0720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AELSSA/" TargetMode="External"/><Relationship Id="rId8177693c3f78b0795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AELSSA/categorization" TargetMode="External"/><Relationship Id="rId3596693c3f78b0967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AELSSA/photos" TargetMode="External"/><Relationship Id="rId4531693c3f78b2ce6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ceris.purdue.edu/file/3122" TargetMode="External"/><Relationship Id="rId4579693c3f78b3587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2402693c3f78b3650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00842.x" TargetMode="External"/><Relationship Id="rId8002693c3f78b0856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8002693c3f78b0856.jpg"/><Relationship Id="rId4916693c3f78b2163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4916693c3f78b2163.jpg"/><Relationship Id="rId6567693c3f78b36bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6567693c3f78b36bc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId637996886" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId928368766" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7027696f3be3d7555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AELSSA/" TargetMode="External"/><Relationship Id="rId6722696f3be3d75bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AELSSA/categorization" TargetMode="External"/><Relationship Id="rId4583696f3be3d7db9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AELSSA/photos" TargetMode="External"/><Relationship Id="rId2611696f3be3d9d67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ceris.purdue.edu/file/3122" TargetMode="External"/><Relationship Id="rId9303696f3be3da603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4078696f3be3da6c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00842.x" TargetMode="External"/><Relationship Id="rId9037696f3be3d7c54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9037696f3be3d7c54.jpg"/><Relationship Id="rId3689696f3be3d91cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3689696f3be3d91cc.jpg"/><Relationship Id="rId9554696f3be3da98a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9554696f3be3da98a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>