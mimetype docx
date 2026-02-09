--- v3 (2026-01-20)
+++ v4 (2026-02-09)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> Solsky</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Uzbek longhorn beetle, city longhorn beetle, sart longhorn beetle, town longhorn beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7027696f3be3d7555" w:history="1">
+            <w:hyperlink r:id="rId74986989b53974811" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -350,53 +350,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6722696f3be3d75bf" w:history="1">
+            <w:hyperlink r:id="rId28106989b5397489d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AELSSA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="60686421" name="name9714696f3be3d7c56" descr="11377.jpg"/>
+                  <wp:docPr id="70598593" name="name44196989b539750b5" descr="11377.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11377.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9037696f3be3d7c54" cstate="print"/>
+                          <a:blip r:embed="rId32846989b539750b3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4583696f3be3d7db9" w:history="1">
+            <w:hyperlink r:id="rId99686989b5397520e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1713,100 +1713,68 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">There is some information about findings in Japan, Malaysia and Sri Lanka (CAPS Program Resource, 2020) but more data is needed to confirm these findings</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. T. sartus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is found usually in lower mountainous areas up to an altitude of 2000 m.</w:t>
       </w:r>
     </w:p>
+    <w:p/>
     <w:p>
-      <w:r>
-[...37 lines deleted...]
-      </w:r>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kazakhstan, Kyrgyzstan, Uzbekistan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3262,51 +3230,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 213–215.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CAPS Program Resource and Collaboration Site (n.d.). Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2611696f3be3d9d67" w:history="1">
+      <w:hyperlink r:id="rId92206989b53976715" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://download.ceris.purdue.edu/file/3122</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -4632,51 +4600,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trirachys sartus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9303696f3be3da603" w:history="1">
+      <w:hyperlink r:id="rId35156989b53976f94" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4752,81 +4720,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 387-389. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4078696f3be3da6c9" w:history="1">
+      <w:hyperlink r:id="rId35996989b53977059" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00842.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="46108963" name="name4159696f3be3da98c" descr="eu_funding_250.png"/>
+            <wp:docPr id="70089664" name="name56846989b539770d8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9554696f3be3da98a" cstate="print"/>
+                    <a:blip r:embed="rId34286989b539770d7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4924,137 +4892,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="91687117">
+  <w:abstractNum w:abstractNumId="19673838">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51212987">
+    <w:lvl w:ilvl="0" w:tplc="58049524">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="51212987" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="58049524" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="51212987" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="58049524" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="51212987" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="58049524" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="51212987" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="58049524" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="51212987" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="58049524" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="51212987" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="58049524" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="51212987" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="58049524" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="51212987" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="58049524" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="91687116">
+  <w:abstractNum w:abstractNumId="19673837">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75918905">
+    <w:lvl w:ilvl="0" w:tplc="99612280">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5806,55 +5774,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="91687116">
-    <w:abstractNumId w:val="91687116"/>
+  <w:num w:numId="19673837">
+    <w:abstractNumId w:val="19673837"/>
   </w:num>
-  <w:num w:numId="91687117">
-    <w:abstractNumId w:val="91687117"/>
+  <w:num w:numId="19673838">
+    <w:abstractNumId w:val="19673838"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17404,51 +17372,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId637996886" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId928368766" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7027696f3be3d7555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AELSSA/" TargetMode="External"/><Relationship Id="rId6722696f3be3d75bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AELSSA/categorization" TargetMode="External"/><Relationship Id="rId4583696f3be3d7db9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AELSSA/photos" TargetMode="External"/><Relationship Id="rId2611696f3be3d9d67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ceris.purdue.edu/file/3122" TargetMode="External"/><Relationship Id="rId9303696f3be3da603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4078696f3be3da6c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00842.x" TargetMode="External"/><Relationship Id="rId9037696f3be3d7c54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9037696f3be3d7c54.jpg"/><Relationship Id="rId3689696f3be3d91cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3689696f3be3d91cc.jpg"/><Relationship Id="rId9554696f3be3da98a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9554696f3be3da98a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId784447554" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId507922166" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId74986989b53974811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AELSSA/" TargetMode="External"/><Relationship Id="rId28106989b5397489d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AELSSA/categorization" TargetMode="External"/><Relationship Id="rId99686989b5397520e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AELSSA/photos" TargetMode="External"/><Relationship Id="rId92206989b53976715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ceris.purdue.edu/file/3122" TargetMode="External"/><Relationship Id="rId35156989b53976f94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId35996989b53977059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00842.x" TargetMode="External"/><Relationship Id="rId32846989b539750b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId32846989b539750b3.jpg"/><Relationship Id="rId34286989b539770d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId34286989b539770d7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>