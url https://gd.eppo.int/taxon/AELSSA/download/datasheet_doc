--- v4 (2026-02-09)
+++ v5 (2026-03-02)
@@ -267,76 +267,98 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Solsky), </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Pachydissus sartus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Solsky</w:t>
+              <w:t xml:space="preserve"> Solsky, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:position w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Trirachys sarta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:position w:val="-3"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Solsky)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Uzbek longhorn beetle, city longhorn beetle, sart longhorn beetle, town longhorn beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74986989b53974811" w:history="1">
+            <w:hyperlink r:id="rId832769a52d46d6df7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28106989b5397489d" w:history="1">
+            <w:hyperlink r:id="rId805869a52d46d6e6d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AELSSA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="70598593" name="name44196989b539750b5" descr="11377.jpg"/>
+                  <wp:docPr id="23761713" name="name553769a52d46d735e" descr="11377.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11377.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId32846989b539750b3" cstate="print"/>
+                          <a:blip r:embed="rId427169a52d46d735c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId99686989b5397520e" w:history="1">
+            <w:hyperlink r:id="rId661269a52d46d746f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1713,68 +1735,100 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">There is some information about findings in Japan, Malaysia and Sri Lanka (CAPS Program Resource, 2020) but more data is needed to confirm these findings</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. T. sartus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is found usually in lower mountainous areas up to an altitude of 2000 m.</w:t>
       </w:r>
     </w:p>
-    <w:p/>
     <w:p>
-      <w:pPr>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="6120000" cy="3067200"/>
+            <wp:docPr id="49803668" name="name357169a52d46d8877" descr="AELSSA_distribution_map.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="AELSSA_distribution_map.jpg"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId570269a52d46d8875" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6120000" cy="3067200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln w="0">
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kazakhstan, Kyrgyzstan, Uzbekistan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3230,51 +3284,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 213–215.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CAPS Program Resource and Collaboration Site (n.d.). Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92206989b53976715" w:history="1">
+      <w:hyperlink r:id="rId919669a52d46d93a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://download.ceris.purdue.edu/file/3122</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -4600,51 +4654,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trirachys sartus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35156989b53976f94" w:history="1">
+      <w:hyperlink r:id="rId881969a52d46d9c16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4720,81 +4774,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 387-389. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35996989b53977059" w:history="1">
+      <w:hyperlink r:id="rId424469a52d46d9cf9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00842.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="70089664" name="name56846989b539770d8" descr="eu_funding_250.png"/>
+            <wp:docPr id="49233810" name="name121669a52d46d9d44" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId34286989b539770d7" cstate="print"/>
+                    <a:blip r:embed="rId282569a52d46d9d43" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4892,137 +4946,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="19673838">
+  <w:abstractNum w:abstractNumId="10393246">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58049524">
+    <w:lvl w:ilvl="0" w:tplc="64664449">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="58049524" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="64664449" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="58049524" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="64664449" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="58049524" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="64664449" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="58049524" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="64664449" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="58049524" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="64664449" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="58049524" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="64664449" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="58049524" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="64664449" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="58049524" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="64664449" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19673837">
+  <w:abstractNum w:abstractNumId="10393245">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99612280">
+    <w:lvl w:ilvl="0" w:tplc="10744261">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5774,55 +5828,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19673837">
-    <w:abstractNumId w:val="19673837"/>
+  <w:num w:numId="10393245">
+    <w:abstractNumId w:val="10393245"/>
   </w:num>
-  <w:num w:numId="19673838">
-    <w:abstractNumId w:val="19673838"/>
+  <w:num w:numId="10393246">
+    <w:abstractNumId w:val="10393246"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17372,51 +17426,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId784447554" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId507922166" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId74986989b53974811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AELSSA/" TargetMode="External"/><Relationship Id="rId28106989b5397489d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AELSSA/categorization" TargetMode="External"/><Relationship Id="rId99686989b5397520e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AELSSA/photos" TargetMode="External"/><Relationship Id="rId92206989b53976715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ceris.purdue.edu/file/3122" TargetMode="External"/><Relationship Id="rId35156989b53976f94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId35996989b53977059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00842.x" TargetMode="External"/><Relationship Id="rId32846989b539750b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId32846989b539750b3.jpg"/><Relationship Id="rId34286989b539770d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId34286989b539770d7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId938507034" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId813555253" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId832769a52d46d6df7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AELSSA/" TargetMode="External"/><Relationship Id="rId805869a52d46d6e6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AELSSA/categorization" TargetMode="External"/><Relationship Id="rId661269a52d46d746f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AELSSA/photos" TargetMode="External"/><Relationship Id="rId919669a52d46d93a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ceris.purdue.edu/file/3122" TargetMode="External"/><Relationship Id="rId881969a52d46d9c16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId424469a52d46d9cf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00842.x" TargetMode="External"/><Relationship Id="rId427169a52d46d735c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId427169a52d46d735c.jpg"/><Relationship Id="rId570269a52d46d8875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId570269a52d46d8875.jpg"/><Relationship Id="rId282569a52d46d9d43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId282569a52d46d9d43.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>