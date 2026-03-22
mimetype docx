--- v5 (2026-03-02)
+++ v6 (2026-03-22)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (Solsky)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Uzbek longhorn beetle, city longhorn beetle, sart longhorn beetle, town longhorn beetle</w:t>
             </w:r>
-            <w:hyperlink r:id="rId832769a52d46d6df7" w:history="1">
+            <w:hyperlink r:id="rId509969c0568cd4fdd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId805869a52d46d6e6d" w:history="1">
+            <w:hyperlink r:id="rId533969c0568cd5052" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> AELSSA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="23761713" name="name553769a52d46d735e" descr="11377.jpg"/>
+                  <wp:docPr id="11083248" name="name608469c0568cd5eb9" descr="11377.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="11377.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId427169a52d46d735c" cstate="print"/>
+                          <a:blip r:embed="rId637069c0568cd5eb7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId661269a52d46d746f" w:history="1">
+            <w:hyperlink r:id="rId529669c0568cd5fd7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1740,63 +1740,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. T. sartus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is found usually in lower mountainous areas up to an altitude of 2000 m.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="49803668" name="name357169a52d46d8877" descr="AELSSA_distribution_map.jpg"/>
+            <wp:docPr id="6836931" name="name109169c0568cd74f9" descr="AELSSA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="AELSSA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId570269a52d46d8875" cstate="print"/>
+                    <a:blip r:embed="rId897769c0568cd74f6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3284,51 +3284,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 213–215.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CAPS Program Resource and Collaboration Site (n.d.). Retrieved from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId919669a52d46d93a4" w:history="1">
+      <w:hyperlink r:id="rId778369c0568cd8b8d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://download.ceris.purdue.edu/file/3122</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -4654,51 +4654,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Trirachys sartus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId881969a52d46d9c16" w:history="1">
+      <w:hyperlink r:id="rId907169c0568cd9bba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4774,81 +4774,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 387-389. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId424469a52d46d9cf9" w:history="1">
+      <w:hyperlink r:id="rId303169c0568cd9ca8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2005.00842.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="49233810" name="name121669a52d46d9d44" descr="eu_funding_250.png"/>
+            <wp:docPr id="69783601" name="name237869c0568cda38b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId282569a52d46d9d43" cstate="print"/>
+                    <a:blip r:embed="rId910369c0568cda389" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4946,137 +4946,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="10393246">
+  <w:abstractNum w:abstractNumId="81750686">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64664449">
+    <w:lvl w:ilvl="0" w:tplc="51117504">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="64664449" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="51117504" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="64664449" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="51117504" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="64664449" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="51117504" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="64664449" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="51117504" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="64664449" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="51117504" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="64664449" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="51117504" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="64664449" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="51117504" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="64664449" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="51117504" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10393245">
+  <w:abstractNum w:abstractNumId="81750685">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10744261">
+    <w:lvl w:ilvl="0" w:tplc="74496876">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5828,55 +5828,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10393245">
-    <w:abstractNumId w:val="10393245"/>
+  <w:num w:numId="81750685">
+    <w:abstractNumId w:val="81750685"/>
   </w:num>
-  <w:num w:numId="10393246">
-    <w:abstractNumId w:val="10393246"/>
+  <w:num w:numId="81750686">
+    <w:abstractNumId w:val="81750686"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17426,51 +17426,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId938507034" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId813555253" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId832769a52d46d6df7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AELSSA/" TargetMode="External"/><Relationship Id="rId805869a52d46d6e6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AELSSA/categorization" TargetMode="External"/><Relationship Id="rId661269a52d46d746f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AELSSA/photos" TargetMode="External"/><Relationship Id="rId919669a52d46d93a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ceris.purdue.edu/file/3122" TargetMode="External"/><Relationship Id="rId881969a52d46d9c16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId424469a52d46d9cf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00842.x" TargetMode="External"/><Relationship Id="rId427169a52d46d735c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId427169a52d46d735c.jpg"/><Relationship Id="rId570269a52d46d8875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId570269a52d46d8875.jpg"/><Relationship Id="rId282569a52d46d9d43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId282569a52d46d9d43.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId697878194" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId610730135" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId509969c0568cd4fdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AELSSA/" TargetMode="External"/><Relationship Id="rId533969c0568cd5052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AELSSA/categorization" TargetMode="External"/><Relationship Id="rId529669c0568cd5fd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/AELSSA/photos" TargetMode="External"/><Relationship Id="rId778369c0568cd8b8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ceris.purdue.edu/file/3122" TargetMode="External"/><Relationship Id="rId907169c0568cd9bba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId303169c0568cd9ca8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2005.00842.x" TargetMode="External"/><Relationship Id="rId637069c0568cd5eb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId637069c0568cd5eb7.jpg"/><Relationship Id="rId897769c0568cd74f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId897769c0568cd74f6.jpg"/><Relationship Id="rId910369c0568cda389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId910369c0568cda389.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>