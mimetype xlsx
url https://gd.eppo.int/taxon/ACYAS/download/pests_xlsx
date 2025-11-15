--- v0 (2025-10-21)
+++ v1 (2025-11-15)
@@ -12,86 +12,95 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ACYAS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PRODER</t>
   </si>
   <si>
     <t>Spodoptera eridania</t>
   </si>
   <si>
     <t>* Montezano DG, Specht A, Sosa-Gomez DR, Roque-Specht VF &amp; de Barros NM (2014) Immature stages of Spodoptera eridania (Lepidoptera: Noctuidae): developmental parameters and host plants. Journal of Insect Science 14, 238. https://doi.org/10.1093/jisesa/ieu101</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>ALEDDI</t>
   </si>
   <si>
     <t>Aleurodicus dispersus</t>
   </si>
   <si>
     <t>* Boopathi T (2022) New host plants, natural enemy complex and newly distributed potential areas of exotic spiralling whitefly (Hemiptera: Aleyrodidae) in India. Phytoparasitica 50(2), 335-357.</t>
+  </si>
+  <si>
+    <t>EMPOBI</t>
+  </si>
+  <si>
+    <t>Amrasca biguttula</t>
+  </si>
+  <si>
+    <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -395,51 +404,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D3"/>
+  <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="305.497" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -449,50 +458,64 @@
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">