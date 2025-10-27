--- v0 (2025-10-07)
+++ v1 (2025-10-27)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Chelicerata: Arachnida: Acarida: Eriophyidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> fuchsia gall mite, fuchsia mite</w:t>
             </w:r>
-            <w:hyperlink r:id="rId840068e52b7f20059" w:history="1">
+            <w:hyperlink r:id="rId460168fffff887825" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId418768e52b7f200c3" w:history="1">
+            <w:hyperlink r:id="rId355868fffff887890" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ACUPFU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="67839986" name="name848368e52b7f2018d" descr="13983.jpg"/>
+                  <wp:docPr id="75986271" name="name283168fffff887950" descr="13983.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13983.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId736468e52b7f2018c" cstate="print"/>
+                          <a:blip r:embed="rId691268fffff88794f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId529468e52b7f20a2f" w:history="1">
+            <w:hyperlink r:id="rId695268fffff887a53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -989,63 +989,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Aculops fuchsiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> have been reported in several other European countries in relation with movement of plants from infested areas (EPPO, 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="30866287" name="name624068e52b7f21d02" descr="ACUPFU_distribution_map.jpg"/>
+            <wp:docPr id="38417386" name="name887668fffff8889e0" descr="ACUPFU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ACUPFU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId280968e52b7f21d00" cstate="print"/>
+                    <a:blip r:embed="rId527668fffff8889dd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2341,51 +2341,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anderson H, MacLeod A (2007) CSL Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aculops fuchsiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CSL, York, UK. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId689468e52b7f2275b" w:history="1">
+      <w:hyperlink r:id="rId741768fffff889453" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/organism/ACUPFU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2420,51 +2420,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: Fuchsia gall mite – an eriophyid mite. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Northwest Fuchsia Society</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId699068e52b7f227de" w:history="1">
+      <w:hyperlink r:id="rId443468fffff8894d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://nwfuchsiasociety.com/mitesold.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2537,51 +2537,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Datasheet on Pest </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aculops fuchsiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId722568e52b7f2289a" w:history="1">
+      <w:hyperlink r:id="rId530868fffff88958e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56110</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2636,51 +2636,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3853</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2012) EPPO technical document no. 1061: EPPO study on the risk of imports of plants for planting. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId970868e52b7f22940" w:history="1">
+      <w:hyperlink r:id="rId856968fffff889630" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/media/uploaded_images/RESOURCES/eppo_publications/td_1061_plants_for_planting.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2963,90 +2963,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552-568.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RHS (2021) Mail order suppliers of biological control for home gardeners </w:t>
       </w:r>
-      <w:hyperlink r:id="rId884168e52b7f22b4b" w:history="1">
+      <w:hyperlink r:id="rId757768fffff889843" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.rhs.org.uk/advice/pdfs/biological-control-suppliers</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RHS (2022) Fuchsia Gall mite </w:t>
       </w:r>
-      <w:hyperlink r:id="rId257768e52b7f22b89" w:history="1">
+      <w:hyperlink r:id="rId303168fffff889880" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.rhs.org.uk/biodiversity/fuchsia-gall-mite</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3248,51 +3248,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aculops fuchsiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId303768e52b7f22d18" w:history="1">
+      <w:hyperlink r:id="rId934868fffff889a0b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3367,63 +3367,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="34599564" name="name701868e52b7f22e66" descr="eu_funding_250.png"/>
+            <wp:docPr id="8740296" name="name683568fffff889b49" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId168668e52b7f22e64" cstate="print"/>
+                    <a:blip r:embed="rId636368fffff889b48" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3521,137 +3521,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="39451485">
+  <w:abstractNum w:abstractNumId="95158952">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67350878">
+    <w:lvl w:ilvl="0" w:tplc="73902480">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67350878" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="73902480" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67350878" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="73902480" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="67350878" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="73902480" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67350878" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="73902480" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="67350878" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="73902480" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="67350878" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="73902480" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="67350878" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="73902480" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67350878" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="73902480" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39451484">
+  <w:abstractNum w:abstractNumId="95158951">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69953703">
+    <w:lvl w:ilvl="0" w:tplc="54003119">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4403,55 +4403,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="39451484">
-    <w:abstractNumId w:val="39451484"/>
+  <w:num w:numId="95158951">
+    <w:abstractNumId w:val="95158951"/>
   </w:num>
-  <w:num w:numId="39451485">
-    <w:abstractNumId w:val="39451485"/>
+  <w:num w:numId="95158952">
+    <w:abstractNumId w:val="95158952"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16001,51 +16001,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId709960244" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId365584424" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId840068e52b7f20059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/" TargetMode="External"/><Relationship Id="rId418768e52b7f200c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/categorization" TargetMode="External"/><Relationship Id="rId529468e52b7f20a2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/photos" TargetMode="External"/><Relationship Id="rId689468e52b7f2275b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/organism/ACUPFU" TargetMode="External"/><Relationship Id="rId699068e52b7f227de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nwfuchsiasociety.com/mitesold.htm" TargetMode="External"/><Relationship Id="rId722568e52b7f2289a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56110" TargetMode="External"/><Relationship Id="rId970868e52b7f22940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/media/uploaded_images/RESOURCES/eppo_publications/td_1061_plants_for_planting.pdf" TargetMode="External"/><Relationship Id="rId884168e52b7f22b4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rhs.org.uk/advice/pdfs/biological-control-suppliers" TargetMode="External"/><Relationship Id="rId257768e52b7f22b89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/biodiversity/fuchsia-gall-mite" TargetMode="External"/><Relationship Id="rId303768e52b7f22d18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId736468e52b7f2018c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId736468e52b7f2018c.jpg"/><Relationship Id="rId280968e52b7f21d00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId280968e52b7f21d00.jpg"/><Relationship Id="rId168668e52b7f22e64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId168668e52b7f22e64.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId393994302" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId705500182" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId460168fffff887825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/" TargetMode="External"/><Relationship Id="rId355868fffff887890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/categorization" TargetMode="External"/><Relationship Id="rId695268fffff887a53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/photos" TargetMode="External"/><Relationship Id="rId741768fffff889453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/organism/ACUPFU" TargetMode="External"/><Relationship Id="rId443468fffff8894d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nwfuchsiasociety.com/mitesold.htm" TargetMode="External"/><Relationship Id="rId530868fffff88958e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56110" TargetMode="External"/><Relationship Id="rId856968fffff889630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/media/uploaded_images/RESOURCES/eppo_publications/td_1061_plants_for_planting.pdf" TargetMode="External"/><Relationship Id="rId757768fffff889843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rhs.org.uk/advice/pdfs/biological-control-suppliers" TargetMode="External"/><Relationship Id="rId303168fffff889880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/biodiversity/fuchsia-gall-mite" TargetMode="External"/><Relationship Id="rId934868fffff889a0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId691268fffff88794f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId691268fffff88794f.jpg"/><Relationship Id="rId527668fffff8889dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId527668fffff8889dd.jpg"/><Relationship Id="rId636368fffff889b48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId636368fffff889b48.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>