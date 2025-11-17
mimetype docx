--- v1 (2025-10-27)
+++ v2 (2025-11-17)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Chelicerata: Arachnida: Acarida: Eriophyidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> fuchsia gall mite, fuchsia mite</w:t>
             </w:r>
-            <w:hyperlink r:id="rId460168fffff887825" w:history="1">
+            <w:hyperlink r:id="rId8710691a7e870ef9a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId355868fffff887890" w:history="1">
+            <w:hyperlink r:id="rId9077691a7e870f00e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ACUPFU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="75986271" name="name283168fffff887950" descr="13983.jpg"/>
+                  <wp:docPr id="18763169" name="name6075691a7e870f0cd" descr="13983.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13983.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId691268fffff88794f" cstate="print"/>
+                          <a:blip r:embed="rId9348691a7e870f0cc" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId695268fffff887a53" w:history="1">
+            <w:hyperlink r:id="rId1040691a7e870f1aa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -989,63 +989,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Aculops fuchsiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> have been reported in several other European countries in relation with movement of plants from infested areas (EPPO, 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="38417386" name="name887668fffff8889e0" descr="ACUPFU_distribution_map.jpg"/>
+            <wp:docPr id="64988803" name="name1506691a7e8710017" descr="ACUPFU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ACUPFU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId527668fffff8889dd" cstate="print"/>
+                    <a:blip r:embed="rId3013691a7e8710015" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2341,51 +2341,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anderson H, MacLeod A (2007) CSL Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aculops fuchsiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CSL, York, UK. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId741768fffff889453" w:history="1">
+      <w:hyperlink r:id="rId4493691a7e8710a6e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/organism/ACUPFU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2420,51 +2420,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: Fuchsia gall mite – an eriophyid mite. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Northwest Fuchsia Society</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId443468fffff8894d4" w:history="1">
+      <w:hyperlink r:id="rId2318691a7e8710aef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://nwfuchsiasociety.com/mitesold.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2537,51 +2537,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Datasheet on Pest </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aculops fuchsiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId530868fffff88958e" w:history="1">
+      <w:hyperlink r:id="rId7367691a7e8710bbc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56110</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2636,51 +2636,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3853</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2012) EPPO technical document no. 1061: EPPO study on the risk of imports of plants for planting. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId856968fffff889630" w:history="1">
+      <w:hyperlink r:id="rId4502691a7e8710c60" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/media/uploaded_images/RESOURCES/eppo_publications/td_1061_plants_for_planting.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2963,90 +2963,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552-568.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RHS (2021) Mail order suppliers of biological control for home gardeners </w:t>
       </w:r>
-      <w:hyperlink r:id="rId757768fffff889843" w:history="1">
+      <w:hyperlink r:id="rId9458691a7e8710e69" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.rhs.org.uk/advice/pdfs/biological-control-suppliers</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RHS (2022) Fuchsia Gall mite </w:t>
       </w:r>
-      <w:hyperlink r:id="rId303168fffff889880" w:history="1">
+      <w:hyperlink r:id="rId8834691a7e8710ea6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.rhs.org.uk/biodiversity/fuchsia-gall-mite</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3248,51 +3248,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aculops fuchsiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId934868fffff889a0b" w:history="1">
+      <w:hyperlink r:id="rId4715691a7e8711031" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3367,63 +3367,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="8740296" name="name683568fffff889b49" descr="eu_funding_250.png"/>
+            <wp:docPr id="19926213" name="name5910691a7e871113c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId636368fffff889b48" cstate="print"/>
+                    <a:blip r:embed="rId1337691a7e871113b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3521,137 +3521,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="95158952">
+  <w:abstractNum w:abstractNumId="79025637">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73902480">
+    <w:lvl w:ilvl="0" w:tplc="16468941">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="73902480" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="16468941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="73902480" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="16468941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="73902480" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="16468941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="73902480" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="16468941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="73902480" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="16468941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="73902480" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="16468941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="73902480" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="16468941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="73902480" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="16468941" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="95158951">
+  <w:abstractNum w:abstractNumId="79025636">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54003119">
+    <w:lvl w:ilvl="0" w:tplc="91877065">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4403,55 +4403,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="95158951">
-    <w:abstractNumId w:val="95158951"/>
+  <w:num w:numId="79025636">
+    <w:abstractNumId w:val="79025636"/>
   </w:num>
-  <w:num w:numId="95158952">
-    <w:abstractNumId w:val="95158952"/>
+  <w:num w:numId="79025637">
+    <w:abstractNumId w:val="79025637"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16001,51 +16001,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId393994302" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId705500182" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId460168fffff887825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/" TargetMode="External"/><Relationship Id="rId355868fffff887890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/categorization" TargetMode="External"/><Relationship Id="rId695268fffff887a53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/photos" TargetMode="External"/><Relationship Id="rId741768fffff889453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/organism/ACUPFU" TargetMode="External"/><Relationship Id="rId443468fffff8894d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nwfuchsiasociety.com/mitesold.htm" TargetMode="External"/><Relationship Id="rId530868fffff88958e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56110" TargetMode="External"/><Relationship Id="rId856968fffff889630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/media/uploaded_images/RESOURCES/eppo_publications/td_1061_plants_for_planting.pdf" TargetMode="External"/><Relationship Id="rId757768fffff889843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rhs.org.uk/advice/pdfs/biological-control-suppliers" TargetMode="External"/><Relationship Id="rId303168fffff889880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/biodiversity/fuchsia-gall-mite" TargetMode="External"/><Relationship Id="rId934868fffff889a0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId691268fffff88794f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId691268fffff88794f.jpg"/><Relationship Id="rId527668fffff8889dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId527668fffff8889dd.jpg"/><Relationship Id="rId636368fffff889b48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId636368fffff889b48.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId769361597" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId432177799" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8710691a7e870ef9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/" TargetMode="External"/><Relationship Id="rId9077691a7e870f00e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/categorization" TargetMode="External"/><Relationship Id="rId1040691a7e870f1aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/photos" TargetMode="External"/><Relationship Id="rId4493691a7e8710a6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/organism/ACUPFU" TargetMode="External"/><Relationship Id="rId2318691a7e8710aef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nwfuchsiasociety.com/mitesold.htm" TargetMode="External"/><Relationship Id="rId7367691a7e8710bbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56110" TargetMode="External"/><Relationship Id="rId4502691a7e8710c60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/media/uploaded_images/RESOURCES/eppo_publications/td_1061_plants_for_planting.pdf" TargetMode="External"/><Relationship Id="rId9458691a7e8710e69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rhs.org.uk/advice/pdfs/biological-control-suppliers" TargetMode="External"/><Relationship Id="rId8834691a7e8710ea6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/biodiversity/fuchsia-gall-mite" TargetMode="External"/><Relationship Id="rId4715691a7e8711031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9348691a7e870f0cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9348691a7e870f0cc.jpg"/><Relationship Id="rId3013691a7e8710015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3013691a7e8710015.jpg"/><Relationship Id="rId1337691a7e871113b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1337691a7e871113b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>