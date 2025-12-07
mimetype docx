--- v2 (2025-11-17)
+++ v3 (2025-12-07)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Chelicerata: Arachnida: Acarida: Eriophyidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> fuchsia gall mite, fuchsia mite</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8710691a7e870ef9a" w:history="1">
+            <w:hyperlink r:id="rId4673693506a1cb721" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9077691a7e870f00e" w:history="1">
+            <w:hyperlink r:id="rId2121693506a1cb78b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ACUPFU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="18763169" name="name6075691a7e870f0cd" descr="13983.jpg"/>
+                  <wp:docPr id="77899343" name="name9408693506a1cb864" descr="13983.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13983.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9348691a7e870f0cc" cstate="print"/>
+                          <a:blip r:embed="rId3001693506a1cb863" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1040691a7e870f1aa" w:history="1">
+            <w:hyperlink r:id="rId8116693506a1cb97f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -989,63 +989,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Aculops fuchsiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> have been reported in several other European countries in relation with movement of plants from infested areas (EPPO, 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="64988803" name="name1506691a7e8710017" descr="ACUPFU_distribution_map.jpg"/>
+            <wp:docPr id="28299300" name="name4954693506a1cc710" descr="ACUPFU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ACUPFU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3013691a7e8710015" cstate="print"/>
+                    <a:blip r:embed="rId7398693506a1cc6e5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2341,51 +2341,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anderson H, MacLeod A (2007) CSL Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aculops fuchsiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CSL, York, UK. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4493691a7e8710a6e" w:history="1">
+      <w:hyperlink r:id="rId2340693506a1cd549" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/organism/ACUPFU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2420,51 +2420,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: Fuchsia gall mite – an eriophyid mite. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Northwest Fuchsia Society</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2318691a7e8710aef" w:history="1">
+      <w:hyperlink r:id="rId1692693506a1cd5ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://nwfuchsiasociety.com/mitesold.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2537,51 +2537,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Datasheet on Pest </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aculops fuchsiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7367691a7e8710bbc" w:history="1">
+      <w:hyperlink r:id="rId2670693506a1cd68c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56110</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2636,51 +2636,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3853</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2012) EPPO technical document no. 1061: EPPO study on the risk of imports of plants for planting. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4502691a7e8710c60" w:history="1">
+      <w:hyperlink r:id="rId3190693506a1cd733" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/media/uploaded_images/RESOURCES/eppo_publications/td_1061_plants_for_planting.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2963,90 +2963,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552-568.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RHS (2021) Mail order suppliers of biological control for home gardeners </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9458691a7e8710e69" w:history="1">
+      <w:hyperlink r:id="rId4284693506a1cd946" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.rhs.org.uk/advice/pdfs/biological-control-suppliers</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RHS (2022) Fuchsia Gall mite </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8834691a7e8710ea6" w:history="1">
+      <w:hyperlink r:id="rId1603693506a1cd986" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.rhs.org.uk/biodiversity/fuchsia-gall-mite</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3248,51 +3248,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aculops fuchsiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4715691a7e8711031" w:history="1">
+      <w:hyperlink r:id="rId7713693506a1cdb19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3367,63 +3367,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="19926213" name="name5910691a7e871113c" descr="eu_funding_250.png"/>
+            <wp:docPr id="61887828" name="name9119693506a1cdc59" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1337691a7e871113b" cstate="print"/>
+                    <a:blip r:embed="rId6023693506a1cdc53" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3521,137 +3521,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="79025637">
+  <w:abstractNum w:abstractNumId="42714007">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16468941">
+    <w:lvl w:ilvl="0" w:tplc="37331195">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="16468941" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="37331195" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="16468941" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="37331195" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="16468941" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="37331195" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="16468941" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="37331195" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="16468941" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="37331195" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="16468941" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="37331195" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="16468941" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="37331195" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="16468941" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="37331195" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="79025636">
+  <w:abstractNum w:abstractNumId="42714006">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91877065">
+    <w:lvl w:ilvl="0" w:tplc="29773343">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4403,55 +4403,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="79025636">
-    <w:abstractNumId w:val="79025636"/>
+  <w:num w:numId="42714006">
+    <w:abstractNumId w:val="42714006"/>
   </w:num>
-  <w:num w:numId="79025637">
-    <w:abstractNumId w:val="79025637"/>
+  <w:num w:numId="42714007">
+    <w:abstractNumId w:val="42714007"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16001,51 +16001,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId769361597" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId432177799" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8710691a7e870ef9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/" TargetMode="External"/><Relationship Id="rId9077691a7e870f00e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/categorization" TargetMode="External"/><Relationship Id="rId1040691a7e870f1aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/photos" TargetMode="External"/><Relationship Id="rId4493691a7e8710a6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/organism/ACUPFU" TargetMode="External"/><Relationship Id="rId2318691a7e8710aef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nwfuchsiasociety.com/mitesold.htm" TargetMode="External"/><Relationship Id="rId7367691a7e8710bbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56110" TargetMode="External"/><Relationship Id="rId4502691a7e8710c60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/media/uploaded_images/RESOURCES/eppo_publications/td_1061_plants_for_planting.pdf" TargetMode="External"/><Relationship Id="rId9458691a7e8710e69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rhs.org.uk/advice/pdfs/biological-control-suppliers" TargetMode="External"/><Relationship Id="rId8834691a7e8710ea6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/biodiversity/fuchsia-gall-mite" TargetMode="External"/><Relationship Id="rId4715691a7e8711031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9348691a7e870f0cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9348691a7e870f0cc.jpg"/><Relationship Id="rId3013691a7e8710015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3013691a7e8710015.jpg"/><Relationship Id="rId1337691a7e871113b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1337691a7e871113b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId839381034" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId795378304" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4673693506a1cb721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/" TargetMode="External"/><Relationship Id="rId2121693506a1cb78b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/categorization" TargetMode="External"/><Relationship Id="rId8116693506a1cb97f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/photos" TargetMode="External"/><Relationship Id="rId2340693506a1cd549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/organism/ACUPFU" TargetMode="External"/><Relationship Id="rId1692693506a1cd5ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nwfuchsiasociety.com/mitesold.htm" TargetMode="External"/><Relationship Id="rId2670693506a1cd68c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56110" TargetMode="External"/><Relationship Id="rId3190693506a1cd733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/media/uploaded_images/RESOURCES/eppo_publications/td_1061_plants_for_planting.pdf" TargetMode="External"/><Relationship Id="rId4284693506a1cd946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rhs.org.uk/advice/pdfs/biological-control-suppliers" TargetMode="External"/><Relationship Id="rId1603693506a1cd986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/biodiversity/fuchsia-gall-mite" TargetMode="External"/><Relationship Id="rId7713693506a1cdb19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3001693506a1cb863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3001693506a1cb863.jpg"/><Relationship Id="rId7398693506a1cc6e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7398693506a1cc6e5.jpg"/><Relationship Id="rId6023693506a1cdc53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6023693506a1cdc53.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>