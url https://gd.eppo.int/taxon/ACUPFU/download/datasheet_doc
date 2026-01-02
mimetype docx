--- v3 (2025-12-07)
+++ v4 (2026-01-02)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Chelicerata: Arachnida: Acarida: Eriophyidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> fuchsia gall mite, fuchsia mite</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4673693506a1cb721" w:history="1">
+            <w:hyperlink r:id="rId146669571920ac4d6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2121693506a1cb78b" w:history="1">
+            <w:hyperlink r:id="rId980469571920ac54c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ACUPFU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="77899343" name="name9408693506a1cb864" descr="13983.jpg"/>
+                  <wp:docPr id="78780539" name="name358969571920acd85" descr="13983.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13983.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3001693506a1cb863" cstate="print"/>
+                          <a:blip r:embed="rId527269571920acd82" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8116693506a1cb97f" w:history="1">
+            <w:hyperlink r:id="rId983969571920aceee" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -989,63 +989,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Aculops fuchsiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> have been reported in several other European countries in relation with movement of plants from infested areas (EPPO, 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="28299300" name="name4954693506a1cc710" descr="ACUPFU_distribution_map.jpg"/>
+            <wp:docPr id="84143605" name="name944469571920adff0" descr="ACUPFU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ACUPFU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7398693506a1cc6e5" cstate="print"/>
+                    <a:blip r:embed="rId823269571920adfec" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2341,51 +2341,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anderson H, MacLeod A (2007) CSL Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aculops fuchsiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CSL, York, UK. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2340693506a1cd549" w:history="1">
+      <w:hyperlink r:id="rId767469571920aea7c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/organism/ACUPFU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2420,51 +2420,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: Fuchsia gall mite – an eriophyid mite. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Northwest Fuchsia Society</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1692693506a1cd5ce" w:history="1">
+      <w:hyperlink r:id="rId949769571920aeb00" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://nwfuchsiasociety.com/mitesold.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2537,51 +2537,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Datasheet on Pest </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aculops fuchsiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2670693506a1cd68c" w:history="1">
+      <w:hyperlink r:id="rId459569571920aebba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56110</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2636,51 +2636,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3853</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2012) EPPO technical document no. 1061: EPPO study on the risk of imports of plants for planting. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3190693506a1cd733" w:history="1">
+      <w:hyperlink r:id="rId707469571920aec5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/media/uploaded_images/RESOURCES/eppo_publications/td_1061_plants_for_planting.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2963,90 +2963,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552-568.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RHS (2021) Mail order suppliers of biological control for home gardeners </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4284693506a1cd946" w:history="1">
+      <w:hyperlink r:id="rId858269571920aee8d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.rhs.org.uk/advice/pdfs/biological-control-suppliers</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RHS (2022) Fuchsia Gall mite </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1603693506a1cd986" w:history="1">
+      <w:hyperlink r:id="rId308169571920aeecc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.rhs.org.uk/biodiversity/fuchsia-gall-mite</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3226,73 +3226,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aculops fuchsiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7713693506a1cdb19" w:history="1">
+      <w:hyperlink r:id="rId818169571920af05c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3367,63 +3367,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="61887828" name="name9119693506a1cdc59" descr="eu_funding_250.png"/>
+            <wp:docPr id="53661466" name="name971469571920af509" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6023693506a1cdc53" cstate="print"/>
+                    <a:blip r:embed="rId807169571920af507" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3521,137 +3521,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="42714007">
+  <w:abstractNum w:abstractNumId="16232809">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37331195">
+    <w:lvl w:ilvl="0" w:tplc="61995024">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="37331195" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="61995024" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="37331195" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="61995024" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="37331195" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="61995024" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="37331195" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="61995024" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="37331195" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="61995024" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="37331195" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="61995024" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="37331195" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="61995024" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="37331195" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="61995024" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42714006">
+  <w:abstractNum w:abstractNumId="16232808">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29773343">
+    <w:lvl w:ilvl="0" w:tplc="30503691">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4403,55 +4403,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="42714006">
-    <w:abstractNumId w:val="42714006"/>
+  <w:num w:numId="16232808">
+    <w:abstractNumId w:val="16232808"/>
   </w:num>
-  <w:num w:numId="42714007">
-    <w:abstractNumId w:val="42714007"/>
+  <w:num w:numId="16232809">
+    <w:abstractNumId w:val="16232809"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16001,51 +16001,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId839381034" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId795378304" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId4673693506a1cb721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/" TargetMode="External"/><Relationship Id="rId2121693506a1cb78b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/categorization" TargetMode="External"/><Relationship Id="rId8116693506a1cb97f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/photos" TargetMode="External"/><Relationship Id="rId2340693506a1cd549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/organism/ACUPFU" TargetMode="External"/><Relationship Id="rId1692693506a1cd5ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nwfuchsiasociety.com/mitesold.htm" TargetMode="External"/><Relationship Id="rId2670693506a1cd68c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56110" TargetMode="External"/><Relationship Id="rId3190693506a1cd733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/media/uploaded_images/RESOURCES/eppo_publications/td_1061_plants_for_planting.pdf" TargetMode="External"/><Relationship Id="rId4284693506a1cd946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rhs.org.uk/advice/pdfs/biological-control-suppliers" TargetMode="External"/><Relationship Id="rId1603693506a1cd986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/biodiversity/fuchsia-gall-mite" TargetMode="External"/><Relationship Id="rId7713693506a1cdb19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3001693506a1cb863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3001693506a1cb863.jpg"/><Relationship Id="rId7398693506a1cc6e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7398693506a1cc6e5.jpg"/><Relationship Id="rId6023693506a1cdc53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6023693506a1cdc53.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId253930025" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId659853599" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId146669571920ac4d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/" TargetMode="External"/><Relationship Id="rId980469571920ac54c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/categorization" TargetMode="External"/><Relationship Id="rId983969571920aceee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/photos" TargetMode="External"/><Relationship Id="rId767469571920aea7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/organism/ACUPFU" TargetMode="External"/><Relationship Id="rId949769571920aeb00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nwfuchsiasociety.com/mitesold.htm" TargetMode="External"/><Relationship Id="rId459569571920aebba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56110" TargetMode="External"/><Relationship Id="rId707469571920aec5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/media/uploaded_images/RESOURCES/eppo_publications/td_1061_plants_for_planting.pdf" TargetMode="External"/><Relationship Id="rId858269571920aee8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rhs.org.uk/advice/pdfs/biological-control-suppliers" TargetMode="External"/><Relationship Id="rId308169571920aeecc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/biodiversity/fuchsia-gall-mite" TargetMode="External"/><Relationship Id="rId818169571920af05c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId527269571920acd82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId527269571920acd82.jpg"/><Relationship Id="rId823269571920adfec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId823269571920adfec.jpg"/><Relationship Id="rId807169571920af507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId807169571920af507.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>