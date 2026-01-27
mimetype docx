--- v4 (2026-01-02)
+++ v5 (2026-01-27)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Chelicerata: Arachnida: Acarida: Eriophyidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> fuchsia gall mite, fuchsia mite</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146669571920ac4d6" w:history="1">
+            <w:hyperlink r:id="rId63756978bb09ec311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId980469571920ac54c" w:history="1">
+            <w:hyperlink r:id="rId27626978bb09ec37b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ACUPFU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="78780539" name="name358969571920acd85" descr="13983.jpg"/>
+                  <wp:docPr id="55145162" name="name40096978bb09ec468" descr="13983.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13983.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId527269571920acd82" cstate="print"/>
+                          <a:blip r:embed="rId20916978bb09ec466" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId983969571920aceee" w:history="1">
+            <w:hyperlink r:id="rId91206978bb09ec5eb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -989,63 +989,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Aculops fuchsiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> have been reported in several other European countries in relation with movement of plants from infested areas (EPPO, 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="84143605" name="name944469571920adff0" descr="ACUPFU_distribution_map.jpg"/>
+            <wp:docPr id="89610203" name="name74746978bb09ed6c9" descr="ACUPFU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ACUPFU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId823269571920adfec" cstate="print"/>
+                    <a:blip r:embed="rId45176978bb09ed6c5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2341,51 +2341,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anderson H, MacLeod A (2007) CSL Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aculops fuchsiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CSL, York, UK. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId767469571920aea7c" w:history="1">
+      <w:hyperlink r:id="rId29506978bb09ee161" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/organism/ACUPFU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2420,51 +2420,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: Fuchsia gall mite – an eriophyid mite. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Northwest Fuchsia Society</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId949769571920aeb00" w:history="1">
+      <w:hyperlink r:id="rId41516978bb09ee1e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://nwfuchsiasociety.com/mitesold.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2537,51 +2537,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Datasheet on Pest </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aculops fuchsiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId459569571920aebba" w:history="1">
+      <w:hyperlink r:id="rId44216978bb09ee29e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56110</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2636,51 +2636,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3853</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2012) EPPO technical document no. 1061: EPPO study on the risk of imports of plants for planting. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId707469571920aec5d" w:history="1">
+      <w:hyperlink r:id="rId84966978bb09ee340" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/media/uploaded_images/RESOURCES/eppo_publications/td_1061_plants_for_planting.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2963,90 +2963,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552-568.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RHS (2021) Mail order suppliers of biological control for home gardeners </w:t>
       </w:r>
-      <w:hyperlink r:id="rId858269571920aee8d" w:history="1">
+      <w:hyperlink r:id="rId28706978bb09ee568" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.rhs.org.uk/advice/pdfs/biological-control-suppliers</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RHS (2022) Fuchsia Gall mite </w:t>
       </w:r>
-      <w:hyperlink r:id="rId308169571920aeecc" w:history="1">
+      <w:hyperlink r:id="rId28166978bb09ee5a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.rhs.org.uk/biodiversity/fuchsia-gall-mite</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3248,51 +3248,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aculops fuchsiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId818169571920af05c" w:history="1">
+      <w:hyperlink r:id="rId25756978bb09ee738" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3367,63 +3367,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="53661466" name="name971469571920af509" descr="eu_funding_250.png"/>
+            <wp:docPr id="70288924" name="name94996978bb09ee874" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId807169571920af507" cstate="print"/>
+                    <a:blip r:embed="rId64886978bb09ee873" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3521,137 +3521,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="16232809">
+  <w:abstractNum w:abstractNumId="60338135">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61995024">
+    <w:lvl w:ilvl="0" w:tplc="93704641">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="61995024" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="93704641" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="61995024" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="93704641" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="61995024" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="93704641" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="61995024" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="93704641" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="61995024" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="93704641" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="61995024" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="93704641" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="61995024" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="93704641" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="61995024" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="93704641" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16232808">
+  <w:abstractNum w:abstractNumId="60338134">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30503691">
+    <w:lvl w:ilvl="0" w:tplc="16586163">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4403,55 +4403,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16232808">
-    <w:abstractNumId w:val="16232808"/>
+  <w:num w:numId="60338134">
+    <w:abstractNumId w:val="60338134"/>
   </w:num>
-  <w:num w:numId="16232809">
-    <w:abstractNumId w:val="16232809"/>
+  <w:num w:numId="60338135">
+    <w:abstractNumId w:val="60338135"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16001,51 +16001,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId253930025" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId659853599" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId146669571920ac4d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/" TargetMode="External"/><Relationship Id="rId980469571920ac54c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/categorization" TargetMode="External"/><Relationship Id="rId983969571920aceee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/photos" TargetMode="External"/><Relationship Id="rId767469571920aea7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/organism/ACUPFU" TargetMode="External"/><Relationship Id="rId949769571920aeb00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nwfuchsiasociety.com/mitesold.htm" TargetMode="External"/><Relationship Id="rId459569571920aebba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56110" TargetMode="External"/><Relationship Id="rId707469571920aec5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/media/uploaded_images/RESOURCES/eppo_publications/td_1061_plants_for_planting.pdf" TargetMode="External"/><Relationship Id="rId858269571920aee8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rhs.org.uk/advice/pdfs/biological-control-suppliers" TargetMode="External"/><Relationship Id="rId308169571920aeecc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/biodiversity/fuchsia-gall-mite" TargetMode="External"/><Relationship Id="rId818169571920af05c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId527269571920acd82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId527269571920acd82.jpg"/><Relationship Id="rId823269571920adfec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId823269571920adfec.jpg"/><Relationship Id="rId807169571920af507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId807169571920af507.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId311332212" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId262872346" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId63756978bb09ec311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/" TargetMode="External"/><Relationship Id="rId27626978bb09ec37b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/categorization" TargetMode="External"/><Relationship Id="rId91206978bb09ec5eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/photos" TargetMode="External"/><Relationship Id="rId29506978bb09ee161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/organism/ACUPFU" TargetMode="External"/><Relationship Id="rId41516978bb09ee1e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nwfuchsiasociety.com/mitesold.htm" TargetMode="External"/><Relationship Id="rId44216978bb09ee29e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56110" TargetMode="External"/><Relationship Id="rId84966978bb09ee340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/media/uploaded_images/RESOURCES/eppo_publications/td_1061_plants_for_planting.pdf" TargetMode="External"/><Relationship Id="rId28706978bb09ee568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rhs.org.uk/advice/pdfs/biological-control-suppliers" TargetMode="External"/><Relationship Id="rId28166978bb09ee5a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/biodiversity/fuchsia-gall-mite" TargetMode="External"/><Relationship Id="rId25756978bb09ee738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId20916978bb09ec466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId20916978bb09ec466.jpg"/><Relationship Id="rId45176978bb09ed6c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId45176978bb09ed6c5.jpg"/><Relationship Id="rId64886978bb09ee873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId64886978bb09ee873.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>