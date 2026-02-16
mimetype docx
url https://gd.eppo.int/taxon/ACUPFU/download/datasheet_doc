--- v5 (2026-01-27)
+++ v6 (2026-02-16)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Chelicerata: Arachnida: Acarida: Eriophyidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> fuchsia gall mite, fuchsia mite</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63756978bb09ec311" w:history="1">
+            <w:hyperlink r:id="rId44286993610422740" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -283,53 +283,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27626978bb09ec37b" w:history="1">
+            <w:hyperlink r:id="rId188769936104227aa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ACUPFU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="55145162" name="name40096978bb09ec468" descr="13983.jpg"/>
+                  <wp:docPr id="58817663" name="name76456993610422fe3" descr="13983.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13983.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId20916978bb09ec466" cstate="print"/>
+                          <a:blip r:embed="rId73446993610422fe0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId91206978bb09ec5eb" w:history="1">
+            <w:hyperlink r:id="rId8551699361042315d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -989,63 +989,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Aculops fuchsiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> have been reported in several other European countries in relation with movement of plants from infested areas (EPPO, 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="89610203" name="name74746978bb09ed6c9" descr="ACUPFU_distribution_map.jpg"/>
+            <wp:docPr id="57580388" name="name4279699361042431e" descr="ACUPFU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ACUPFU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId45176978bb09ed6c5" cstate="print"/>
+                    <a:blip r:embed="rId2879699361042431b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2341,51 +2341,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anderson H, MacLeod A (2007) CSL Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aculops fuchsiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CSL, York, UK. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29506978bb09ee161" w:history="1">
+      <w:hyperlink r:id="rId29246993610424d8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/organism/ACUPFU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2420,51 +2420,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: Fuchsia gall mite – an eriophyid mite. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Northwest Fuchsia Society</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41516978bb09ee1e3" w:history="1">
+      <w:hyperlink r:id="rId80136993610424e12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://nwfuchsiasociety.com/mitesold.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2537,51 +2537,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Datasheet on Pest </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aculops fuchsiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44216978bb09ee29e" w:history="1">
+      <w:hyperlink r:id="rId24836993610424ecd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56110</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2636,51 +2636,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3853</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2012) EPPO technical document no. 1061: EPPO study on the risk of imports of plants for planting. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84966978bb09ee340" w:history="1">
+      <w:hyperlink r:id="rId27656993610424f70" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/media/uploaded_images/RESOURCES/eppo_publications/td_1061_plants_for_planting.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2963,90 +2963,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552-568.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RHS (2021) Mail order suppliers of biological control for home gardeners </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28706978bb09ee568" w:history="1">
+      <w:hyperlink r:id="rId5157699361042517d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.rhs.org.uk/advice/pdfs/biological-control-suppliers</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RHS (2022) Fuchsia Gall mite </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28166978bb09ee5a7" w:history="1">
+      <w:hyperlink r:id="rId491669936104251d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.rhs.org.uk/biodiversity/fuchsia-gall-mite</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3248,51 +3248,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aculops fuchsiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25756978bb09ee738" w:history="1">
+      <w:hyperlink r:id="rId28666993610425373" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3367,63 +3367,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="70288924" name="name94996978bb09ee874" descr="eu_funding_250.png"/>
+            <wp:docPr id="97815158" name="name832469936104256d4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId64886978bb09ee873" cstate="print"/>
+                    <a:blip r:embed="rId989369936104256d3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3521,137 +3521,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="60338135">
+  <w:abstractNum w:abstractNumId="30405313">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93704641">
+    <w:lvl w:ilvl="0" w:tplc="25919755">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="93704641" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="25919755" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="93704641" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="25919755" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="93704641" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="25919755" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="93704641" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="25919755" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="93704641" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="25919755" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="93704641" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="25919755" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="93704641" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="25919755" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="93704641" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="25919755" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60338134">
+  <w:abstractNum w:abstractNumId="30405312">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16586163">
+    <w:lvl w:ilvl="0" w:tplc="84330171">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4403,55 +4403,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="60338134">
-    <w:abstractNumId w:val="60338134"/>
+  <w:num w:numId="30405312">
+    <w:abstractNumId w:val="30405312"/>
   </w:num>
-  <w:num w:numId="60338135">
-    <w:abstractNumId w:val="60338135"/>
+  <w:num w:numId="30405313">
+    <w:abstractNumId w:val="30405313"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16001,51 +16001,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId311332212" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId262872346" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId63756978bb09ec311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/" TargetMode="External"/><Relationship Id="rId27626978bb09ec37b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/categorization" TargetMode="External"/><Relationship Id="rId91206978bb09ec5eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/photos" TargetMode="External"/><Relationship Id="rId29506978bb09ee161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/organism/ACUPFU" TargetMode="External"/><Relationship Id="rId41516978bb09ee1e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nwfuchsiasociety.com/mitesold.htm" TargetMode="External"/><Relationship Id="rId44216978bb09ee29e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56110" TargetMode="External"/><Relationship Id="rId84966978bb09ee340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/media/uploaded_images/RESOURCES/eppo_publications/td_1061_plants_for_planting.pdf" TargetMode="External"/><Relationship Id="rId28706978bb09ee568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rhs.org.uk/advice/pdfs/biological-control-suppliers" TargetMode="External"/><Relationship Id="rId28166978bb09ee5a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/biodiversity/fuchsia-gall-mite" TargetMode="External"/><Relationship Id="rId25756978bb09ee738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId20916978bb09ec466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId20916978bb09ec466.jpg"/><Relationship Id="rId45176978bb09ed6c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId45176978bb09ed6c5.jpg"/><Relationship Id="rId64886978bb09ee873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId64886978bb09ee873.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId331942859" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId204312821" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId44286993610422740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/" TargetMode="External"/><Relationship Id="rId188769936104227aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/categorization" TargetMode="External"/><Relationship Id="rId8551699361042315d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/photos" TargetMode="External"/><Relationship Id="rId29246993610424d8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/organism/ACUPFU" TargetMode="External"/><Relationship Id="rId80136993610424e12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nwfuchsiasociety.com/mitesold.htm" TargetMode="External"/><Relationship Id="rId24836993610424ecd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56110" TargetMode="External"/><Relationship Id="rId27656993610424f70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/media/uploaded_images/RESOURCES/eppo_publications/td_1061_plants_for_planting.pdf" TargetMode="External"/><Relationship Id="rId5157699361042517d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rhs.org.uk/advice/pdfs/biological-control-suppliers" TargetMode="External"/><Relationship Id="rId491669936104251d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/biodiversity/fuchsia-gall-mite" TargetMode="External"/><Relationship Id="rId28666993610425373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId73446993610422fe0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73446993610422fe0.jpg"/><Relationship Id="rId2879699361042431b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2879699361042431b.jpg"/><Relationship Id="rId989369936104256d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId989369936104256d3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>