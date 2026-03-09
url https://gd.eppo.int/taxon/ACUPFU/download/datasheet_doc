--- v6 (2026-02-16)
+++ v7 (2026-03-09)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Chelicerata: Arachnida: Acarida: Eriophyidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> fuchsia gall mite, fuchsia mite</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44286993610422740" w:history="1">
+            <w:hyperlink r:id="rId858269af37b02d77b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188769936104227aa" w:history="1">
+            <w:hyperlink r:id="rId681869af37b02d7ee" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ACUPFU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="58817663" name="name76456993610422fe3" descr="13983.jpg"/>
+                  <wp:docPr id="32691901" name="name727169af37b02df3b" descr="13983.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13983.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId73446993610422fe0" cstate="print"/>
+                          <a:blip r:embed="rId585069af37b02df3a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8551699361042315d" w:history="1">
+            <w:hyperlink r:id="rId895269af37b02e06b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -989,63 +989,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Aculops fuchsiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> have been reported in several other European countries in relation with movement of plants from infested areas (EPPO, 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="57580388" name="name4279699361042431e" descr="ACUPFU_distribution_map.jpg"/>
+            <wp:docPr id="39841272" name="name881869af37b02f1a3" descr="ACUPFU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ACUPFU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2879699361042431b" cstate="print"/>
+                    <a:blip r:embed="rId738369af37b02f1a1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2341,51 +2341,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anderson H, MacLeod A (2007) CSL Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aculops fuchsiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CSL, York, UK. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29246993610424d8e" w:history="1">
+      <w:hyperlink r:id="rId824769af37b02fbfc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/organism/ACUPFU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2420,51 +2420,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: Fuchsia gall mite – an eriophyid mite. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Northwest Fuchsia Society</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80136993610424e12" w:history="1">
+      <w:hyperlink r:id="rId346169af37b02fc7d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://nwfuchsiasociety.com/mitesold.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2537,51 +2537,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Datasheet on Pest </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aculops fuchsiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24836993610424ecd" w:history="1">
+      <w:hyperlink r:id="rId249069af37b02fd36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56110</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2636,51 +2636,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3853</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2012) EPPO technical document no. 1061: EPPO study on the risk of imports of plants for planting. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27656993610424f70" w:history="1">
+      <w:hyperlink r:id="rId618769af37b02fdf2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/media/uploaded_images/RESOURCES/eppo_publications/td_1061_plants_for_planting.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2963,90 +2963,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552-568.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RHS (2021) Mail order suppliers of biological control for home gardeners </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5157699361042517d" w:history="1">
+      <w:hyperlink r:id="rId280169af37b030003" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.rhs.org.uk/advice/pdfs/biological-control-suppliers</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RHS (2022) Fuchsia Gall mite </w:t>
       </w:r>
-      <w:hyperlink r:id="rId491669936104251d8" w:history="1">
+      <w:hyperlink r:id="rId332169af37b030041" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.rhs.org.uk/biodiversity/fuchsia-gall-mite</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3248,51 +3248,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aculops fuchsiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28666993610425373" w:history="1">
+      <w:hyperlink r:id="rId822469af37b0301ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3367,63 +3367,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="97815158" name="name832469936104256d4" descr="eu_funding_250.png"/>
+            <wp:docPr id="77640956" name="name508069af37b0305fb" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId989369936104256d3" cstate="print"/>
+                    <a:blip r:embed="rId898169af37b0305f9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3521,137 +3521,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="30405313">
+  <w:abstractNum w:abstractNumId="66001783">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="25919755">
+    <w:lvl w:ilvl="0" w:tplc="28590269">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="25919755" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="28590269" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="25919755" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="28590269" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="25919755" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="28590269" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="25919755" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="28590269" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="25919755" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="28590269" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="25919755" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="28590269" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="25919755" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="28590269" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="25919755" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="28590269" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30405312">
+  <w:abstractNum w:abstractNumId="66001782">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84330171">
+    <w:lvl w:ilvl="0" w:tplc="72923609">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4403,55 +4403,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="30405312">
-    <w:abstractNumId w:val="30405312"/>
+  <w:num w:numId="66001782">
+    <w:abstractNumId w:val="66001782"/>
   </w:num>
-  <w:num w:numId="30405313">
-    <w:abstractNumId w:val="30405313"/>
+  <w:num w:numId="66001783">
+    <w:abstractNumId w:val="66001783"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16001,51 +16001,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId331942859" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId204312821" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId44286993610422740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/" TargetMode="External"/><Relationship Id="rId188769936104227aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/categorization" TargetMode="External"/><Relationship Id="rId8551699361042315d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/photos" TargetMode="External"/><Relationship Id="rId29246993610424d8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/organism/ACUPFU" TargetMode="External"/><Relationship Id="rId80136993610424e12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nwfuchsiasociety.com/mitesold.htm" TargetMode="External"/><Relationship Id="rId24836993610424ecd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56110" TargetMode="External"/><Relationship Id="rId27656993610424f70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/media/uploaded_images/RESOURCES/eppo_publications/td_1061_plants_for_planting.pdf" TargetMode="External"/><Relationship Id="rId5157699361042517d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rhs.org.uk/advice/pdfs/biological-control-suppliers" TargetMode="External"/><Relationship Id="rId491669936104251d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/biodiversity/fuchsia-gall-mite" TargetMode="External"/><Relationship Id="rId28666993610425373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId73446993610422fe0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73446993610422fe0.jpg"/><Relationship Id="rId2879699361042431b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2879699361042431b.jpg"/><Relationship Id="rId989369936104256d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId989369936104256d3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId571307362" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId323605432" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId858269af37b02d77b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/" TargetMode="External"/><Relationship Id="rId681869af37b02d7ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/categorization" TargetMode="External"/><Relationship Id="rId895269af37b02e06b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/photos" TargetMode="External"/><Relationship Id="rId824769af37b02fbfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/organism/ACUPFU" TargetMode="External"/><Relationship Id="rId346169af37b02fc7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nwfuchsiasociety.com/mitesold.htm" TargetMode="External"/><Relationship Id="rId249069af37b02fd36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56110" TargetMode="External"/><Relationship Id="rId618769af37b02fdf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/media/uploaded_images/RESOURCES/eppo_publications/td_1061_plants_for_planting.pdf" TargetMode="External"/><Relationship Id="rId280169af37b030003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rhs.org.uk/advice/pdfs/biological-control-suppliers" TargetMode="External"/><Relationship Id="rId332169af37b030041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/biodiversity/fuchsia-gall-mite" TargetMode="External"/><Relationship Id="rId822469af37b0301ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId585069af37b02df3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId585069af37b02df3a.jpg"/><Relationship Id="rId738369af37b02f1a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId738369af37b02f1a1.jpg"/><Relationship Id="rId898169af37b0305f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId898169af37b0305f9.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>