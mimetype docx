--- v7 (2026-03-09)
+++ v8 (2026-03-30)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Chelicerata: Arachnida: Acarida: Eriophyidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> fuchsia gall mite, fuchsia mite</w:t>
             </w:r>
-            <w:hyperlink r:id="rId858269af37b02d77b" w:history="1">
+            <w:hyperlink r:id="rId561169caa1c72dc20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId681869af37b02d7ee" w:history="1">
+            <w:hyperlink r:id="rId350369caa1c72dc89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ACUPFU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="32691901" name="name727169af37b02df3b" descr="13983.jpg"/>
+                  <wp:docPr id="27647230" name="name414669caa1c72e328" descr="13983.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="13983.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId585069af37b02df3a" cstate="print"/>
+                          <a:blip r:embed="rId536169caa1c72e326" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId895269af37b02e06b" w:history="1">
+            <w:hyperlink r:id="rId691369caa1c72e41e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -989,63 +989,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Aculops fuchsiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> have been reported in several other European countries in relation with movement of plants from infested areas (EPPO, 2012).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="39841272" name="name881869af37b02f1a3" descr="ACUPFU_distribution_map.jpg"/>
+            <wp:docPr id="1054439" name="name133569caa1c72f4bc" descr="ACUPFU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ACUPFU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId738369af37b02f1a1" cstate="print"/>
+                    <a:blip r:embed="rId570469caa1c72f4b9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2341,51 +2341,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anderson H, MacLeod A (2007) CSL Pest Risk Analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aculops fuchsiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CSL, York, UK. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId824769af37b02fbfc" w:history="1">
+      <w:hyperlink r:id="rId593569caa1c72ff1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/organism/ACUPFU</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2420,51 +2420,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: Fuchsia gall mite – an eriophyid mite. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Northwest Fuchsia Society</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId346169af37b02fc7d" w:history="1">
+      <w:hyperlink r:id="rId491069caa1c72ff9f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://nwfuchsiasociety.com/mitesold.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2537,51 +2537,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) Datasheet on Pest </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aculops fuchsiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId249069af37b02fd36" w:history="1">
+      <w:hyperlink r:id="rId221369caa1c730068" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56110</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2636,51 +2636,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3853</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2012) EPPO technical document no. 1061: EPPO study on the risk of imports of plants for planting. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId618769af37b02fdf2" w:history="1">
+      <w:hyperlink r:id="rId917369caa1c73010f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.eppo.int/media/uploaded_images/RESOURCES/eppo_publications/td_1061_plants_for_planting.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2963,90 +2963,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552-568.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RHS (2021) Mail order suppliers of biological control for home gardeners </w:t>
       </w:r>
-      <w:hyperlink r:id="rId280169af37b030003" w:history="1">
+      <w:hyperlink r:id="rId649669caa1c730322" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.rhs.org.uk/advice/pdfs/biological-control-suppliers</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RHS (2022) Fuchsia Gall mite </w:t>
       </w:r>
-      <w:hyperlink r:id="rId332169af37b030041" w:history="1">
+      <w:hyperlink r:id="rId938169caa1c73035f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.rhs.org.uk/biodiversity/fuchsia-gall-mite</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Accessed February 2022).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3248,51 +3248,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Aculops fuchsiae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId822469af37b0301ce" w:history="1">
+      <w:hyperlink r:id="rId334169caa1c7304f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3367,63 +3367,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="77640956" name="name508069af37b0305fb" descr="eu_funding_250.png"/>
+            <wp:docPr id="37596843" name="name142869caa1c73070f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId898169af37b0305f9" cstate="print"/>
+                    <a:blip r:embed="rId420869caa1c73070e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -3521,137 +3521,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="66001783">
+  <w:abstractNum w:abstractNumId="41181994">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28590269">
+    <w:lvl w:ilvl="0" w:tplc="56138901">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="28590269" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="56138901" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="28590269" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="56138901" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="28590269" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="56138901" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="28590269" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="56138901" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="28590269" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="56138901" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="28590269" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="56138901" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="28590269" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="56138901" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="28590269" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="56138901" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="66001782">
+  <w:abstractNum w:abstractNumId="41181993">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="72923609">
+    <w:lvl w:ilvl="0" w:tplc="34186558">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4403,55 +4403,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="66001782">
-    <w:abstractNumId w:val="66001782"/>
+  <w:num w:numId="41181993">
+    <w:abstractNumId w:val="41181993"/>
   </w:num>
-  <w:num w:numId="66001783">
-    <w:abstractNumId w:val="66001783"/>
+  <w:num w:numId="41181994">
+    <w:abstractNumId w:val="41181994"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -16001,51 +16001,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId571307362" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId323605432" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId858269af37b02d77b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/" TargetMode="External"/><Relationship Id="rId681869af37b02d7ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/categorization" TargetMode="External"/><Relationship Id="rId895269af37b02e06b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/photos" TargetMode="External"/><Relationship Id="rId824769af37b02fbfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/organism/ACUPFU" TargetMode="External"/><Relationship Id="rId346169af37b02fc7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nwfuchsiasociety.com/mitesold.htm" TargetMode="External"/><Relationship Id="rId249069af37b02fd36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56110" TargetMode="External"/><Relationship Id="rId618769af37b02fdf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/media/uploaded_images/RESOURCES/eppo_publications/td_1061_plants_for_planting.pdf" TargetMode="External"/><Relationship Id="rId280169af37b030003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rhs.org.uk/advice/pdfs/biological-control-suppliers" TargetMode="External"/><Relationship Id="rId332169af37b030041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/biodiversity/fuchsia-gall-mite" TargetMode="External"/><Relationship Id="rId822469af37b0301ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId585069af37b02df3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId585069af37b02df3a.jpg"/><Relationship Id="rId738369af37b02f1a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId738369af37b02f1a1.jpg"/><Relationship Id="rId898169af37b0305f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId898169af37b0305f9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId439659614" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId626357197" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId561169caa1c72dc20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/" TargetMode="External"/><Relationship Id="rId350369caa1c72dc89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/categorization" TargetMode="External"/><Relationship Id="rId691369caa1c72e41e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACUPFU/photos" TargetMode="External"/><Relationship Id="rId593569caa1c72ff1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/organism/ACUPFU" TargetMode="External"/><Relationship Id="rId491069caa1c72ff9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nwfuchsiasociety.com/mitesold.htm" TargetMode="External"/><Relationship Id="rId221369caa1c730068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56110" TargetMode="External"/><Relationship Id="rId917369caa1c73010f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eppo.int/media/uploaded_images/RESOURCES/eppo_publications/td_1061_plants_for_planting.pdf" TargetMode="External"/><Relationship Id="rId649669caa1c730322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rhs.org.uk/advice/pdfs/biological-control-suppliers" TargetMode="External"/><Relationship Id="rId938169caa1c73035f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rhs.org.uk/biodiversity/fuchsia-gall-mite" TargetMode="External"/><Relationship Id="rId334169caa1c7304f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId536169caa1c72e326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId536169caa1c72e326.jpg"/><Relationship Id="rId570469caa1c72f4b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId570469caa1c72f4b9.jpg"/><Relationship Id="rId420869caa1c73070e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId420869caa1c73070e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>