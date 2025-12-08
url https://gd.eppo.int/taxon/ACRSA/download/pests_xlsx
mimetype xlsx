--- v0 (2025-10-07)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ACRSA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CHRBFE</t>
   </si>
   <si>
     <t>Chrysobothris femorata</t>
   </si>
   <si>
     <t>* EPPO (2021) EPPO Technical Document No. 1083. Pest risk analysis for Chrysobothris femorata and C. mali. EPPO, Paris. Available at https://gd.eppo.int/taxon/CHRBFE/documents
 ------- uncertain host (records may relate to other species in the femorata complex)
 * Paiero SM, Jackson MD, Jewiss-Gaines A, Kimoto T, Gill BD, Marshall SA (2012) Field guide to the jewel beetles of northeastern North America. Canadian Food Inspection Agency, Ottawa, Ontario, Canada. 
@@ -213,50 +213,56 @@
   <si>
     <t>Orgyia leucostigma (as Acer)</t>
   </si>
   <si>
     <t>* Van Frankenhuyzen K, Ebling P, Thurston G, Lucarotti C, Royama T, Guscott R, Georgeson E &amp; Silver J (2002) Incidence and impact of Entomophaga aulicae (Zygomycetes: Entomophthorales) and a nucleopolyhedrovirus in an outbreak of the whitemarked tussock moth (Lepidoptera: Lymantriidae). The Canadian Entomologist, 134, 825–845
 * Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2010) HOST - A database of the world's Lepidopteran hostplants. Natural History Museum, London. https://www.nhm.ac.uk (Accessed on 7 December 2020 and 21 March 2021)</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>RICASC</t>
   </si>
   <si>
     <t>Ricania speculum (as Acer)</t>
   </si>
   <si>
     <t>HESOCA</t>
+  </si>
+  <si>
+    <t>Trichoferus campestris</t>
+  </si>
+  <si>
+    <t>* Cocquempot C, Henin JM, Jourez B, Rapuzzi P, Roques A, Drumont A (2022) État de l’invasion de Trichoferus campestris (Faldermann, 1835) au plan international et réflexion sur sa première interception en Belgique (Coleoptera, Cerambycidae, Cerambycinae, Hesperophanini). Belgian Journal of Entomology, 129, 1–24.</t>
   </si>
   <si>
     <t>Trichoferus campestris (as Acer)</t>
   </si>
   <si>
     <t>* Iwata R &amp; Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.</t>
   </si>
   <si>
     <t>XANTAC</t>
   </si>
   <si>
     <t>Xanthomonas acernea (as Acer)</t>
   </si>
   <si>
     <t>XYLBGE</t>
   </si>
   <si>
     <t>Xylosandrus germanus (as Acer)</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>ANOLCN</t>
   </si>
@@ -605,51 +611,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D28"/>
+  <dimension ref="A1:D29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="452.889" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -922,123 +928,137 @@
       </c>
       <c r="C21" t="s">
         <v>59</v>
       </c>
       <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>60</v>
       </c>
       <c r="C22" t="s">
         <v>61</v>
       </c>
       <c r="D22" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
+        <v>60</v>
+      </c>
+      <c r="C23" t="s">
         <v>63</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>64</v>
       </c>
-      <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>65</v>
       </c>
       <c r="C24" t="s">
         <v>66</v>
       </c>
       <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
+        <v>8</v>
+      </c>
+      <c r="B25" t="s">
         <v>67</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>68</v>
       </c>
-      <c r="C25" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B26" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C26" t="s">
         <v>71</v>
       </c>
       <c r="D26" t="s">
-        <v>11</v>
+        <v>72</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B27" t="s">
-        <v>9</v>
+        <v>70</v>
       </c>
       <c r="C27" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D27" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>74</v>
+      </c>
+      <c r="D28" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4">
+      <c r="A29" t="s">
+        <v>69</v>
+      </c>
+      <c r="B29" t="s">
         <v>52</v>
       </c>
-      <c r="C28" t="s">
-[...3 lines deleted...]
-        <v>74</v>
+      <c r="C29" t="s">
+        <v>75</v>
+      </c>
+      <c r="D29" t="s">
+        <v>76</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">