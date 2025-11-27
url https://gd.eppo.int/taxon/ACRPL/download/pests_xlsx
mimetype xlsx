--- v0 (2025-10-18)
+++ v1 (2025-11-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ACRPL" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ANOLCN</t>
   </si>
   <si>
     <t>Anoplophora chinensis</t>
   </si>
   <si>
     <t>* Sjöman H, Östberg J &amp; Nilsson J (2014) Review of host trees for the wood-boring pests Anoplophora glabripennis and Anoplophora chinensis: an urban forest perspective. Arboriculture &amp; Urban Forestry 40(3), 143–164.
 ------- Confirmed host (full  pest developement).</t>
   </si>
@@ -121,50 +121,70 @@
   </si>
   <si>
     <t>CRPSCO</t>
   </si>
   <si>
     <t>Cryptostroma corticale</t>
   </si>
   <si>
     <t>* Bencheva S (2014) First report of Cryptostroma corticale (Ellis &amp; Everh.) P.H. Greg. &amp; S. Waller on Acer platanoides L. in Bulgaria. Silva Balcanica 15(2), 101-104.
 * Brooks RK, Omdal D, Brown S, Marshall CJ, Hulbert JM, Elliott M, Chastagner G (2023) Cryptostroma corticale, the causal agent of sooty bark disease of maple, appears widespread in western Washington State, USA. Forest Pathology 53(6), e12835. https://doi.org/10.1111/efp.12835</t>
   </si>
   <si>
     <t>Cryptostroma corticale (as Acer)</t>
   </si>
   <si>
     <t>* Brooks RK, Omdal D, Brown S, Marshall CJ, Hulbert JM, Elliott M, Chastagner G (2023) Cryptostroma corticale, the causal agent of sooty bark disease of maple, appears widespread in western Washington State, USA. Forest Pathology 53(6), e12835. https://doi.org/10.1111/efp.12835</t>
   </si>
   <si>
     <t>ETPLPA</t>
   </si>
   <si>
     <t>Eutypella parasitica</t>
   </si>
   <si>
     <t>* Kliejunas JT,  Kuntz JE (1974) Eutypella canker, characteristics and control. The Forestry Chronicle, 50(3), 106–108. https://doi.org/10.5558/tfc50106-3</t>
+  </si>
+  <si>
+    <t>XYLBFO</t>
+  </si>
+  <si>
+    <t>Euwallacea fornicatus sensu lato</t>
+  </si>
+  <si>
+    <t>* Acer S, Hızal E, Ercan F (2025) The first report of Euwallacea fornicatus (Eichhoff, 1868) (Coleoptera: Scolytinae) in Türkiye with new reproductive host plant. Forestist 75, 0020, doi:10.5152/forestist.2025.25020.
+------- reproductive host of E. fornicatus ss.</t>
+  </si>
+  <si>
+    <t>EUWAWH</t>
+  </si>
+  <si>
+    <t>Euwallacea fornicatus sensu stricto</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Acer S, Hızal E, Ercan F (2025) The first report of Euwallacea fornicatus (Eichhoff, 1868) (Coleoptera: Scolytinae) in Türkiye with new reproductive host plant. Forestist 75, 0020, doi:10.5152/forestist.2025.25020.
+------- reproductive host. </t>
   </si>
   <si>
     <t>HALYHA</t>
   </si>
   <si>
     <t>Halyomorpha halys</t>
   </si>
   <si>
     <t>* Bergmann E, Bernhard KM, Bernon G, Bickerton M, Gill S, Gonzales C, Hamilton GC, Hedstrom C, Kamminga K, Koplinka-Loehr C, Krawczyk G, Kuhar TP, Kunkel B, Lee J, Leskey TC, Martinson H, Nielsen AL, Raupp M, Shearer P, Shrewsbury P, Walgenbach J, Whalen J, Wiman N (online) Host Plants of the Brown Marmorated Stink Bug in the U.S. https://www.stopbmsb.org/where-is-bmsb/host-plants
 * Holthouse MC, Spears LR, Alston DG (2021) Urban host plant utilisation by the invasive Halyomorpha halys (Stål) (Hemiptera, Pentatomidae) in northern Utah. NeoBiota 64, 87–101. https://doi.org/10.3897/neobiota.64.60050</t>
   </si>
   <si>
     <t>HYPHCU</t>
   </si>
   <si>
     <t>Hyphantria cunea</t>
   </si>
   <si>
     <t>Hyphantria cunea (as Acer)</t>
   </si>
   <si>
     <t>LYCMDE</t>
   </si>
   <si>
     <t>Lycorma delicatula</t>
@@ -650,51 +670,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D34"/>
+  <dimension ref="A1:D36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="452.889" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -842,332 +862,360 @@
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
         <v>34</v>
       </c>
       <c r="C12" t="s">
         <v>35</v>
       </c>
       <c r="D12" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
         <v>37</v>
       </c>
       <c r="C13" t="s">
         <v>38</v>
       </c>
-      <c r="D13"/>
+      <c r="D13" t="s">
+        <v>39</v>
+      </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>4</v>
       </c>
       <c r="B14" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="C14" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="D14"/>
+        <v>41</v>
+      </c>
+      <c r="D14" t="s">
+        <v>42</v>
+      </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>4</v>
       </c>
       <c r="B15" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C15" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>4</v>
       </c>
       <c r="B16" t="s">
         <v>43</v>
       </c>
       <c r="C16" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>4</v>
       </c>
       <c r="B17" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C17" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="D17"/>
+        <v>47</v>
+      </c>
+      <c r="D17" t="s">
+        <v>48</v>
+      </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>4</v>
       </c>
       <c r="B18" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C18" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>4</v>
       </c>
       <c r="B19" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C19" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="D19" t="s">
         <v>52</v>
       </c>
+      <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>4</v>
       </c>
       <c r="B20" t="s">
         <v>53</v>
       </c>
       <c r="C20" t="s">
         <v>54</v>
       </c>
       <c r="D20" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>4</v>
       </c>
       <c r="B21" t="s">
         <v>56</v>
       </c>
       <c r="C21" t="s">
         <v>57</v>
       </c>
       <c r="D21" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>4</v>
       </c>
       <c r="B22" t="s">
         <v>59</v>
       </c>
       <c r="C22" t="s">
         <v>60</v>
       </c>
-      <c r="D22"/>
+      <c r="D22" t="s">
+        <v>61</v>
+      </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>4</v>
       </c>
       <c r="B23" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C23" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D23" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>4</v>
       </c>
       <c r="B24" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="C24" t="s">
-        <v>64</v>
-[...3 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>4</v>
       </c>
       <c r="B25" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C25" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D25" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>4</v>
       </c>
       <c r="B26" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="C26" t="s">
         <v>70</v>
       </c>
-      <c r="D26"/>
+      <c r="D26" t="s">
+        <v>71</v>
+      </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>4</v>
       </c>
       <c r="B27" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C27" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D27" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>4</v>
       </c>
       <c r="B28" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C28" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="D28" t="s">
         <v>76</v>
       </c>
+      <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>4</v>
       </c>
       <c r="B29" t="s">
         <v>77</v>
       </c>
       <c r="C29" t="s">
         <v>78</v>
       </c>
       <c r="D29" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>4</v>
       </c>
       <c r="B30" t="s">
         <v>80</v>
       </c>
       <c r="C30" t="s">
         <v>81</v>
       </c>
-      <c r="D30"/>
+      <c r="D30" t="s">
+        <v>82</v>
+      </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>82</v>
+        <v>4</v>
       </c>
       <c r="B31" t="s">
-        <v>5</v>
+        <v>83</v>
       </c>
       <c r="C31" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D31" t="s">
-        <v>10</v>
+        <v>85</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>82</v>
+        <v>4</v>
       </c>
       <c r="B32" t="s">
-        <v>8</v>
+        <v>86</v>
       </c>
       <c r="C32" t="s">
-        <v>84</v>
-[...3 lines deleted...]
-      </c>
+        <v>87</v>
+      </c>
+      <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="B33" t="s">
-        <v>53</v>
+        <v>5</v>
       </c>
       <c r="C33" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="D33" t="s">
-        <v>86</v>
+        <v>10</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B34" t="s">
+        <v>8</v>
+      </c>
+      <c r="C34" t="s">
+        <v>90</v>
+      </c>
+      <c r="D34" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4">
+      <c r="A35" t="s">
         <v>88</v>
       </c>
-      <c r="C34" t="s">
-[...3 lines deleted...]
-        <v>90</v>
+      <c r="B35" t="s">
+        <v>59</v>
+      </c>
+      <c r="C35" t="s">
+        <v>91</v>
+      </c>
+      <c r="D35" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4">
+      <c r="A36" t="s">
+        <v>93</v>
+      </c>
+      <c r="B36" t="s">
+        <v>94</v>
+      </c>
+      <c r="C36" t="s">
+        <v>95</v>
+      </c>
+      <c r="D36" t="s">
+        <v>96</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">