--- v1 (2025-11-27)
+++ v2 (2026-02-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ACRPL" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ANOLCN</t>
   </si>
   <si>
     <t>Anoplophora chinensis</t>
   </si>
   <si>
     <t>* Sjöman H, Östberg J &amp; Nilsson J (2014) Review of host trees for the wood-boring pests Anoplophora glabripennis and Anoplophora chinensis: an urban forest perspective. Arboriculture &amp; Urban Forestry 40(3), 143–164.
 ------- Confirmed host (full  pest developement).</t>
   </si>
@@ -211,50 +211,59 @@
     <t>Meloidogyne chitwoodi</t>
   </si>
   <si>
     <t>* Janssen WAP, van der Sommen ATC (2002) Meloidogyne chitwoodi: does it multiply on Dicentra spp. Verslagen en Mededelingen van de Plantenziektenkundige Dienst Wageningen (Annual Report 2001) 219, 96-98.</t>
   </si>
   <si>
     <t>CNIDFL</t>
   </si>
   <si>
     <t>Monema flavescens</t>
   </si>
   <si>
     <t>* Dowden PB (1946) Parasitization of the oriental moth (Cnidocampa flavescens (walk.)) by Chaetexorista javana B. And B. Annals of the Entomological Society of America 39(2), 225–24
 * EFSA Panel on Plant Health (PLH), Bragard C, Baptista P, Chatzivassiliou E, Di Serio F, Gonthier P, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas‐Cortes JA (2024) Pest categorisation of Monema flavescens. EFSA Journal. 22(7), e8831</t>
   </si>
   <si>
     <t>HEMELE</t>
   </si>
   <si>
     <t>Orgyia leucostigma (as Acer)</t>
   </si>
   <si>
     <t>* Van Frankenhuyzen K, Ebling P, Thurston G, Lucarotti C, Royama T, Guscott R, Georgeson E &amp; Silver J (2002) Incidence and impact of Entomophaga aulicae (Zygomycetes: Entomophthorales) and a nucleopolyhedrovirus in an outbreak of the whitemarked tussock moth (Lepidoptera: Lymantriidae). The Canadian Entomologist, 134, 825–845
 * Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2010) HOST - A database of the world's Lepidopteran hostplants. Natural History Museum, London. https://www.nhm.ac.uk (Accessed on 7 December 2020 and 21 March 2021)</t>
+  </si>
+  <si>
+    <t>POCZSH</t>
+  </si>
+  <si>
+    <t>Pochazia shantungensis</t>
+  </si>
+  <si>
+    <t>* Çetin G, Göksel PH, Ak K, Hızal E (2025) Determining host preferences, population density, and geographical distribution of Pochazia shantungensis (Chu &amp; Lu, 1977)(Hemiptera: Ricaniidae) in the Eastern Marmara Region. Plant Protection Bulletin 65(4), 57-68.</t>
   </si>
   <si>
     <t>POPIJA</t>
   </si>
   <si>
     <t>Popillia japonica</t>
   </si>
   <si>
     <t>* Fleming WE (1972) Biology of the Japanese beetle. Technical Bulletin, Agricultural Research Service, USDA no 1449, 129 pp.</t>
   </si>
   <si>
     <t>RICASC</t>
   </si>
   <si>
     <t>Ricania speculum (as Acer)</t>
   </si>
   <si>
     <t>HESOCA</t>
   </si>
   <si>
     <t>Trichoferus campestris</t>
   </si>
   <si>
     <t>* Bullas-Appleton E, Kimoto T &amp; Turgeon J (2014) Discovery of Trichoferus campestris (Coleoptera: Cerambycidae) in Ontario, Canada and first host record in North America. The Canadian Entomologist 146(1), 111-116. https://doi.org/10.4039/tce.2013.61</t>
   </si>
@@ -670,51 +679,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D36"/>
+  <dimension ref="A1:D37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="452.889" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1008,214 +1017,228 @@
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>4</v>
       </c>
       <c r="B23" t="s">
         <v>62</v>
       </c>
       <c r="C23" t="s">
         <v>63</v>
       </c>
       <c r="D23" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>4</v>
       </c>
       <c r="B24" t="s">
         <v>65</v>
       </c>
       <c r="C24" t="s">
         <v>66</v>
       </c>
-      <c r="D24"/>
+      <c r="D24" t="s">
+        <v>67</v>
+      </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>4</v>
       </c>
       <c r="B25" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C25" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="D25" t="s">
         <v>69</v>
       </c>
+      <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>4</v>
       </c>
       <c r="B26" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C26" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D26" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>4</v>
       </c>
       <c r="B27" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C27" t="s">
         <v>73</v>
       </c>
       <c r="D27" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>4</v>
       </c>
       <c r="B28" t="s">
         <v>75</v>
       </c>
       <c r="C28" t="s">
         <v>76</v>
       </c>
-      <c r="D28"/>
+      <c r="D28" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>4</v>
       </c>
       <c r="B29" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C29" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="D29" t="s">
         <v>79</v>
       </c>
+      <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>4</v>
       </c>
       <c r="B30" t="s">
         <v>80</v>
       </c>
       <c r="C30" t="s">
         <v>81</v>
       </c>
       <c r="D30" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>4</v>
       </c>
       <c r="B31" t="s">
         <v>83</v>
       </c>
       <c r="C31" t="s">
         <v>84</v>
       </c>
       <c r="D31" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>4</v>
       </c>
       <c r="B32" t="s">
         <v>86</v>
       </c>
       <c r="C32" t="s">
         <v>87</v>
       </c>
-      <c r="D32"/>
+      <c r="D32" t="s">
+        <v>88</v>
+      </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>88</v>
+        <v>4</v>
       </c>
       <c r="B33" t="s">
-        <v>5</v>
+        <v>89</v>
       </c>
       <c r="C33" t="s">
-        <v>89</v>
-[...3 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="B34" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C34" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="D34" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="B35" t="s">
-        <v>59</v>
+        <v>8</v>
       </c>
       <c r="C35" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="D35" t="s">
-        <v>92</v>
+        <v>7</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="B36" t="s">
+        <v>59</v>
+      </c>
+      <c r="C36" t="s">
         <v>94</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
         <v>95</v>
       </c>
-      <c r="D36" t="s">
+    </row>
+    <row r="37" spans="1:4">
+      <c r="A37" t="s">
         <v>96</v>
+      </c>
+      <c r="B37" t="s">
+        <v>97</v>
+      </c>
+      <c r="C37" t="s">
+        <v>98</v>
+      </c>
+      <c r="D37" t="s">
+        <v>99</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">