--- v0 (2025-10-16)
+++ v1 (2026-02-20)
@@ -302,51 +302,51 @@
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Eastern Siberia</t>
   </si>
   <si>
     <t>es</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Northern Russia</t>
   </si>