--- v0 (2025-10-04)
+++ v1 (2026-02-11)
@@ -80,51 +80,51 @@
   <si>
     <t>Solanum nigrum</t>
   </si>
   <si>
     <t>URTDI</t>
   </si>
   <si>
     <t>Urtica dioica</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ACRCA</t>
   </si>
   <si>
     <t>Acer campestre</t>
   </si>
   <si>
     <t>* Kóbor P, Kondorosy E, Nagy C, Orosz A (2021) Acanalonia conica (Say, 1830): A new alien planthopper species established in Hungary (Auchenorrhyncha: Fulgoroidea: Acanaloniidae). Acta Phytopathologica et Entomologica Hungarica 56(2), 201-207. https://doi.org/10.1556/038.2021.00132</t>
   </si>
   <si>
     <t>BUDDA</t>
   </si>
   <si>
-    <t>Buddleia davidii</t>
+    <t>Buddleja davidii</t>
   </si>
   <si>
     <t>CYLAV</t>
   </si>
   <si>
     <t>Corylus avellana</t>
   </si>
   <si>
     <t>HUMLU</t>
   </si>
   <si>
     <t>Humulus lupulus</t>
   </si>
   <si>
     <t>MORSS</t>
   </si>
   <si>
     <t>Morus sp.</t>
   </si>
   <si>
     <t>PRNSS</t>
   </si>
   <si>
     <t>Prunus sp.</t>
   </si>