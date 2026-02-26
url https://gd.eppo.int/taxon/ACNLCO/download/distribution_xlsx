--- v0 (2025-10-08)
+++ v1 (2026-02-26)
@@ -206,84 +206,84 @@
   <si>
     <t>tn</t>
   </si>
   <si>
     <t>Texas</t>
   </si>
   <si>
     <t>tx</t>
   </si>
   <si>
     <t>Virginia</t>
   </si>
   <si>
     <t>va</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
+    <t>Present, restricted distribution</t>
+  </si>
+  <si>
+    <t>Bulgaria</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>FR</t>
+  </si>
+  <si>
+    <t>Hungary</t>
+  </si>
+  <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Italy</t>
+  </si>
+  <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>Netherlands</t>
+  </si>
+  <si>
+    <t>NL</t>
+  </si>
+  <si>
     <t>Present, few occurrences</t>
-  </si>
-[...31 lines deleted...]
-    <t>NL</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SI</t>
   </si>
@@ -1223,131 +1223,131 @@
       <c r="B29" t="s">
         <v>65</v>
       </c>
       <c r="C29"/>
       <c r="D29" t="s">
         <v>66</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
         <v>61</v>
       </c>
       <c r="B30" t="s">
         <v>67</v>
       </c>
       <c r="C30"/>
       <c r="D30" t="s">
         <v>68</v>
       </c>
       <c r="E30"/>
       <c r="F30" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
         <v>61</v>
       </c>
       <c r="B31" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="C31"/>
       <c r="D31" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
         <v>61</v>
       </c>
       <c r="B32" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="C32"/>
       <c r="D32" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
         <v>61</v>
       </c>
       <c r="B33" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C33"/>
       <c r="D33" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>64</v>
+        <v>75</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
         <v>61</v>
       </c>
       <c r="B34" t="s">
         <v>76</v>
       </c>
       <c r="C34"/>
       <c r="D34" t="s">
         <v>77</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
         <v>61</v>
       </c>
       <c r="B35" t="s">
         <v>78</v>
       </c>
       <c r="C35"/>
       <c r="D35" t="s">
         <v>79</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>64</v>
+        <v>75</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
         <v>61</v>
       </c>
       <c r="B36" t="s">
         <v>80</v>
       </c>
       <c r="C36"/>
       <c r="D36" t="s">
         <v>81</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
         <v>61</v>
       </c>
       <c r="B37" t="s">
         <v>82</v>
       </c>