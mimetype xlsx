--- v0 (2025-10-01)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ACLSV0" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>MABSI</t>
   </si>
   <si>
     <t>Malus sieversii</t>
   </si>
   <si>
     <t>* Jia X-J, Zhang Z-P, Fan X-D, Ren F, Dong Y-F, Hu G-J (2022) Detection and genetic variation analysis of apple chlorotic leaf spot virus and apple stem grooving virus in wild apple (Malus sieversii) from Xinjiang, China. Forest Pathology 52, e12771. https://doi.org/10.1111/efp.12771</t>
   </si>
   <si>
@@ -263,50 +263,59 @@
   <si>
     <t>PYUBE</t>
   </si>
   <si>
     <t>Pyrus betulifolia</t>
   </si>
   <si>
     <t>* Ma L, Zeng Q, Huang W, Wang S, Zhang Y, Cheng Y, Zhang Q, Wang S, Hao L, Xu C, Yu Y (2021) Incidence of major pome fruit tree viruses and viroids in commercial pear orchards in China and in Pyrus betulifolia seedlings. Plant Pathology 70(6), 1467-1475.</t>
   </si>
   <si>
     <t>PYUCO</t>
   </si>
   <si>
     <t>Pyrus communis</t>
   </si>
   <si>
     <t>PYUPY</t>
   </si>
   <si>
     <t>Pyrus pyrifolia</t>
   </si>
   <si>
     <t>* Kim N-Y, Lee H-J, Kim N-K, Oh J, Lee S-H, Kim H, Oh J, Kim H, Moon JS, Jeong RD (2019) Survey of major viruses in commercial nursery trees of major pear cultivars in Korea. Research in Plant Disease 25(1), 43–7. https://doi.org/10.5423/RPD.2019.25.1.43
 ------ confirmed host.
  * Ma L, Zeng Q, Huang W, Wang S, Zhang Y, Cheng Y, Zhang Q, Wang S, Hao L, Xu C, Yu Y (2021) Incidence of major pome fruit tree viruses and viroids in commercial pear orchards in China and in Pyrus betulifolia seedlings. Plant Pathology 70(6), 1467-1475.</t>
+  </si>
+  <si>
+    <t>1ROSG</t>
+  </si>
+  <si>
+    <t>Rosa</t>
+  </si>
+  <si>
+    <t>* Paslay C, Ali A (2025) A comprehensive review of known and emerging viruses infecting rose species. Frontiers in Virology 5, 1669397. https://doi.org/10.3389/fviro.2025.1669397</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -610,51 +619,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D29"/>
+  <dimension ref="A1:D30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="336.061" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1028,50 +1037,64 @@
       <c r="A28" t="s">
         <v>16</v>
       </c>
       <c r="B28" t="s">
         <v>74</v>
       </c>
       <c r="C28" t="s">
         <v>75</v>
       </c>
       <c r="D28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>16</v>
       </c>
       <c r="B29" t="s">
         <v>76</v>
       </c>
       <c r="C29" t="s">
         <v>77</v>
       </c>
       <c r="D29" t="s">
         <v>78</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4">
+      <c r="A30" t="s">
+        <v>16</v>
+      </c>
+      <c r="B30" t="s">
+        <v>79</v>
+      </c>
+      <c r="C30" t="s">
+        <v>80</v>
+      </c>
+      <c r="D30" t="s">
+        <v>81</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">