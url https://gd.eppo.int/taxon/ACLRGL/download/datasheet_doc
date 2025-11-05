--- v0 (2025-10-09)
+++ v1 (2025-11-05)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Lepidoptera: Tortricidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> western black-headed bud worm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId943268e77768c081e" w:history="1">
+            <w:hyperlink r:id="rId9879690b41aad691d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId685168e77768c0887" w:history="1">
+            <w:hyperlink r:id="rId9578690b41aad6986" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ACLRGL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="54627346" name="name229968e77768c11d2" descr="5.jpg"/>
+                  <wp:docPr id="5655503" name="name3803690b41aad6a4b" descr="5.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId136968e77768c11d0" cstate="print"/>
+                          <a:blip r:embed="rId7793690b41aad6a4a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId924668e77768c12f1" w:history="1">
+            <w:hyperlink r:id="rId6568690b41aad6b3d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1388,63 +1388,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. variana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) black-headed budworms.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="98315660" name="name462368e77768c268a" descr="ACLRGL_distribution_map.jpg"/>
+            <wp:docPr id="10410477" name="name4146690b41aad72a3" descr="ACLRGL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ACLRGL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId482268e77768c2688" cstate="print"/>
+                    <a:blip r:embed="rId9957690b41aad72a2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3032,51 +3032,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Technical Document No. 1082. Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orgyia leucostigma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId563568e77768c3252" w:history="1">
+      <w:hyperlink r:id="rId3166690b41aad7e79" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/HEMELE/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3140,51 +3140,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 100-110.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 14/07/2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId782468e77768c3304" w:history="1">
+      <w:hyperlink r:id="rId4819690b41aad7f30" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4337,51 +4337,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Acleris gloverana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId716368e77768c3a85" w:history="1">
+      <w:hyperlink r:id="rId8856690b41aad86e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4592,81 +4592,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 49-54. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId634968e77768c3c28" w:history="1">
+      <w:hyperlink r:id="rId5946690b41aad888c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1980.tb02693.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="84010082" name="name869468e77768c3cc6" descr="eu_funding_250.png"/>
+            <wp:docPr id="61166706" name="name6183690b41aad88f3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId328268e77768c3cc4" cstate="print"/>
+                    <a:blip r:embed="rId7976690b41aad88f2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4764,137 +4764,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="41248553">
+  <w:abstractNum w:abstractNumId="56590673">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76940602">
+    <w:lvl w:ilvl="0" w:tplc="18719788">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="76940602" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="18719788" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="76940602" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="18719788" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="76940602" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="18719788" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="76940602" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="18719788" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="76940602" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="18719788" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="76940602" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="18719788" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="76940602" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="18719788" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="76940602" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="18719788" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41248552">
+  <w:abstractNum w:abstractNumId="56590672">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10238822">
+    <w:lvl w:ilvl="0" w:tplc="42479371">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5646,55 +5646,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="41248552">
-    <w:abstractNumId w:val="41248552"/>
+  <w:num w:numId="56590672">
+    <w:abstractNumId w:val="56590672"/>
   </w:num>
-  <w:num w:numId="41248553">
-    <w:abstractNumId w:val="41248553"/>
+  <w:num w:numId="56590673">
+    <w:abstractNumId w:val="56590673"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17244,51 +17244,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId259306894" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId134827357" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId943268e77768c081e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACLRGL/" TargetMode="External"/><Relationship Id="rId685168e77768c0887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACLRGL/categorization" TargetMode="External"/><Relationship Id="rId924668e77768c12f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACLRGL/photos" TargetMode="External"/><Relationship Id="rId563568e77768c3252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId782468e77768c3304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId716368e77768c3a85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId634968e77768c3c28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1980.tb02693.x" TargetMode="External"/><Relationship Id="rId136968e77768c11d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId136968e77768c11d0.jpg"/><Relationship Id="rId482268e77768c2688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId482268e77768c2688.jpg"/><Relationship Id="rId328268e77768c3cc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId328268e77768c3cc4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId758470636" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId828865215" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9879690b41aad691d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACLRGL/" TargetMode="External"/><Relationship Id="rId9578690b41aad6986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACLRGL/categorization" TargetMode="External"/><Relationship Id="rId6568690b41aad6b3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACLRGL/photos" TargetMode="External"/><Relationship Id="rId3166690b41aad7e79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId4819690b41aad7f30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId8856690b41aad86e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5946690b41aad888c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1980.tb02693.x" TargetMode="External"/><Relationship Id="rId7793690b41aad6a4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7793690b41aad6a4a.jpg"/><Relationship Id="rId9957690b41aad72a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9957690b41aad72a2.jpg"/><Relationship Id="rId7976690b41aad88f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7976690b41aad88f2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>