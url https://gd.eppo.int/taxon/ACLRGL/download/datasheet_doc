--- v1 (2025-11-05)
+++ v2 (2025-11-25)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Lepidoptera: Tortricidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> western black-headed bud worm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9879690b41aad691d" w:history="1">
+            <w:hyperlink r:id="rId34876925c86484e46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9578690b41aad6986" w:history="1">
+            <w:hyperlink r:id="rId60526925c86484eb0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ACLRGL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="5655503" name="name3803690b41aad6a4b" descr="5.jpg"/>
+                  <wp:docPr id="26568547" name="name45726925c86484f8f" descr="5.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7793690b41aad6a4a" cstate="print"/>
+                          <a:blip r:embed="rId72096925c86484f8e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6568690b41aad6b3d" w:history="1">
+            <w:hyperlink r:id="rId54456925c864850aa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1388,63 +1388,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. variana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) black-headed budworms.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="10410477" name="name4146690b41aad72a3" descr="ACLRGL_distribution_map.jpg"/>
+            <wp:docPr id="33144617" name="name97046925c864865fb" descr="ACLRGL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ACLRGL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9957690b41aad72a2" cstate="print"/>
+                    <a:blip r:embed="rId99786925c864865f9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3032,51 +3032,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Technical Document No. 1082. Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orgyia leucostigma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3166690b41aad7e79" w:history="1">
+      <w:hyperlink r:id="rId52266925c86487274" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/HEMELE/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3140,51 +3140,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 100-110.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 14/07/2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4819690b41aad7f30" w:history="1">
+      <w:hyperlink r:id="rId28356925c8648732c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4337,51 +4337,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Acleris gloverana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8856690b41aad86e3" w:history="1">
+      <w:hyperlink r:id="rId31226925c86487cba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4592,81 +4592,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 49-54. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5946690b41aad888c" w:history="1">
+      <w:hyperlink r:id="rId66026925c86487e95" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1980.tb02693.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="61166706" name="name6183690b41aad88f3" descr="eu_funding_250.png"/>
+            <wp:docPr id="70022847" name="name68586925c86487f20" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7976690b41aad88f2" cstate="print"/>
+                    <a:blip r:embed="rId21436925c86487f1e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4764,137 +4764,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="56590673">
+  <w:abstractNum w:abstractNumId="36027475">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18719788">
+    <w:lvl w:ilvl="0" w:tplc="32763379">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="18719788" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="32763379" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="18719788" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="32763379" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="18719788" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="32763379" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="18719788" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="32763379" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="18719788" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="32763379" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="18719788" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="32763379" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="18719788" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="32763379" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="18719788" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="32763379" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56590672">
+  <w:abstractNum w:abstractNumId="36027474">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42479371">
+    <w:lvl w:ilvl="0" w:tplc="56544884">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5646,55 +5646,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="56590672">
-    <w:abstractNumId w:val="56590672"/>
+  <w:num w:numId="36027474">
+    <w:abstractNumId w:val="36027474"/>
   </w:num>
-  <w:num w:numId="56590673">
-    <w:abstractNumId w:val="56590673"/>
+  <w:num w:numId="36027475">
+    <w:abstractNumId w:val="36027475"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17244,51 +17244,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId758470636" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId828865215" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9879690b41aad691d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACLRGL/" TargetMode="External"/><Relationship Id="rId9578690b41aad6986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACLRGL/categorization" TargetMode="External"/><Relationship Id="rId6568690b41aad6b3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACLRGL/photos" TargetMode="External"/><Relationship Id="rId3166690b41aad7e79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId4819690b41aad7f30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId8856690b41aad86e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5946690b41aad888c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1980.tb02693.x" TargetMode="External"/><Relationship Id="rId7793690b41aad6a4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7793690b41aad6a4a.jpg"/><Relationship Id="rId9957690b41aad72a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9957690b41aad72a2.jpg"/><Relationship Id="rId7976690b41aad88f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7976690b41aad88f2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId916831584" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId685015422" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId34876925c86484e46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACLRGL/" TargetMode="External"/><Relationship Id="rId60526925c86484eb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACLRGL/categorization" TargetMode="External"/><Relationship Id="rId54456925c864850aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACLRGL/photos" TargetMode="External"/><Relationship Id="rId52266925c86487274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId28356925c8648732c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId31226925c86487cba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId66026925c86487e95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1980.tb02693.x" TargetMode="External"/><Relationship Id="rId72096925c86484f8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId72096925c86484f8e.jpg"/><Relationship Id="rId99786925c864865f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId99786925c864865f9.jpg"/><Relationship Id="rId21436925c86487f1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId21436925c86487f1e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>