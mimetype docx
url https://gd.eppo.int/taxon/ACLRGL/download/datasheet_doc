--- v2 (2025-11-25)
+++ v3 (2025-12-16)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Lepidoptera: Tortricidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> western black-headed bud worm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34876925c86484e46" w:history="1">
+            <w:hyperlink r:id="rId68796940cf5642a4f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60526925c86484eb0" w:history="1">
+            <w:hyperlink r:id="rId22936940cf5642abb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ACLRGL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="26568547" name="name45726925c86484f8f" descr="5.jpg"/>
+                  <wp:docPr id="59129345" name="name40856940cf5643412" descr="5.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId72096925c86484f8e" cstate="print"/>
+                          <a:blip r:embed="rId47536940cf5643411" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId54456925c864850aa" w:history="1">
+            <w:hyperlink r:id="rId15376940cf5643565" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1388,63 +1388,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. variana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) black-headed budworms.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="33144617" name="name97046925c864865fb" descr="ACLRGL_distribution_map.jpg"/>
+            <wp:docPr id="4272989" name="name67766940cf564474c" descr="ACLRGL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ACLRGL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId99786925c864865f9" cstate="print"/>
+                    <a:blip r:embed="rId50056940cf564474a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3032,51 +3032,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Technical Document No. 1082. Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orgyia leucostigma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52266925c86487274" w:history="1">
+      <w:hyperlink r:id="rId44876940cf564537a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/HEMELE/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3140,51 +3140,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 100-110.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 14/07/2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28356925c8648732c" w:history="1">
+      <w:hyperlink r:id="rId64466940cf564543a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4337,51 +4337,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Acleris gloverana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31226925c86487cba" w:history="1">
+      <w:hyperlink r:id="rId74156940cf5645c76" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4592,81 +4592,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 49-54. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66026925c86487e95" w:history="1">
+      <w:hyperlink r:id="rId28766940cf5645e31" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1980.tb02693.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="70022847" name="name68586925c86487f20" descr="eu_funding_250.png"/>
+            <wp:docPr id="73998027" name="name30206940cf56461da" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId21436925c86487f1e" cstate="print"/>
+                    <a:blip r:embed="rId62786940cf56461d9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4764,137 +4764,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="36027475">
+  <w:abstractNum w:abstractNumId="36091962">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32763379">
+    <w:lvl w:ilvl="0" w:tplc="97143023">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="32763379" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="97143023" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="32763379" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="97143023" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="32763379" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="97143023" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="32763379" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="97143023" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="32763379" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="97143023" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="32763379" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="97143023" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="32763379" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="97143023" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="32763379" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="97143023" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36027474">
+  <w:abstractNum w:abstractNumId="36091961">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56544884">
+    <w:lvl w:ilvl="0" w:tplc="85470529">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5646,55 +5646,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="36027474">
-    <w:abstractNumId w:val="36027474"/>
+  <w:num w:numId="36091961">
+    <w:abstractNumId w:val="36091961"/>
   </w:num>
-  <w:num w:numId="36027475">
-    <w:abstractNumId w:val="36027475"/>
+  <w:num w:numId="36091962">
+    <w:abstractNumId w:val="36091962"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17244,51 +17244,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId916831584" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId685015422" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId34876925c86484e46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACLRGL/" TargetMode="External"/><Relationship Id="rId60526925c86484eb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACLRGL/categorization" TargetMode="External"/><Relationship Id="rId54456925c864850aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACLRGL/photos" TargetMode="External"/><Relationship Id="rId52266925c86487274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId28356925c8648732c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId31226925c86487cba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId66026925c86487e95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1980.tb02693.x" TargetMode="External"/><Relationship Id="rId72096925c86484f8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId72096925c86484f8e.jpg"/><Relationship Id="rId99786925c864865f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId99786925c864865f9.jpg"/><Relationship Id="rId21436925c86487f1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId21436925c86487f1e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId683941307" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId345735003" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId68796940cf5642a4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACLRGL/" TargetMode="External"/><Relationship Id="rId22936940cf5642abb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACLRGL/categorization" TargetMode="External"/><Relationship Id="rId15376940cf5643565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACLRGL/photos" TargetMode="External"/><Relationship Id="rId44876940cf564537a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId64466940cf564543a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId74156940cf5645c76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId28766940cf5645e31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1980.tb02693.x" TargetMode="External"/><Relationship Id="rId47536940cf5643411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId47536940cf5643411.jpg"/><Relationship Id="rId50056940cf564474a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId50056940cf564474a.jpg"/><Relationship Id="rId62786940cf56461d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId62786940cf56461d9.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>