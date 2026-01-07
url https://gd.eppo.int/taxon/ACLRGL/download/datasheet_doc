--- v3 (2025-12-16)
+++ v4 (2026-01-07)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Lepidoptera: Tortricidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> western black-headed bud worm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68796940cf5642a4f" w:history="1">
+            <w:hyperlink r:id="rId9277695e957324a94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22936940cf5642abb" w:history="1">
+            <w:hyperlink r:id="rId9448695e957324afe" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ACLRGL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="59129345" name="name40856940cf5643412" descr="5.jpg"/>
+                  <wp:docPr id="2137827" name="name9866695e957324bc4" descr="5.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId47536940cf5643411" cstate="print"/>
+                          <a:blip r:embed="rId5517695e957324bc3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId15376940cf5643565" w:history="1">
+            <w:hyperlink r:id="rId3276695e957324cfc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1388,63 +1388,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. variana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) black-headed budworms.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="4272989" name="name67766940cf564474c" descr="ACLRGL_distribution_map.jpg"/>
+            <wp:docPr id="69180539" name="name3874695e957326164" descr="ACLRGL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ACLRGL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId50056940cf564474a" cstate="print"/>
+                    <a:blip r:embed="rId9053695e957326161" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3032,51 +3032,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Technical Document No. 1082. Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orgyia leucostigma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44876940cf564537a" w:history="1">
+      <w:hyperlink r:id="rId6425695e957326ebe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/HEMELE/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3140,51 +3140,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 100-110.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 14/07/2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64466940cf564543a" w:history="1">
+      <w:hyperlink r:id="rId2280695e957326f7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4315,73 +4315,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Acleris gloverana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74156940cf5645c76" w:history="1">
+      <w:hyperlink r:id="rId9979695e957327876" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4592,81 +4592,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 49-54. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28766940cf5645e31" w:history="1">
+      <w:hyperlink r:id="rId4947695e957327a79" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1980.tb02693.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="73998027" name="name30206940cf56461da" descr="eu_funding_250.png"/>
+            <wp:docPr id="11666391" name="name7085695e957327afd" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId62786940cf56461d9" cstate="print"/>
+                    <a:blip r:embed="rId4513695e957327afb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4764,137 +4764,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="36091962">
+  <w:abstractNum w:abstractNumId="19600907">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97143023">
+    <w:lvl w:ilvl="0" w:tplc="78238508">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="97143023" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="78238508" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="97143023" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="78238508" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="97143023" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="78238508" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="97143023" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="78238508" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="97143023" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="78238508" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="97143023" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="78238508" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="97143023" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="78238508" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="97143023" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="78238508" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36091961">
+  <w:abstractNum w:abstractNumId="19600906">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="85470529">
+    <w:lvl w:ilvl="0" w:tplc="98029433">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5646,55 +5646,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="36091961">
-    <w:abstractNumId w:val="36091961"/>
+  <w:num w:numId="19600906">
+    <w:abstractNumId w:val="19600906"/>
   </w:num>
-  <w:num w:numId="36091962">
-    <w:abstractNumId w:val="36091962"/>
+  <w:num w:numId="19600907">
+    <w:abstractNumId w:val="19600907"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17244,51 +17244,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId683941307" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId345735003" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId68796940cf5642a4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACLRGL/" TargetMode="External"/><Relationship Id="rId22936940cf5642abb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACLRGL/categorization" TargetMode="External"/><Relationship Id="rId15376940cf5643565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACLRGL/photos" TargetMode="External"/><Relationship Id="rId44876940cf564537a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId64466940cf564543a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId74156940cf5645c76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId28766940cf5645e31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1980.tb02693.x" TargetMode="External"/><Relationship Id="rId47536940cf5643411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId47536940cf5643411.jpg"/><Relationship Id="rId50056940cf564474a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId50056940cf564474a.jpg"/><Relationship Id="rId62786940cf56461d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId62786940cf56461d9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId670346915" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId317942282" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9277695e957324a94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACLRGL/" TargetMode="External"/><Relationship Id="rId9448695e957324afe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACLRGL/categorization" TargetMode="External"/><Relationship Id="rId3276695e957324cfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACLRGL/photos" TargetMode="External"/><Relationship Id="rId6425695e957326ebe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId2280695e957326f7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId9979695e957327876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4947695e957327a79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1980.tb02693.x" TargetMode="External"/><Relationship Id="rId5517695e957324bc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5517695e957324bc3.jpg"/><Relationship Id="rId9053695e957326161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9053695e957326161.jpg"/><Relationship Id="rId4513695e957327afb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4513695e957327afb.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>