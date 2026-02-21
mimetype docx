--- v4 (2026-01-07)
+++ v5 (2026-02-21)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Lepidoptera: Tortricidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> western black-headed bud worm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9277695e957324a94" w:history="1">
+            <w:hyperlink r:id="rId549869995aa673654" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -283,53 +283,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9448695e957324afe" w:history="1">
+            <w:hyperlink r:id="rId124969995aa6736bd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ACLRGL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="2137827" name="name9866695e957324bc4" descr="5.jpg"/>
+                  <wp:docPr id="27125644" name="name197769995aa673e0d" descr="5.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5517695e957324bc3" cstate="print"/>
+                          <a:blip r:embed="rId444869995aa673e0a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3276695e957324cfc" w:history="1">
+            <w:hyperlink r:id="rId391769995aa673f2a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1388,63 +1388,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. variana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) black-headed budworms.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="69180539" name="name3874695e957326164" descr="ACLRGL_distribution_map.jpg"/>
+            <wp:docPr id="30715515" name="name330469995aa6752a1" descr="ACLRGL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ACLRGL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9053695e957326161" cstate="print"/>
+                    <a:blip r:embed="rId844569995aa67529d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3032,51 +3032,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Technical Document No. 1082. Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orgyia leucostigma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6425695e957326ebe" w:history="1">
+      <w:hyperlink r:id="rId214669995aa675fac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/HEMELE/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3140,51 +3140,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 100-110.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 14/07/2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2280695e957326f7b" w:history="1">
+      <w:hyperlink r:id="rId134969995aa676066" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4337,51 +4337,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Acleris gloverana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9979695e957327876" w:history="1">
+      <w:hyperlink r:id="rId905269995aa676870" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4592,81 +4592,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 49-54. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4947695e957327a79" w:history="1">
+      <w:hyperlink r:id="rId780269995aa676a27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1980.tb02693.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="11666391" name="name7085695e957327afd" descr="eu_funding_250.png"/>
+            <wp:docPr id="39527157" name="name493969995aa676e2b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4513695e957327afb" cstate="print"/>
+                    <a:blip r:embed="rId507369995aa676e29" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4764,137 +4764,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="19600907">
+  <w:abstractNum w:abstractNumId="51072553">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78238508">
+    <w:lvl w:ilvl="0" w:tplc="30125837">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="78238508" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="30125837" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="78238508" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="30125837" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="78238508" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="30125837" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="78238508" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="30125837" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="78238508" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="30125837" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="78238508" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="30125837" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="78238508" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="30125837" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="78238508" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="30125837" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19600906">
+  <w:abstractNum w:abstractNumId="51072552">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98029433">
+    <w:lvl w:ilvl="0" w:tplc="39663704">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5646,55 +5646,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19600906">
-    <w:abstractNumId w:val="19600906"/>
+  <w:num w:numId="51072552">
+    <w:abstractNumId w:val="51072552"/>
   </w:num>
-  <w:num w:numId="19600907">
-    <w:abstractNumId w:val="19600907"/>
+  <w:num w:numId="51072553">
+    <w:abstractNumId w:val="51072553"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17244,51 +17244,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId670346915" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId317942282" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9277695e957324a94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACLRGL/" TargetMode="External"/><Relationship Id="rId9448695e957324afe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACLRGL/categorization" TargetMode="External"/><Relationship Id="rId3276695e957324cfc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACLRGL/photos" TargetMode="External"/><Relationship Id="rId6425695e957326ebe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId2280695e957326f7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId9979695e957327876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4947695e957327a79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1980.tb02693.x" TargetMode="External"/><Relationship Id="rId5517695e957324bc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5517695e957324bc3.jpg"/><Relationship Id="rId9053695e957326161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9053695e957326161.jpg"/><Relationship Id="rId4513695e957327afb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4513695e957327afb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId642580048" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId364946784" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId549869995aa673654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACLRGL/" TargetMode="External"/><Relationship Id="rId124969995aa6736bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACLRGL/categorization" TargetMode="External"/><Relationship Id="rId391769995aa673f2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACLRGL/photos" TargetMode="External"/><Relationship Id="rId214669995aa675fac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId134969995aa676066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId905269995aa676870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId780269995aa676a27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1980.tb02693.x" TargetMode="External"/><Relationship Id="rId444869995aa673e0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId444869995aa673e0a.jpg"/><Relationship Id="rId844569995aa67529d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId844569995aa67529d.jpg"/><Relationship Id="rId507369995aa676e29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId507369995aa676e29.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>