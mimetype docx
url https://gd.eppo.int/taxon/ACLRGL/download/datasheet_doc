--- v5 (2026-02-21)
+++ v6 (2026-03-13)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Animalia: Arthropoda: Hexapoda: Insecta: Lepidoptera: Tortricidae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> western black-headed bud worm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId549869995aa673654" w:history="1">
+            <w:hyperlink r:id="rId608869b3fafee1fe2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124969995aa6736bd" w:history="1">
+            <w:hyperlink r:id="rId801769b3fafee204c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ACLRGL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="27125644" name="name197769995aa673e0d" descr="5.jpg"/>
+                  <wp:docPr id="32273413" name="name127569b3fafee27f6" descr="5.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId444869995aa673e0a" cstate="print"/>
+                          <a:blip r:embed="rId749069b3fafee27f4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId391769995aa673f2a" w:history="1">
+            <w:hyperlink r:id="rId573969b3fafee2985" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1388,63 +1388,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. variana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) black-headed budworms.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="30715515" name="name330469995aa6752a1" descr="ACLRGL_distribution_map.jpg"/>
+            <wp:docPr id="37978425" name="name888669b3fafee3dd6" descr="ACLRGL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="ACLRGL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId844569995aa67529d" cstate="print"/>
+                    <a:blip r:embed="rId775469b3fafee3dd3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3032,51 +3032,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2021) EPPO Technical Document No. 1082. Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orgyia leucostigma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId214669995aa675fac" w:history="1">
+      <w:hyperlink r:id="rId595569b3fafee4a57" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/HEMELE/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3140,51 +3140,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 100-110.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2022) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. Consolidated version 32019R2072, 14/07/2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId134969995aa676066" w:history="1">
+      <w:hyperlink r:id="rId472769b3fafee4b12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072 </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4337,51 +4337,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Acleris gloverana</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId905269995aa676870" w:history="1">
+      <w:hyperlink r:id="rId416569b3fafee529f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4592,81 +4592,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 49-54. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId780269995aa676a27" w:history="1">
+      <w:hyperlink r:id="rId771269b3fafee544e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1980.tb02693.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="39527157" name="name493969995aa676e2b" descr="eu_funding_250.png"/>
+            <wp:docPr id="8957090" name="name838569b3fafee54ad" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId507369995aa676e29" cstate="print"/>
+                    <a:blip r:embed="rId511469b3fafee54ac" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -4764,137 +4764,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="51072553">
+  <w:abstractNum w:abstractNumId="80648812">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30125837">
+    <w:lvl w:ilvl="0" w:tplc="64322944">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="30125837" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="64322944" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="30125837" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="64322944" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="30125837" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="64322944" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="30125837" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="64322944" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="30125837" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="64322944" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="30125837" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="64322944" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="30125837" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="64322944" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="30125837" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="64322944" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="51072552">
+  <w:abstractNum w:abstractNumId="80648811">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39663704">
+    <w:lvl w:ilvl="0" w:tplc="83575608">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -5646,55 +5646,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="51072552">
-    <w:abstractNumId w:val="51072552"/>
+  <w:num w:numId="80648811">
+    <w:abstractNumId w:val="80648811"/>
   </w:num>
-  <w:num w:numId="51072553">
-    <w:abstractNumId w:val="51072553"/>
+  <w:num w:numId="80648812">
+    <w:abstractNumId w:val="80648812"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -17244,51 +17244,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId642580048" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId364946784" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId549869995aa673654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACLRGL/" TargetMode="External"/><Relationship Id="rId124969995aa6736bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACLRGL/categorization" TargetMode="External"/><Relationship Id="rId391769995aa673f2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACLRGL/photos" TargetMode="External"/><Relationship Id="rId214669995aa675fac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId134969995aa676066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId905269995aa676870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId780269995aa676a27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1980.tb02693.x" TargetMode="External"/><Relationship Id="rId444869995aa673e0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId444869995aa673e0a.jpg"/><Relationship Id="rId844569995aa67529d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId844569995aa67529d.jpg"/><Relationship Id="rId507369995aa676e29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId507369995aa676e29.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId798034590" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId362955747" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId608869b3fafee1fe2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACLRGL/" TargetMode="External"/><Relationship Id="rId801769b3fafee204c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACLRGL/categorization" TargetMode="External"/><Relationship Id="rId573969b3fafee2985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/ACLRGL/photos" TargetMode="External"/><Relationship Id="rId595569b3fafee4a57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/HEMELE/documents" TargetMode="External"/><Relationship Id="rId472769b3fafee4b12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId416569b3fafee529f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId771269b3fafee544e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/abs/10.1111/j.1365-2338.1980.tb02693.x" TargetMode="External"/><Relationship Id="rId749069b3fafee27f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId749069b3fafee27f4.jpg"/><Relationship Id="rId775469b3fafee3dd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId775469b3fafee3dd3.jpg"/><Relationship Id="rId511469b3fafee54ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId511469b3fafee54ac.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>