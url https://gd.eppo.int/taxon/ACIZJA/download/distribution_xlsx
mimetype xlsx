--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -248,51 +248,51 @@
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Sardegna</t>
   </si>
   <si>
     <t>sd</t>
   </si>
   <si>
     <t>Sicilia</t>
   </si>
   <si>
     <t>Montenegro</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>