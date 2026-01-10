--- v0 (2025-10-19)
+++ v1 (2026-01-10)
@@ -12,74 +12,83 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ACEITO" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="11">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Known vector</t>
   </si>
   <si>
     <t>WHPV00</t>
   </si>
   <si>
     <t>Emaravirus tritici</t>
   </si>
   <si>
     <t>* Seifers DL, Harvey TL, Martin TJ, Jensen SG (1997) Identification of the wheat curl mite as the vector of the High Plains virus of corn and wheat. Plant Disease 81, 1161–1166.</t>
+  </si>
+  <si>
+    <t>WSMV00</t>
+  </si>
+  <si>
+    <t>Tritimovirus tritici</t>
+  </si>
+  <si>
+    <t>* Seifers DL, Martin TJ, Harvey TL, Fellers JP, Michaud JP (2009) Identification of the wheat curl mite as the vector of Triticum mosaic virus. Plant Diseases 93, 25–29.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -383,90 +392,104 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D2"/>
+  <dimension ref="A1:D3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="209.949" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4">
+      <c r="A3" t="s">
+        <v>4</v>
+      </c>
+      <c r="B3" t="s">
+        <v>8</v>
+      </c>
+      <c r="C3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D3" t="s">
+        <v>10</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">