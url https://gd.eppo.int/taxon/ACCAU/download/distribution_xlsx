--- v0 (2025-10-15)
+++ v1 (2026-02-15)
@@ -341,51 +341,51 @@
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Azerbaijan</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Sicilia</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Oceania</t>
   </si>