--- v0 (2025-10-04)
+++ v1 (2026-02-11)
@@ -185,51 +185,51 @@
   <si>
     <t>Ireland</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Islas Baleares</t>
   </si>
   <si>
     <t>bi</t>
   </si>
   <si>
     <t>Islas Canárias</t>
   </si>
   <si>
     <t>ci</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>