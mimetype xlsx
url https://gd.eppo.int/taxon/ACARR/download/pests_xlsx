--- v0 (2025-10-26)
+++ v1 (2026-03-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ACARR" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ANOLCN</t>
   </si>
   <si>
     <t>Anoplophora chinensis (as Acacia)</t>
   </si>
   <si>
     <t>* Sjöman H, Östberg J &amp; Nilsson J (2014) Review of host trees for the wood-boring pests Anoplophora glabripennis and Anoplophora chinensis: an urban forest perspective. Arboriculture &amp; Urban Forestry 40(3), 143–164.</t>
   </si>
   <si>
@@ -85,50 +85,60 @@
   </si>
   <si>
     <t>Icerya purchasi</t>
   </si>
   <si>
     <t>* Kreiter P, Germain JF, Balmes V, Belet A, Cambournac L, Correa M, Descamps S, Faten A, Graverol S, Henry S, Japoshvili G, Lépinay V, Paris B, Ris N, Tourlourat A, Warot S, Robert F (2020) Diversité des cochenilles en horticulture ornementale. Phytoma no. 736, 41-46.</t>
   </si>
   <si>
     <t>PLTPMU</t>
   </si>
   <si>
     <t>Megaplatypus mutatus (as Acacia)</t>
   </si>
   <si>
     <t>* Giménez RA, Etiennot AE (2003) Host range of Platypus mutatus. Entomotropica 18, 89–94.</t>
   </si>
   <si>
     <t>NAUPXA</t>
   </si>
   <si>
     <t>Naupactus xanthographus (as Acacia)</t>
   </si>
   <si>
     <t>* Lanteri AA, Marvaldi AE, Suarez SM (2002) Gorgojos de la Argentina y sus plantas huespedes, Tomo I: Apionidae y Curculionidae. Publicacion Especial de la Sociedad Entomologica Agrentina.
 ------- reported as host but evidence is lacking that they can support completion of ful life cycle.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Acacia)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>THAUPR</t>
   </si>
   <si>
     <t>Thaumetopoea processionea (as Acacia)</t>
   </si>
   <si>
     <t>* Stigter H, Geraedts WHJM, Spijkers HCP (1997) Thaumetopoea processionea in the Netherlands: Present status and management perspectives (Lepidoptera: Notodontidae). Proceedings of the Section Experimental and Applied Entomology of the Netherlands Entomological Society (N.E.V.) 3-16. 
 ------- Occasional larval feeding.</t>
   </si>
   <si>
     <t>URCLTE</t>
   </si>
   <si>
     <t>Uromycladium tepperianum (as Acacia)</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>SCITAU</t>
   </si>
   <si>
     <t>Scirtothrips aurantii (as Acacia)</t>
@@ -472,51 +482,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D12"/>
+  <dimension ref="A1:D13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="337.346" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -618,78 +628,92 @@
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
         <v>27</v>
       </c>
       <c r="C10" t="s">
         <v>28</v>
       </c>
-      <c r="D10"/>
+      <c r="D10" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>29</v>
+        <v>4</v>
       </c>
       <c r="B11" t="s">
         <v>30</v>
       </c>
       <c r="C11" t="s">
         <v>31</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B12" t="s">
         <v>33</v>
       </c>
       <c r="C12" t="s">
         <v>34</v>
       </c>
       <c r="D12" t="s">
         <v>35</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4">
+      <c r="A13" t="s">
+        <v>32</v>
+      </c>
+      <c r="B13" t="s">
+        <v>36</v>
+      </c>
+      <c r="C13" t="s">
+        <v>37</v>
+      </c>
+      <c r="D13" t="s">
+        <v>38</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">