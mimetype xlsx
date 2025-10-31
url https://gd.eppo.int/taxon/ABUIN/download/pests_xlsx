--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -12,74 +12,84 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ABUIN" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>ALEDDI</t>
   </si>
   <si>
     <t>Aleurodicus dispersus</t>
   </si>
   <si>
     <t>* Boopathi T (2022) New host plants, natural enemy complex and newly distributed potential areas of exotic spiralling whitefly (Hemiptera: Aleyrodidae) in India. Phytoparasitica 50(2), 335-357.</t>
+  </si>
+  <si>
+    <t>EMPOBI</t>
+  </si>
+  <si>
+    <t>Amrasca biguttula</t>
+  </si>
+  <si>
+    <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
+------- true host.</t>
   </si>
   <si>
     <t>ANTHGR</t>
   </si>
   <si>
     <t>Anthonomus grandis (as Abutilon)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -389,103 +399,117 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D3"/>
+  <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="38.848" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="228.801" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="235.8" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>9</v>
       </c>
-      <c r="D3"/>
+      <c r="D3" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4">
+      <c r="A4" t="s">
+        <v>4</v>
+      </c>
+      <c r="B4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>