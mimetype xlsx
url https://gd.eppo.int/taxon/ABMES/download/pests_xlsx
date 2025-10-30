--- v0 (2025-10-01)
+++ v1 (2025-10-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ABMES" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="180">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="186">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>HIRSOR</t>
   </si>
   <si>
     <t>Hirschmanniella oryzae</t>
   </si>
   <si>
     <t>* Babatola JO (1979) Varietal reaction of rice and other food crops to the rice-root nematodes, Hirschmanniella oryzae, H. imamuri and H. spinicaudata. Nematropica 9, 123-128.
 ------- Experiments.
 * Sharma SB (2001) Plant parasitic nematodes in rice-wheat based cropping systems in South Asia. Journal of Crop Production 4, 227-247. 
@@ -136,50 +136,59 @@
 </t>
   </si>
   <si>
     <t>CLCUMV</t>
   </si>
   <si>
     <t>Begomovirus gossypimultanense</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci</t>
   </si>
   <si>
     <t>* Nawaz A, Ali H, Gogi MD et al. (2020) Resistance Assessment of Different Cultivars of Okra (Abelmoschus esculentus) Against Whitefly (Bemisia tabaci). Gesunde Pflanzen 72, 361–369. https://doi.org/10.1007/s10343-020-00518-2</t>
   </si>
   <si>
     <t>BRVPYO</t>
   </si>
   <si>
     <t>Brevipalpus yothersi</t>
   </si>
   <si>
     <t>* Beard JJ, Ochoa R, Braswell WE, Bauchan GR (2015) Brevipalpus phoenicis (Geijskes) species complex (Acari: Tenuipalpidae) – a closer look. Zootaxa 3944(1), 67 pp. DOI: 10.11646/zootaxa.3944.1.1</t>
+  </si>
+  <si>
+    <t>PHYPAS</t>
+  </si>
+  <si>
+    <t>'Candidatus Phytoplasma asteris'</t>
+  </si>
+  <si>
+    <t>Jindal S, Ali A (2025) First report of ‘Candidatus Phytoplasma asteris’ infecting okra in the United States. Plant Disease (early view) https://doi.org/10.1094/PDIS-06-25-1247-PDN</t>
   </si>
   <si>
     <t>HELIVI</t>
   </si>
   <si>
     <t>Chloridea virescens</t>
   </si>
   <si>
     <t>* Hambleton EJ (1944) Heliothis virescens as a pest of cotton, with notes on host plants in Peru. Journal of Economic Entomology 37, 660-666.
 * Kogan M, Helm CG, Kogan J, Brewer E (1989) Distribution and economic importance of Heliothis virescens and Heliothis zea in North, Central, and South America and of their Natural Enemies and Host Plants. pp 241-297 In Proceedings of the Workshop on Biological Control of Heliothis: Increasing the effectiveness of natural enemies. USDA
 * Snow JW, Brazzel JR (1965) Seasonal host activity of the bollworm and tobacco budworm during 1963 in Northeast Mississippi Bulletins 712. Mississippi State University. 24 pp.
 ------- several generations on the plant
 * EPPO (2024) EPPO Technical Document No. 1091. Pest risk analysis for Chloridea virescens. EPPO, Paris. Available at https://gd.eppo.int/taxon/HELIVI/documents
 ------- Main host (evidence that the plant supports populations of the pest in several generations or years, i.e. true hosts, or plant mentioned as common or preferred host – see PRA for further details on the host)</t>
   </si>
   <si>
     <t>CAV000</t>
   </si>
   <si>
     <t>Cotton anthocyanosis virus</t>
   </si>
   <si>
     <t>TOCV00</t>
   </si>
   <si>
@@ -566,50 +575,59 @@
     <t>VERTDA</t>
   </si>
   <si>
     <t>Verticillium dahliae</t>
   </si>
   <si>
     <t>* Inderbitzin P, Subbarao KV (2014) Verticillium systematics and evolution: how confusion impedes Verticillium wilt management and how to resolve it. Phytopathology 104(6), 564-574. https://doi.org/10.1094/PHYTO-11-13-0315-IA</t>
   </si>
   <si>
     <t>DACUCU</t>
   </si>
   <si>
     <t>Zeugodacus cucurbitae</t>
   </si>
   <si>
     <t>* Leblanc L (2022) The dacine fruit flies (Diptera: Tephritidae: Dacini) of Oceania. Insecta Mundi 0948, 1-167. https://journals.flvc.org/mundi/article/view/131965/135549</t>
   </si>
   <si>
     <t>ZEUZCO</t>
   </si>
   <si>
     <t>Zeuzera coffeae</t>
   </si>
   <si>
     <t>Major host</t>
+  </si>
+  <si>
+    <t>EMPOBI</t>
+  </si>
+  <si>
+    <t>Amrasca biguttula</t>
+  </si>
+  <si>
+    <t>* Akonde ZF-X, Zakari Moussa O, Atta S, Leyo IH, Dan Guimbo I (2024) Cotton leafhoppers, Amrasca biguttula (Ishida, 1913) (Hemiptera: Cicadellidae), identified as a new species on okra and guinea sorrel in Niger. Advances in Entomology 12, 183-194. https://doi.org/10.4236/ae.2024.123014</t>
   </si>
   <si>
     <t>BYVMV0</t>
   </si>
   <si>
     <t>Begomovirus abelmoschusflavi</t>
   </si>
   <si>
     <t>* Jose J, Usha R (2003) Bhendi yellow vein mosaic disease in India is caused by association of a DNA Beta satellite with a begomovirus. Virology 305(2), 310-317.
 * Tsai WS, Shih SL, Lee LM, Wang JT, Duangsong U, Kenyon L (2013) First report of Bhendi yellow vein mosaic virus associated with yellow vein mosaic of okra (Abelmoschus esculentus) in Thailand. Plant Disease 97(2), p 291.</t>
   </si>
   <si>
     <t>TOLCND</t>
   </si>
   <si>
     <t>Begomovirus solanumdelhiense</t>
   </si>
   <si>
     <t>* Venkataravanappa V, Reddy CNL, Saha S &amp; Reddy MK (2018) Recombinant Tomato leaf curl New Delhi virus is associated with yellow vein mosaic disease of okra in India. Physiological and Molecular Plant Pathology 104, 108-118.
 ------- confirmed host.</t>
   </si>
   <si>
     <t>EARIIN</t>
   </si>
   <si>
@@ -943,61 +961,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D62"/>
+  <dimension ref="A1:D64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="452.889" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -1157,119 +1175,119 @@
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>11</v>
       </c>
       <c r="B14" t="s">
         <v>39</v>
       </c>
       <c r="C14" t="s">
         <v>40</v>
       </c>
       <c r="D14" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>11</v>
       </c>
       <c r="B15" t="s">
         <v>42</v>
       </c>
       <c r="C15" t="s">
         <v>43</v>
       </c>
-      <c r="D15"/>
+      <c r="D15" t="s">
+        <v>44</v>
+      </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>11</v>
       </c>
       <c r="B16" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C16" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="D16" t="s">
         <v>46</v>
       </c>
+      <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>11</v>
       </c>
       <c r="B17" t="s">
         <v>47</v>
       </c>
       <c r="C17" t="s">
         <v>48</v>
       </c>
       <c r="D17" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>11</v>
       </c>
       <c r="B18" t="s">
         <v>50</v>
       </c>
       <c r="C18" t="s">
         <v>51</v>
       </c>
       <c r="D18" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>11</v>
       </c>
       <c r="B19" t="s">
         <v>53</v>
       </c>
       <c r="C19" t="s">
         <v>54</v>
       </c>
-      <c r="D19"/>
+      <c r="D19" t="s">
+        <v>55</v>
+      </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>11</v>
       </c>
       <c r="B20" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C20" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="D20" t="s">
         <v>57</v>
       </c>
+      <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>11</v>
       </c>
       <c r="B21" t="s">
         <v>58</v>
       </c>
       <c r="C21" t="s">
         <v>59</v>
       </c>
       <c r="D21" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>11</v>
       </c>
       <c r="B22" t="s">
         <v>61</v>
       </c>
       <c r="C22" t="s">
         <v>62</v>
       </c>
@@ -1461,157 +1479,157 @@
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>11</v>
       </c>
       <c r="B36" t="s">
         <v>103</v>
       </c>
       <c r="C36" t="s">
         <v>104</v>
       </c>
       <c r="D36" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>11</v>
       </c>
       <c r="B37" t="s">
         <v>106</v>
       </c>
       <c r="C37" t="s">
         <v>107</v>
       </c>
-      <c r="D37"/>
+      <c r="D37" t="s">
+        <v>108</v>
+      </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>11</v>
       </c>
       <c r="B38" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C38" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="D38" t="s">
         <v>110</v>
       </c>
+      <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>11</v>
       </c>
       <c r="B39" t="s">
         <v>111</v>
       </c>
       <c r="C39" t="s">
         <v>112</v>
       </c>
       <c r="D39" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>11</v>
       </c>
       <c r="B40" t="s">
         <v>114</v>
       </c>
       <c r="C40" t="s">
         <v>115</v>
       </c>
-      <c r="D40"/>
+      <c r="D40" t="s">
+        <v>116</v>
+      </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>11</v>
       </c>
       <c r="B41" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C41" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>11</v>
       </c>
       <c r="B42" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C42" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="D42" t="s">
         <v>120</v>
       </c>
+      <c r="D42"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>11</v>
       </c>
       <c r="B43" t="s">
         <v>121</v>
       </c>
       <c r="C43" t="s">
         <v>122</v>
       </c>
       <c r="D43" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>11</v>
       </c>
       <c r="B44" t="s">
         <v>124</v>
       </c>
       <c r="C44" t="s">
         <v>125</v>
       </c>
-      <c r="D44"/>
+      <c r="D44" t="s">
+        <v>126</v>
+      </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>11</v>
       </c>
       <c r="B45" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C45" t="s">
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="D45" t="s">
         <v>128</v>
       </c>
+      <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>11</v>
       </c>
       <c r="B46" t="s">
         <v>129</v>
       </c>
       <c r="C46" t="s">
         <v>130</v>
       </c>
       <c r="D46" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>11</v>
       </c>
       <c r="B47" t="s">
         <v>132</v>
       </c>
       <c r="C47" t="s">
         <v>133</v>
       </c>
@@ -1761,92 +1779,120 @@
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>11</v>
       </c>
       <c r="B58" t="s">
         <v>165</v>
       </c>
       <c r="C58" t="s">
         <v>166</v>
       </c>
       <c r="D58" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>11</v>
       </c>
       <c r="B59" t="s">
         <v>168</v>
       </c>
       <c r="C59" t="s">
         <v>169</v>
       </c>
-      <c r="D59"/>
+      <c r="D59" t="s">
+        <v>170</v>
+      </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>170</v>
+        <v>11</v>
       </c>
       <c r="B60" t="s">
         <v>171</v>
       </c>
       <c r="C60" t="s">
         <v>172</v>
       </c>
-      <c r="D60" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D60"/>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="B61" t="s">
         <v>174</v>
       </c>
       <c r="C61" t="s">
         <v>175</v>
       </c>
       <c r="D61" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="B62" t="s">
         <v>177</v>
       </c>
       <c r="C62" t="s">
         <v>178</v>
       </c>
       <c r="D62" t="s">
         <v>179</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4">
+      <c r="A63" t="s">
+        <v>173</v>
+      </c>
+      <c r="B63" t="s">
+        <v>180</v>
+      </c>
+      <c r="C63" t="s">
+        <v>181</v>
+      </c>
+      <c r="D63" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4">
+      <c r="A64" t="s">
+        <v>173</v>
+      </c>
+      <c r="B64" t="s">
+        <v>183</v>
+      </c>
+      <c r="C64" t="s">
+        <v>184</v>
+      </c>
+      <c r="D64" t="s">
+        <v>185</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">