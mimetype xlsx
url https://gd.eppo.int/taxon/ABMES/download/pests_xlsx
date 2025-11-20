--- v1 (2025-10-30)
+++ v2 (2025-11-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ABMES" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="186">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="187">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>HIRSOR</t>
   </si>
   <si>
     <t>Hirschmanniella oryzae</t>
   </si>
   <si>
     <t>* Babatola JO (1979) Varietal reaction of rice and other food crops to the rice-root nematodes, Hirschmanniella oryzae, H. imamuri and H. spinicaudata. Nematropica 9, 123-128.
 ------- Experiments.
 * Sharma SB (2001) Plant parasitic nematodes in rice-wheat based cropping systems in South Asia. Journal of Crop Production 4, 227-247. 
@@ -118,50 +118,53 @@
     <t>DACUZO</t>
   </si>
   <si>
     <t>Bactrocera zonata</t>
   </si>
   <si>
     <t>* Allwood AL, Chinajariyawong A, Drew RAI, Hamacek EL, Hancock DL, Hengsawad C,  Jipanin JC, Jirasurat M, Kong Krong C, Kritsaneepaiboon S, Leong CTS, Vijaysegaran S (1999) Host plant records for fruit flies (Diptera: Tephritidae) in Southeast Asia.  Raffles Bulletin of Zoology, Supplement, 7, 1-92.</t>
   </si>
   <si>
     <t>CLCUGV</t>
   </si>
   <si>
     <t>Begomovirus gossypigeziraense</t>
   </si>
   <si>
     <t xml:space="preserve">* Leke WN, Sattar MN, Ngane EB, Ngeve JM, Kvarnheden A, Brown JK (2013) Molecular characterization of begomoviruses and DNA satellites associated with okra leaf curl virus in Cameroon. Virus Researcg 174 (1-2), 116–125
 * Villegas C, Ramos-Sobrinho R, Jifon JL, Keith C, Al Rwahnih M, Sétamou M, Brown JK, Alabi OJ (2019) First report of Cotton leaf curl Gezira virus and its associated alphasatellite and betasatellite from disease affected okra plants in the United States. Plant Disease  103(12), 3291.
 ------- confirmed host.
 </t>
   </si>
   <si>
     <t>CLCUMV</t>
   </si>
   <si>
     <t>Begomovirus gossypimultanense</t>
+  </si>
+  <si>
+    <t>* Dong D, Zhu Y, He Z, Chai Z, She X, Luo F (2012) Molecular characterization of Cotton leaf curl Multan virus and the associated satellite DNA infecting okra in Guangdong. Journal of South China Agricultural University 33(1), 33–39.</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci</t>
   </si>
   <si>
     <t>* Nawaz A, Ali H, Gogi MD et al. (2020) Resistance Assessment of Different Cultivars of Okra (Abelmoschus esculentus) Against Whitefly (Bemisia tabaci). Gesunde Pflanzen 72, 361–369. https://doi.org/10.1007/s10343-020-00518-2</t>
   </si>
   <si>
     <t>BRVPYO</t>
   </si>
   <si>
     <t>Brevipalpus yothersi</t>
   </si>
   <si>
     <t>* Beard JJ, Ochoa R, Braswell WE, Bauchan GR (2015) Brevipalpus phoenicis (Geijskes) species complex (Acari: Tenuipalpidae) – a closer look. Zootaxa 3944(1), 67 pp. DOI: 10.11646/zootaxa.3944.1.1</t>
   </si>
   <si>
     <t>PHYPAS</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma asteris'</t>
   </si>
@@ -1121,778 +1124,780 @@
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10" t="s">
         <v>28</v>
       </c>
       <c r="C10" t="s">
         <v>29</v>
       </c>
       <c r="D10" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11" t="s">
         <v>31</v>
       </c>
       <c r="C11" t="s">
         <v>32</v>
       </c>
-      <c r="D11"/>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>11</v>
       </c>
       <c r="B13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D13" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>11</v>
       </c>
       <c r="B14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>11</v>
       </c>
       <c r="B15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>11</v>
       </c>
       <c r="B16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C16" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>11</v>
       </c>
       <c r="B17" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C17" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D17" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>11</v>
       </c>
       <c r="B18" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C18" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D18" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>11</v>
       </c>
       <c r="B19" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C19" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D19" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>11</v>
       </c>
       <c r="B20" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C20" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>11</v>
       </c>
       <c r="B21" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C21" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D21" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>11</v>
       </c>
       <c r="B22" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C22" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D22" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>11</v>
       </c>
       <c r="B23" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C23" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D23" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>11</v>
       </c>
       <c r="B24" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C24" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D24" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>11</v>
       </c>
       <c r="B25" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C25" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D25" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>11</v>
       </c>
       <c r="B26" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C26" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D26" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>11</v>
       </c>
       <c r="B27" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C27" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D27" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>11</v>
       </c>
       <c r="B28" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C28" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D28" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>11</v>
       </c>
       <c r="B29" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C29" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D29" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>11</v>
       </c>
       <c r="B30" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C30" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D30" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>11</v>
       </c>
       <c r="B31" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C31" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D31" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>11</v>
       </c>
       <c r="B32" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C32" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D32" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>11</v>
       </c>
       <c r="B33" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C33" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D33" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>11</v>
       </c>
       <c r="B34" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C34" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D34" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>11</v>
       </c>
       <c r="B35" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C35" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D35" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>11</v>
       </c>
       <c r="B36" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C36" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D36" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>11</v>
       </c>
       <c r="B37" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C37" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D37" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>11</v>
       </c>
       <c r="B38" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C38" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>11</v>
       </c>
       <c r="B39" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C39" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D39" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>11</v>
       </c>
       <c r="B40" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C40" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D40" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>11</v>
       </c>
       <c r="B41" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C41" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>11</v>
       </c>
       <c r="B42" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C42" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D42"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>11</v>
       </c>
       <c r="B43" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C43" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D43" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>11</v>
       </c>
       <c r="B44" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C44" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D44" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>11</v>
       </c>
       <c r="B45" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C45" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>11</v>
       </c>
       <c r="B46" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C46" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D46" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>11</v>
       </c>
       <c r="B47" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C47" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D47" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>11</v>
       </c>
       <c r="B48" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C48" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D48" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>11</v>
       </c>
       <c r="B49" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C49" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D49" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>11</v>
       </c>
       <c r="B50" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C50" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D50" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>11</v>
       </c>
       <c r="B51" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C51" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D51" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>11</v>
       </c>
       <c r="B52" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C52" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D52" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>11</v>
       </c>
       <c r="B53" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C53" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D53" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>11</v>
       </c>
       <c r="B54" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C54" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D54" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>11</v>
       </c>
       <c r="B55" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C55" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D55" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>11</v>
       </c>
       <c r="B56" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C56" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D56" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>11</v>
       </c>
       <c r="B57" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C57" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D57" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>11</v>
       </c>
       <c r="B58" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C58" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D58" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>11</v>
       </c>
       <c r="B59" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C59" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D59" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>11</v>
       </c>
       <c r="B60" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C60" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D60"/>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B61" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C61" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D61" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B62" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C62" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D62" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B63" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C63" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D63" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B64" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C64" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D64" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">