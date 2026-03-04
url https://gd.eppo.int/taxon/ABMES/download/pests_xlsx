--- v2 (2025-11-20)
+++ v3 (2026-03-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ABMES" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="187">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="188">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>HIRSOR</t>
   </si>
   <si>
     <t>Hirschmanniella oryzae</t>
   </si>
   <si>
     <t>* Babatola JO (1979) Varietal reaction of rice and other food crops to the rice-root nematodes, Hirschmanniella oryzae, H. imamuri and H. spinicaudata. Nematropica 9, 123-128.
 ------- Experiments.
 * Sharma SB (2001) Plant parasitic nematodes in rice-wheat based cropping systems in South Asia. Journal of Crop Production 4, 227-247. 
@@ -67,50 +67,53 @@
   </si>
   <si>
     <t>Orthotospovirus tomatomaculae</t>
   </si>
   <si>
     <t>* Parrella G, Gognalons P, Gebre-Selassie K, Vovlas C, Marchoux G (2003) An update of the host range of tomato spotted wilt virus. Journal of Plant Pathology 85(4), 227-264.
 ------- Artificial transmission.</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALEDDI</t>
   </si>
   <si>
     <t>Aleurodicus dispersus</t>
   </si>
   <si>
     <t>* Boopathi T (2022) New host plants, natural enemy complex and newly distributed potential areas of exotic spiralling whitefly (Hemiptera: Aleyrodidae) in India. Phytoparasitica 50(2), 335-357.</t>
   </si>
   <si>
     <t>COSPFL</t>
   </si>
   <si>
     <t>Anomis flava</t>
+  </si>
+  <si>
+    <t>* Rao MS, Patel RC (1973) Biology and control of okra semilooper, Anomis flava Fabricius (Noctuidae: Lepidoptera) on okra. : Indian Journal of Entomology, Vol. 35, No. 3, 198-205</t>
   </si>
   <si>
     <t>ANOMIL</t>
   </si>
   <si>
     <t>Anomis illita</t>
   </si>
   <si>
     <t>APLOBE</t>
   </si>
   <si>
     <t>Aphelenchoides besseyi</t>
   </si>
   <si>
     <t>* Samina S, Iqbal E (2019) Nematode fauna of Kurram agency, Pakistan. Pakistan Journal of Nematology 37, 1–20.</t>
   </si>
   <si>
     <t>DACUDO</t>
   </si>
   <si>
     <t>Bactrocera dorsalis</t>
   </si>
   <si>
     <t>* Badii KB, Billah MK, Afreh-Nuamah K, Obeng-Ofori D (2015) Species composition and host range of fruit-infesting flies (Diptera: Tephritidae) in northern Ghana. International Journal of Tropical Insect Science 35(3), 137-151.</t>
   </si>
@@ -1044,860 +1047,862 @@
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
         <v>12</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>15</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
-      <c r="D5"/>
+      <c r="D5" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D11" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D12" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>11</v>
       </c>
       <c r="B13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C13" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D13" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>11</v>
       </c>
       <c r="B14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D14" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>11</v>
       </c>
       <c r="B15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>11</v>
       </c>
       <c r="B16" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C16" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>11</v>
       </c>
       <c r="B17" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C17" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D17" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>11</v>
       </c>
       <c r="B18" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C18" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D18" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>11</v>
       </c>
       <c r="B19" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C19" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D19" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>11</v>
       </c>
       <c r="B20" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C20" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>11</v>
       </c>
       <c r="B21" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C21" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D21" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>11</v>
       </c>
       <c r="B22" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C22" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D22" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>11</v>
       </c>
       <c r="B23" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C23" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D23" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>11</v>
       </c>
       <c r="B24" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C24" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D24" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>11</v>
       </c>
       <c r="B25" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C25" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D25" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>11</v>
       </c>
       <c r="B26" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C26" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D26" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>11</v>
       </c>
       <c r="B27" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C27" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D27" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>11</v>
       </c>
       <c r="B28" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C28" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D28" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>11</v>
       </c>
       <c r="B29" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C29" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D29" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>11</v>
       </c>
       <c r="B30" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C30" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D30" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>11</v>
       </c>
       <c r="B31" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C31" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D31" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>11</v>
       </c>
       <c r="B32" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C32" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D32" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>11</v>
       </c>
       <c r="B33" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C33" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D33" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>11</v>
       </c>
       <c r="B34" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C34" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D34" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>11</v>
       </c>
       <c r="B35" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C35" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D35" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>11</v>
       </c>
       <c r="B36" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C36" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D36" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>11</v>
       </c>
       <c r="B37" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C37" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D37" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>11</v>
       </c>
       <c r="B38" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C38" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>11</v>
       </c>
       <c r="B39" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C39" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D39" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>11</v>
       </c>
       <c r="B40" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C40" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D40" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>11</v>
       </c>
       <c r="B41" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C41" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>11</v>
       </c>
       <c r="B42" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C42" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D42"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>11</v>
       </c>
       <c r="B43" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C43" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D43" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>11</v>
       </c>
       <c r="B44" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C44" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D44" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>11</v>
       </c>
       <c r="B45" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C45" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>11</v>
       </c>
       <c r="B46" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C46" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D46" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>11</v>
       </c>
       <c r="B47" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C47" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D47" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>11</v>
       </c>
       <c r="B48" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C48" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D48" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>11</v>
       </c>
       <c r="B49" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C49" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D49" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>11</v>
       </c>
       <c r="B50" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C50" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D50" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>11</v>
       </c>
       <c r="B51" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C51" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D51" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>11</v>
       </c>
       <c r="B52" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C52" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D52" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>11</v>
       </c>
       <c r="B53" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C53" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D53" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>11</v>
       </c>
       <c r="B54" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C54" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D54" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>11</v>
       </c>
       <c r="B55" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C55" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D55" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>11</v>
       </c>
       <c r="B56" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C56" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D56" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>11</v>
       </c>
       <c r="B57" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C57" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D57" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>11</v>
       </c>
       <c r="B58" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C58" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D58" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>11</v>
       </c>
       <c r="B59" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C59" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D59" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>11</v>
       </c>
       <c r="B60" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C60" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D60"/>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B61" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C61" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D61" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B62" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C62" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D62" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B63" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C63" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D63" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B64" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C64" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D64" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">