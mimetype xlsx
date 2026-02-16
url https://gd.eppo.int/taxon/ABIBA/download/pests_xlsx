--- v0 (2025-10-06)
+++ v1 (2026-02-16)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ABIBA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CHONRO</t>
   </si>
   <si>
     <t>Choristoneura rosaceana</t>
   </si>
   <si>
     <t>* Prentice RM (1966) Vol. 4. Microlepidoptera. In: Forest Lepidoptera of Canada recorded by the Forest Insect Survey. Department of Forestry Canada, Publication 1142 (1965), 543–840.</t>
   </si>
   <si>
@@ -88,50 +88,53 @@
     <t>Allantophomopsiella pseudotsugae (as Abies)</t>
   </si>
   <si>
     <t>AREAB</t>
   </si>
   <si>
     <t>Arceuthobium abietinum (as Abies)</t>
   </si>
   <si>
     <t>AREDO</t>
   </si>
   <si>
     <t>Arceuthobium douglasii (as Abies)</t>
   </si>
   <si>
     <t>ARELA</t>
   </si>
   <si>
     <t>Arceuthobium laricis (as Abies)</t>
   </si>
   <si>
     <t>BURSXY</t>
   </si>
   <si>
     <t>Bursaphelenchus xylophilus</t>
+  </si>
+  <si>
+    <t>* Wingfield MJ, Blanchette A, Kondo E (1983) Comparison of the pine wood nematode, Bursaphelenchus xylophilus from pine and balsam fir 1. European Journal of Forest Pathology 13(5‐6), 360-372.</t>
   </si>
   <si>
     <t>Bursaphelenchus xylophilus (as Abies)</t>
   </si>
   <si>
     <t>PHECPI</t>
   </si>
   <si>
     <t>Chionaspis pinifoliae</t>
   </si>
   <si>
     <t>* INTERNET
 ScaleNet. Chionaspis pinifoliae. http://scalenet.info/catalogue/Chionaspis%20pinifoliae/
 * Liu T (1987) Biosystematics of the genus Chionaspis (Homoptera, Coccoidea, Diaspididae) of North America, with emphasis on polymorphism. Masters Theses. Virginia Polytechnic Institute and State University. 305 p.; Magasi, 1992</t>
   </si>
   <si>
     <t>Chionaspis pinifoliae (as Abies)</t>
   </si>
   <si>
     <t>* INTERNET
 ScaleNet. Chionaspis pinifoliae. http://scalenet.info/catalogue/Chionaspis%20pinifoliae/</t>
   </si>
   <si>
     <t>STERPU</t>
   </si>
@@ -940,654 +943,656 @@
       </c>
       <c r="D7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>14</v>
       </c>
       <c r="B8" t="s">
         <v>21</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>14</v>
       </c>
       <c r="B9" t="s">
         <v>23</v>
       </c>
       <c r="C9" t="s">
         <v>24</v>
       </c>
-      <c r="D9"/>
+      <c r="D9" t="s">
+        <v>25</v>
+      </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>14</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>14</v>
       </c>
       <c r="B11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>14</v>
       </c>
       <c r="B12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>14</v>
       </c>
       <c r="B13" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>14</v>
       </c>
       <c r="B14" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>14</v>
       </c>
       <c r="B16" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>14</v>
       </c>
       <c r="B17" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>14</v>
       </c>
       <c r="B18" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>14</v>
       </c>
       <c r="B19" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>14</v>
       </c>
       <c r="B20" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>14</v>
       </c>
       <c r="B21" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>14</v>
       </c>
       <c r="B22" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C22" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D22" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>14</v>
       </c>
       <c r="B23" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C23" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>14</v>
       </c>
       <c r="B24" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C24" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>14</v>
       </c>
       <c r="B25" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C25" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>14</v>
       </c>
       <c r="B26" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C26" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D26" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>14</v>
       </c>
       <c r="B27" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C27" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D27" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>14</v>
       </c>
       <c r="B28" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C28" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D28" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>14</v>
       </c>
       <c r="B29" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C29" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D29" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>14</v>
       </c>
       <c r="B30" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C30" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D30" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>14</v>
       </c>
       <c r="B31" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C31" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D31" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>14</v>
       </c>
       <c r="B32" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C32" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D32" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>14</v>
       </c>
       <c r="B33" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C33" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D33" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>14</v>
       </c>
       <c r="B34" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C34" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D34" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>14</v>
       </c>
       <c r="B35" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C35" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>14</v>
       </c>
       <c r="B36" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C36" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D36" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>14</v>
       </c>
       <c r="B37" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C37" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D37" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>14</v>
       </c>
       <c r="B38" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C38" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D38" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>14</v>
       </c>
       <c r="B39" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C39" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D39" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>14</v>
       </c>
       <c r="B40" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C40" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>14</v>
       </c>
       <c r="B41" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C41" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>14</v>
       </c>
       <c r="B42" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C42" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D42" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>14</v>
       </c>
       <c r="B43" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C43" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D43"/>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>14</v>
       </c>
       <c r="B44" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C44" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D44"/>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>14</v>
       </c>
       <c r="B45" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C45" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D45" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B46" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C46" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D46" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B47" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C47" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D47" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B48" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C48" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D48"/>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B49" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C49" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D49" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B50" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C50" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D50" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B51" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C51" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D51" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B52" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C52" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D52" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B53" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C53" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D53" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B54" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C54" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D54" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">