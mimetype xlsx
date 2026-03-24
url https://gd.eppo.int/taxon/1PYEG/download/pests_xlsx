--- v0 (2025-10-13)
+++ v1 (2026-03-24)
@@ -12,97 +12,103 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="1PYEG" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>SAPECN</t>
   </si>
   <si>
     <t>Saperda candida</t>
   </si>
   <si>
     <t>* Linsley EG &amp; Chemsak JA (1995) The Cerambycidae of North America, Part VII, No. 2: Taxonomy and Classification of the subfamily Lamiinae, Tribes Acanthocinini through Hemilophini. University of California Publications in Entomology 114, 292 pp.
 -------- Pyracantha is reported as a host, but this needs to be verified (personal communication with B. Gill (2021).</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ANOLCN</t>
   </si>
   <si>
     <t>Anoplophora chinensis</t>
   </si>
   <si>
     <t>* Sjöman H, Östberg J &amp; Nilsson J (2014) Review of host trees for the wood-boring pests Anoplophora glabripennis and Anoplophora chinensis: an urban forest perspective. Arboriculture &amp; Urban Forestry 40(3), 143–164.</t>
   </si>
   <si>
     <t>ERWIAM</t>
   </si>
   <si>
     <t>Erwinia amylovora</t>
   </si>
   <si>
     <t xml:space="preserve">* Taylor RK, Guilford PJ, Clark RG, Hale CN, Forster RLS (2001) Detection of Erwinia amylovora in plant material using novel polymerase chain reaction (PCR) primers. New Zealand Journal of Crop and Horticultural Science 29, 35-43.
 </t>
+  </si>
+  <si>
+    <t>FRANCS</t>
+  </si>
+  <si>
+    <t>Frankliniella australis (as Rosaceae)</t>
   </si>
   <si>
     <t>LASPPA</t>
   </si>
   <si>
     <t>Grapholita packardi</t>
   </si>
   <si>
     <t>LUPMXA</t>
   </si>
   <si>
     <t>Luperomorpha xanthodera</t>
   </si>
   <si>
     <t>HEMELE</t>
   </si>
   <si>
     <t>Orgyia leucostigma</t>
   </si>
   <si>
     <t>* Wallner WE &amp; McManus KA (1989) Proceedings, Lymantriidae: a comparison of features of New and Old World tussock moths; 1988 June 26-July 1; New Haven, CT. Gen. Tech. Rep. NE-123. Broomall, PA: U.S. Department of Agriculture, Forest Service, Northeastern Forest Experiment Station. 554 p. https://doi.org/10.2737/NE-GTR-123
 * Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp</t>
   </si>
   <si>
     <t>Wild/Weed</t>
@@ -440,61 +446,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D8"/>
+  <dimension ref="A1:D9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="383.335" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -544,66 +550,78 @@
       </c>
       <c r="D5"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>17</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>21</v>
+      </c>
+      <c r="C8" t="s">
         <v>22</v>
       </c>
-      <c r="B8" t="s">
+      <c r="D8" t="s">
         <v>23</v>
       </c>
-      <c r="C8" t="s">
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9" t="s">
         <v>24</v>
       </c>
-      <c r="D8" t="s">
+      <c r="B9" t="s">
         <v>25</v>
+      </c>
+      <c r="C9" t="s">
+        <v>26</v>
+      </c>
+      <c r="D9" t="s">
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">