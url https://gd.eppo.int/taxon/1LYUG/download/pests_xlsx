--- v0 (2025-10-09)
+++ v1 (2026-03-30)
@@ -12,98 +12,104 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="1LYUG" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Solanaceae)</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ACEIKU</t>
   </si>
   <si>
     <t>Aceria kuko</t>
   </si>
   <si>
     <t>VASALY</t>
   </si>
   <si>
     <t>Aculops lycopersici (as Solanaceae)</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci (as Solanaceae)</t>
   </si>
   <si>
     <t>EPILVI</t>
   </si>
   <si>
     <t>Epilachna vigintioctomaculata (as Solanaceae)</t>
+  </si>
+  <si>
+    <t>FRANCS</t>
+  </si>
+  <si>
+    <t>Frankliniella australis (as Solanaceae)</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>PYDV00</t>
   </si>
   <si>
     <t>Alphanucleorhabdovirus tuberosum (as Solanaceae)</t>
   </si>
   <si>
     <t>EPIXSU</t>
   </si>
   <si>
     <t>Epitrix subcrinita</t>
   </si>
   <si>
     <t>* Clark SM,  LeDoux DG, Seeno TN,  Riley EG,  Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada.  Special Publications of the Coleopterists Society, 2, 476 pp.
 ------- Feeding of adults.</t>
   </si>
   <si>
     <t>EPIXTU</t>
   </si>
   <si>
     <t>Epitrix tuberis</t>
@@ -436,51 +442,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D9"/>
+  <dimension ref="A1:D10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="257.08" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -526,86 +532,98 @@
       <c r="A5" t="s">
         <v>7</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>7</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6" t="s">
         <v>15</v>
       </c>
       <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
+        <v>7</v>
+      </c>
+      <c r="B7" t="s">
         <v>16</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="D7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B9" t="s">
+        <v>21</v>
+      </c>
+      <c r="C9" t="s">
         <v>22</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>23</v>
       </c>
-      <c r="D9" t="s">
+    </row>
+    <row r="10" spans="1:4">
+      <c r="A10" t="s">
+        <v>18</v>
+      </c>
+      <c r="B10" t="s">
         <v>24</v>
+      </c>
+      <c r="C10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D10" t="s">
+        <v>26</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">